--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -1,2610 +1,2445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb59902b42f46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re657a8dab1a0410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20251204" sheetId="1" r:id="Re3604ffb528745c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260108" sheetId="1" r:id="R429cf6c46000412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1467" uniqueCount="855">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1390" uniqueCount="800">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Mexican Bonos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002W625T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,777,707.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MXN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Uae International Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012V391H3</x:t>
   </x:si>
   <x:si>
     <x:t>2.875</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...11 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>4,513,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,457,165.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>11/07/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G530SR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,270,284.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bonos De La Tesoreria De La Republica E</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G6YHY27</x:t>
   </x:si>
   <x:si>
     <x:t>6.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,525,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,897,788.70</x:t>
-[...2 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>$2,996,029.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Chile</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
-    <x:t>Republic Of South Africa Government Bon</x:t>
-[...5 lines deleted...]
-    <x:t>BBG0033KXYP7</x:t>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,644,935.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,702,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,637,481.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTJ9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,234,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,387,975.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,523,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,367,578.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCLK700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,984,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,319,209.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,310,997.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFVLD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,801,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,929,759.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CYXLM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,789,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,903,204.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCFTQR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,796,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,881,692.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,748,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,863,356.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6RWJG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,977,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,855,908.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,512,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,738,459.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of South Africa Government Int</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX0XNZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,756,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,727,827.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN5XJM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,686,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,679,697.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNB5YK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,037,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,672,924.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000LKPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,769,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,619.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PB9SND6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,505,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,623,932.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S51CWY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,502,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,585,575.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C81NF84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,392,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,565,105.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZVDK95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,446,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,543,704.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,368,039.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRZLFZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,319,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,333,407.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5NTKB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,309,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,326,052.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,325,094.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMH3R10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,319,987.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015LH8Q91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,278,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,163.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WHL3BX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,952,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,219,711.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,376,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,214,591.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0WG1Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,201,901.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TPY51D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,751,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,594.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRX1SK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,053,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,134,242.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7K26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,422,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,105,601.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>352,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,764.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N7SRZS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,069,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,786.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6SYSV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,290.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7LWC56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,106,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,474.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YWSKW23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>899,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,235.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KMB098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,978.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NJ2VQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,032.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C96YTS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$923,052.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,296,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,243.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V39192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>981,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$888,263.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9H72P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>790,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$886,272.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PPZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,571,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$883,956.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000048WK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$882,423.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X0384N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,528.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8V04H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,048,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,403.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004SPH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,918,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,341.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S198G93</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
-    <x:t>38,835,000</x:t>
-[...973 lines deleted...]
-  <x:si>
     <x:t>841,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$832,499.12</x:t>
+    <x:t>$811,722.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RB6TG16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,595.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G6GHZV1</x:t>
   </x:si>
   <x:si>
     <x:t>4.900</x:t>
   </x:si>
   <x:si>
     <x:t>15,490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$791,524.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$803,019.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG9BTQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,084,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,693.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JN970L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,071,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,675.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYVP087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,036,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,945.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ciudad Autonoma De Buenos Aires/Governm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLSXZ69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,381.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYVWB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,811.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X035NZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,098.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004MR33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,797.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBF4WB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,423.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,336.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q54VRK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,058.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYGKV51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,606.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1YC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>593,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,177.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,541.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,279,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,343.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QFV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,202.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGVNR60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,410.51</x:t>
   </x:si>
   <x:si>
     <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KN7FXH7</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>749,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>430,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,830.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009PK2F11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>361,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$449,783.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,406.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N9YKBS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,942.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL7ZC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,895,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,045.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UYU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WN41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,722.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Province Of Santa Fe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX2KJP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,556.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0WG1K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,410.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDK71Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,415.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDDJ4H0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,481.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,541.45</x:t>
   </x:si>
   <x:si>
     <x:t>Argentine Republic Government Internati</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X362WX1</x:t>
   </x:si>
   <x:si>
     <x:t>0.125</x:t>
   </x:si>
   <x:si>
-    <x:t>1,124,000</x:t>
-[...254 lines deleted...]
-    <x:t>Guatemala</x:t>
+    <x:t>507,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,865.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCDD8B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,576.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,329.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBFYDD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,193.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ84022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,670.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9LB6K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,143.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ1B9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,849.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J97CMF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,179.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad And Tobago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBWZC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,705.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2HPB49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,555.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>China Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBDGNG8</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
-    <x:t>587,000</x:t>
-[...2 lines deleted...]
-    <x:t>$596,174.85</x:t>
+    <x:t>247,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,800.65</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
-    <x:t>Pertamina Persero Pt</x:t>
-[...494 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>10/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YYG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,986.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YTQC093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,378.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YSF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,613.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLS58F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,282.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055DSXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,826.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uzbekistan International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RJC449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,131.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secure International Finance Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N3BY7M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,041.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guyana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJK50M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,964.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FM8C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,375.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QZDFQM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,294.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQ37C98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,897.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Infrastructure Investment Bank/Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MCHXB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,900.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR0KP57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,516.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL7G4T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,226.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZK6858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,455.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
-    <x:t>Jordan Government International Bond</x:t>
-[...451 lines deleted...]
-  <x:si>
     <x:t>05/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00007Z503</x:t>
   </x:si>
   <x:si>
     <x:t>103,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,999.05</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$101,055.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019LRZYH5</x:t>
   </x:si>
   <x:si>
     <x:t>3.390</x:t>
   </x:si>
   <x:si>
     <x:t>2,410,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$88,945.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$88,368.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digicel International Finance Ltd / Dif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T70R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,157.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016DP5JS8</x:t>
   </x:si>
   <x:si>
     <x:t>1,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$81,176.60</x:t>
-[...20 lines deleted...]
-    <x:t>Bermuda</x:t>
+    <x:t>$81,103.61</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KR7GR8</x:t>
   </x:si>
   <x:si>
-    <x:t>$79,885.76</x:t>
+    <x:t>$80,075.46</x:t>
   </x:si>
   <x:si>
     <x:t>Benin Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L9XMN96</x:t>
   </x:si>
   <x:si>
     <x:t>7.960</x:t>
   </x:si>
   <x:si>
     <x:t>39,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,066.49</x:t>
+    <x:t>$41,750.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Benin</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N3BXZV2</x:t>
   </x:si>
   <x:si>
     <x:t>40,353</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,588.33</x:t>
+    <x:t>$40,969.44</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MDGM755</x:t>
   </x:si>
   <x:si>
     <x:t>0.250</x:t>
   </x:si>
   <x:si>
     <x:t>927,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,588.94</x:t>
+    <x:t>$28,807.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>Corp Geo Sab De Cv</x:t>
-[...11 lines deleted...]
-    <x:t>$592.80</x:t>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,239,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,239,475.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,300,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,229.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,783.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...29 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>Europe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2.42</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,173,304.04</x:t>
-[...2 lines deleted...]
-    <x:t>-3.39%</x:t>
+    <x:t>$-1,065,793.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2632,56 +2467,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb32b82bc294725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04729148930f44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re3604ffb528745c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ece2042b3974397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R913f153ec94843c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R429cf6c46000412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L133"/>
+  <x:dimension ref="A1:L126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2848,4892 +2683,4626 @@
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C6" s="1" t="s">
+      <x:c r="D6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="E6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E6" s="1" t="s">
+      <x:c r="F6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="s">
+      <x:c r="I6" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J6" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="I6" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="K7" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="s">
+      <x:c r="L7" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="s">
+      <x:c r="K8" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="I8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J8" s="1" t="s">
+      <x:c r="L8" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="s">
+      <x:c r="K9" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="I9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J9" s="1" t="s">
+      <x:c r="L9" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="I10" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="K11" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="I11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J11" s="1" t="s">
+      <x:c r="L11" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="K12" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="I12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J12" s="1" t="s">
+      <x:c r="L12" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="K14" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="K15" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="L15" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="K17" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="L17" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="K18" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="K20" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="K23" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="K24" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="L24" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="K40" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="L40" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="K41" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="K44" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="H44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="I46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J46" s="1" t="s">
+      <x:c r="K46" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="K46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="H47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="I47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="K52" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="K53" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="H53" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="K54" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="H54" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="K57" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="K59" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="I60" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J62" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="K62" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="K63" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="K65" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="L65" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="K66" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="K70" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="K73" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="K76" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="K79" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="L79" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="K80" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J120" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="K120" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A126" s="1">
-[...268 lines deleted...]
-      <x:c r="B133" s="2" t="s">
+      <x:c r="A126" s="2" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C133" s="2" t="s">
+      <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D133" s="2" t="s">
+      <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E133" s="2" t="s">
+      <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F133" s="2" t="s">
+      <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G133" s="2" t="s">
+      <x:c r="G126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H133" s="2" t="s">
+      <x:c r="H126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I133" s="2" t="s">
+      <x:c r="I126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J133" s="2" t="s">
+      <x:c r="J126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K133" s="2" t="s">
+      <x:c r="K126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L133" s="2" t="s">
+      <x:c r="L126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A133:L133"/>
+    <x:mergeCell ref="A126:L126"/>
   </x:mergeCells>
 </x:worksheet>
 </file>