--- v1 (2026-01-10)
+++ v2 (2026-02-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re657a8dab1a0410f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e1defa9f774d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260108" sheetId="1" r:id="R429cf6c46000412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260129" sheetId="1" r:id="Rb42aa24e1f13419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1390" uniqueCount="800">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1335" uniqueCount="792">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,2388 +58,2364 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002W625T1</x:t>
   </x:si>
   <x:si>
     <x:t>7.750</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>77,280,000</x:t>
-[...2 lines deleted...]
-    <x:t>$3,777,707.03</x:t>
+    <x:t>86,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,395,730.28</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.31%</x:t>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
+    <x:t>11/07/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G530SR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,018,000.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6YHY27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,215,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,359.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Uae International Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012V391H3</x:t>
   </x:si>
   <x:si>
     <x:t>2.875</x:t>
   </x:si>
   <x:si>
-    <x:t>4,513,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.03%</x:t>
+    <x:t>4,713,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,630,385.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>11/07/2047</x:t>
-[...41 lines deleted...]
-    <x:t>CLP</x:t>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,373,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,537,404.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTJ9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,934,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,364,994.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,772,054.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,702,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,767,167.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Malaysia Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MDKQFL6</x:t>
   </x:si>
   <x:si>
     <x:t>4.054</x:t>
   </x:si>
   <x:si>
     <x:t>10,324,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,644,935.28</x:t>
-[...2 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>$2,728,169.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Malaysia</x:t>
   </x:si>
   <x:si>
     <x:t>MYR</x:t>
   </x:si>
   <x:si>
-    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
-[...68 lines deleted...]
-    <x:t>PLN</x:t>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CYXLM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,623,784.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,157.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCLK700</x:t>
   </x:si>
   <x:si>
     <x:t>7.600</x:t>
   </x:si>
   <x:si>
     <x:t>6,984,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,319,209.49</x:t>
-[...2 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>$2,376,216.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2034</x:t>
-[...11 lines deleted...]
-    <x:t>$2,310,997.88</x:t>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,614,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,351,429.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000LKPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,314,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,187,395.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6RWJG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,093,000.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivia</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RMFVLD6</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
-    <x:t>1,801,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>2,001,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,086,134.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
-    <x:t>Philippine Government International Bon</x:t>
-[...23 lines deleted...]
-    <x:t>PHP</x:t>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PB9SND6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,805,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,955,789.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,930,949.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,748,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,918,096.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Brazilian Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCFTQR2</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
   <x:si>
     <x:t>1,796,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,881,692.90</x:t>
-[...68 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$1,885,221.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNB5YK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,037,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,677,642.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN5XJM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,686,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,677,466.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>492,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,613,045.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TPY51D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,433,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,423.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZVDK95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,446,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,565,316.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRZLFZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,519,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,401.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5NTKB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,509,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,532,654.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,376,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,522,831.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0WG1Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,417,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,418,092.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004SPH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,226,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,533.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,362,044.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMH3R10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,318,137.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of South Africa Government Int</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YX0XNZ2</x:t>
   </x:si>
   <x:si>
     <x:t>7.250</x:t>
   </x:si>
   <x:si>
-    <x:t>1,756,000</x:t>
-[...2 lines deleted...]
-    <x:t>$1,727,827.23</x:t>
+    <x:t>1,294,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,020.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
-    <x:t>Ksa Sukuk Ltd</x:t>
-[...248 lines deleted...]
-    <x:t>Kuwait</x:t>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N7SRZS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,272,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,252,422.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015LH8Q91</x:t>
   </x:si>
   <x:si>
     <x:t>7.500</x:t>
   </x:si>
   <x:si>
     <x:t>1,278,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,225,163.21</x:t>
-[...5 lines deleted...]
-    <x:t>Thailand Government Bond</x:t>
+    <x:t>$1,241,847.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X0384N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,640.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WHL3BX0</x:t>
   </x:si>
   <x:si>
     <x:t>1.585</x:t>
   </x:si>
   <x:si>
     <x:t>38,952,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,219,711.36</x:t>
-[...71 lines deleted...]
-    <x:t>KRW</x:t>
+    <x:t>$1,214,346.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7K26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,422,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,526.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015XQF9Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,161,352.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRX1SK4</x:t>
   </x:si>
   <x:si>
     <x:t>7.100</x:t>
   </x:si>
   <x:si>
     <x:t>1,053,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,134,242.80</x:t>
-[...68 lines deleted...]
-    <x:t>Zambia</x:t>
+    <x:t>$1,135,016.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6GHZV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,088,660.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7LWC56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,106,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,088,233.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V39192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,181,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,528.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8V04H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,248,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,615.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka</x:t>
   </x:si>
   <x:si>
     <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N6SYSV8</x:t>
   </x:si>
   <x:si>
     <x:t>4.400</x:t>
   </x:si>
   <x:si>
     <x:t>998,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,018,290.42</x:t>
-[...20 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$1,020,781.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X034RZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,030.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KMB098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,223.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NJ2VQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$971,705.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X362WX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,327,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$966,903.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>Oman Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YWSKW23</x:t>
   </x:si>
   <x:si>
     <x:t>899,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$984,235.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$957,899.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Oman</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2053</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>10/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C96YTS8</x:t>
   </x:si>
   <x:si>
     <x:t>291,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$923,052.39</x:t>
-[...32 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$954,259.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,741.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG9BTQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,285,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,069.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9H72P7</x:t>
   </x:si>
   <x:si>
     <x:t>4.700</x:t>
   </x:si>
   <x:si>
     <x:t>790,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$886,272.46</x:t>
+    <x:t>$921,172.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,279,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$910,281.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JN970L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,071,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$882,243.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000048WK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,573.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q5PPZF9</x:t>
   </x:si>
   <x:si>
     <x:t>2.980</x:t>
   </x:si>
   <x:si>
     <x:t>25,571,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$883,956.15</x:t>
-[...80 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$849,432.62</x:t>
   </x:si>
   <x:si>
     <x:t>Geopark Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S198G93</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
     <x:t>841,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$811,722.89</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$845,898.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Israel</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RB6TG16</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
     <x:t>857,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$807,595.84</x:t>
+    <x:t>$798,141.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2034</x:t>
-[...56 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,761.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q54VRK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>829,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$728,573.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RYVP087</x:t>
   </x:si>
   <x:si>
     <x:t>1,036,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$705,945.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$706,240.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Ciudad Autonoma De Buenos Aires/Governm</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YLSXZ69</x:t>
   </x:si>
   <x:si>
     <x:t>7.800</x:t>
   </x:si>
   <x:si>
     <x:t>665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$681,381.17</x:t>
-[...5 lines deleted...]
-    <x:t>Argentina</x:t>
+    <x:t>$693,437.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Costa Rica Government International Bon</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QTYVWB9</x:t>
   </x:si>
   <x:si>
     <x:t>6.125</x:t>
   </x:si>
   <x:si>
     <x:t>610,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$656,811.14</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$652,908.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Costa Rica</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00X035NZ6</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tunisian Republic</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00004MR33</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>100,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$620,797.58</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$637,508.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Tunisia</x:t>
   </x:si>
   <x:si>
     <x:t>JPY</x:t>
   </x:si>
   <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,244.84</x:t>
+  </x:si>
+  <x:si>
     <x:t>Laos Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBF4WB1</x:t>
   </x:si>
   <x:si>
     <x:t>11.250</x:t>
   </x:si>
   <x:si>
     <x:t>590,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$618,423.25</x:t>
+    <x:t>$634,803.13</x:t>
   </x:si>
   <x:si>
     <x:t>Laos</x:t>
   </x:si>
   <x:si>
-    <x:t>10/13/2033</x:t>
-[...29 lines deleted...]
-    <x:t>Ghana</x:t>
+    <x:t>BBG01R9LB6K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,894.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Guatemala Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYGKV51</x:t>
   </x:si>
   <x:si>
     <x:t>560,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$600,606.69</x:t>
+    <x:t>$602,368.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Guatemala</x:t>
   </x:si>
   <x:si>
     <x:t>Aes Panama Generation Holdings Srl</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WLL1YC0</x:t>
   </x:si>
   <x:si>
     <x:t>4.375</x:t>
   </x:si>
   <x:si>
     <x:t>593,712</x:t>
   </x:si>
   <x:si>
-    <x:t>$563,177.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$565,268.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Panama</x:t>
   </x:si>
   <x:si>
-    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
-[...32 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>01/29/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVQNBV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,722.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDDJ4H0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,148.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador</x:t>
   </x:si>
   <x:si>
     <x:t>Medco Maple Tree Pte Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JS8QFV3</x:t>
   </x:si>
   <x:si>
     <x:t>8.960</x:t>
   </x:si>
   <x:si>
     <x:t>480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$510,202.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$513,175.78</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JGVNR60</x:t>
   </x:si>
   <x:si>
     <x:t>4.125</x:t>
   </x:si>
   <x:si>
     <x:t>700,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$509,410.51</x:t>
+    <x:t>$507,823.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055DSXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,517.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N9YKBS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,437.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KN7FXH7</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
     <x:t>430,950</x:t>
   </x:si>
   <x:si>
-    <x:t>$450,830.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$450,778.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,999.46</x:t>
   </x:si>
   <x:si>
     <x:t>Jamaica Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009PK2F11</x:t>
   </x:si>
   <x:si>
     <x:t>7.875</x:t>
   </x:si>
   <x:si>
     <x:t>361,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$449,783.44</x:t>
-[...2 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>$435,935.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Jamaica</x:t>
   </x:si>
   <x:si>
-    <x:t>Pan American Energy Llc/Argentina</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>3r Lux Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L81WN41</x:t>
   </x:si>
   <x:si>
     <x:t>9.750</x:t>
   </x:si>
   <x:si>
     <x:t>399,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$426,722.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$435,139.69</x:t>
   </x:si>
   <x:si>
     <x:t>Luxembourg</x:t>
   </x:si>
   <x:si>
     <x:t>Province Of Santa Fe</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YX2KJP2</x:t>
   </x:si>
   <x:si>
     <x:t>8.100</x:t>
   </x:si>
   <x:si>
     <x:t>428,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$421,556.46</x:t>
+    <x:t>$424,469.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLS58F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,189.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V0WG1K8</x:t>
   </x:si>
   <x:si>
     <x:t>383,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,410.66</x:t>
-[...68 lines deleted...]
-    <x:t>$348,865.29</x:t>
+    <x:t>$383,151.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YCDD8B8</x:t>
   </x:si>
   <x:si>
     <x:t>8.631</x:t>
   </x:si>
   <x:si>
     <x:t>320,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$341,576.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$347,275.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011N36X32</x:t>
   </x:si>
   <x:si>
     <x:t>285,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$327,329.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$337,846.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ84022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,961.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Jordan Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBFYDD8</x:t>
   </x:si>
   <x:si>
     <x:t>322,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$319,193.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$320,452.27</x:t>
   </x:si>
   <x:si>
     <x:t>Jordan</x:t>
   </x:si>
   <x:si>
-    <x:t>Singapore Government Bond</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Dominican Republic International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NJ1B9X7</x:t>
   </x:si>
   <x:si>
     <x:t>6.600</x:t>
   </x:si>
   <x:si>
     <x:t>290,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$307,849.50</x:t>
+    <x:t>$305,897.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Dominican Republic</x:t>
   </x:si>
   <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRB11H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,043.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J97CMF4</x:t>
   </x:si>
   <x:si>
     <x:t>5.950</x:t>
   </x:si>
   <x:si>
     <x:t>287,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$302,179.11</x:t>
+    <x:t>$292,828.89</x:t>
   </x:si>
   <x:si>
     <x:t>Trinidad And Tobago</x:t>
   </x:si>
   <x:si>
     <x:t>Angolan Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRBWZC5</x:t>
   </x:si>
   <x:si>
     <x:t>275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$276,705.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$280,446.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Angola</x:t>
   </x:si>
   <x:si>
     <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T2HPB49</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,555.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$261,072.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>China Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBDGNG8</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>247,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$250,800.65</x:t>
+    <x:t>$251,056.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
+    <x:t>06/22/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YTQC093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,933.83</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y38YYG4</x:t>
   </x:si>
   <x:si>
     <x:t>5.875</x:t>
   </x:si>
   <x:si>
     <x:t>228,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$230,986.80</x:t>
-[...44 lines deleted...]
-    <x:t>$208,282.21</x:t>
+    <x:t>$230,771.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2033</x:t>
-[...14 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FM8C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,355.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Uzbekistan International Bo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RJC449</x:t>
   </x:si>
   <x:si>
     <x:t>3.900</x:t>
   </x:si>
   <x:si>
     <x:t>189,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$177,131.29</x:t>
+    <x:t>$177,950.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Uzbekistan</x:t>
   </x:si>
   <x:si>
     <x:t>Secure International Finance Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N3BY7M3</x:t>
   </x:si>
   <x:si>
     <x:t>160,588</x:t>
   </x:si>
   <x:si>
-    <x:t>$163,041.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$163,978.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Guyana</x:t>
   </x:si>
   <x:si>
-    <x:t>Transportadora De Gas Del Sur Sa</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Honduras Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QZDFQM6</x:t>
   </x:si>
   <x:si>
     <x:t>8.625</x:t>
   </x:si>
   <x:si>
     <x:t>127,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$145,294.61</x:t>
+    <x:t>$147,604.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Honduras</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Kenya Government Internatio</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQ37C98</x:t>
   </x:si>
   <x:si>
     <x:t>8.800</x:t>
   </x:si>
   <x:si>
     <x:t>142,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$144,897.95</x:t>
+    <x:t>$147,491.11</x:t>
   </x:si>
   <x:si>
     <x:t>Kenya</x:t>
   </x:si>
   <x:si>
+    <x:t>Barbados Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR0KP57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,269.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados</x:t>
+  </x:si>
+  <x:si>
     <x:t>Asian Infrastructure Investment Bank/Th</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014MCHXB6</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>8,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$138,900.90</x:t>
-[...20 lines deleted...]
-    <x:t>Barbados</x:t>
+    <x:t>$134,356.74</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL7G4T4</x:t>
   </x:si>
   <x:si>
     <x:t>115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,226.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$129,814.20</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Hta Group Ltd/Mauritius</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZK6858</x:t>
   </x:si>
   <x:si>
     <x:t>104,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,455.98</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$108,760.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00007Z503</x:t>
   </x:si>
   <x:si>
     <x:t>103,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,055.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$101,556.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7GR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,799.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019LRZYH5</x:t>
   </x:si>
   <x:si>
     <x:t>3.390</x:t>
   </x:si>
   <x:si>
     <x:t>2,410,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$88,368.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$87,736.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DP5JS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,713.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel International Finance Ltd / Dif</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W9T70R8</x:t>
   </x:si>
   <x:si>
     <x:t>76,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,157.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$82,118.73</x:t>
   </x:si>
   <x:si>
     <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
-    <x:t>02/26/2026</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Benin Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L9XMN96</x:t>
   </x:si>
   <x:si>
     <x:t>7.960</x:t>
   </x:si>
   <x:si>
     <x:t>39,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,750.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$42,082.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Benin</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N3BXZV2</x:t>
   </x:si>
   <x:si>
     <x:t>40,353</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,969.44</x:t>
+    <x:t>$41,204.83</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MDGM755</x:t>
   </x:si>
   <x:si>
     <x:t>0.250</x:t>
   </x:si>
   <x:si>
     <x:t>927,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,807.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$28,016.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>9,239,476</x:t>
-[...5 lines deleted...]
-    <x:t>8.10%</x:t>
+    <x:t>10,476,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,476,813.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.11%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
-    <x:t>1,300,073</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>207</x:t>
   </x:si>
   <x:si>
-    <x:t>$241.94</x:t>
+    <x:t>$247.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>3,512</x:t>
   </x:si>
   <x:si>
-    <x:t>$2.42</x:t>
+    <x:t>$2.46</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,065,793.80</x:t>
-[...2 lines deleted...]
-    <x:t>-0.93%</x:t>
+    <x:t>$-1,893,389.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2467,56 +2443,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ece2042b3974397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R913f153ec94843c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R429cf6c46000412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54880141ad23403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9bc9c8f7d1eb4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb42aa24e1f13419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L126"/>
+  <x:dimension ref="A1:L121"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2645,119 +2621,119 @@
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K4" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L4" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="s">
+      <x:c r="E5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="E5" s="1" t="s">
+      <x:c r="F5" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F5" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G5" s="1" t="s">
+      <x:c r="H5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="H5" s="1" t="s">
+      <x:c r="I5" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="I5" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K5" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="F6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G6" s="1" t="s">
+      <x:c r="I6" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J6" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="s">
+      <x:c r="K6" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J6" s="1" t="s">
+      <x:c r="L6" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
@@ -2835,4474 +2811,4284 @@
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="I10" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="K12" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="L12" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="I13" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="K13" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="s">
+      <x:c r="L13" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="I14" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="s">
+      <x:c r="K15" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="I15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J15" s="1" t="s">
+      <x:c r="L15" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="s">
+      <x:c r="K16" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="I16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J16" s="1" t="s">
+      <x:c r="L16" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="K25" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="I25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="H26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="I26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="K26" s="1" t="s">
+      <x:c r="L26" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="I30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J77" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="H77" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="K79" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="K100" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="H100" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A121" s="1">
-[...105 lines deleted...]
-      <x:c r="K123" s="1" t="s">
+      <x:c r="A121" s="2" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="L123" s="1" t="s">
-[...83 lines deleted...]
-      <x:c r="B126" s="2" t="s">
+      <x:c r="B121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C126" s="2" t="s">
+      <x:c r="C121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D126" s="2" t="s">
+      <x:c r="D121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E126" s="2" t="s">
+      <x:c r="E121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F126" s="2" t="s">
+      <x:c r="F121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G126" s="2" t="s">
+      <x:c r="G121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H126" s="2" t="s">
+      <x:c r="H121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I126" s="2" t="s">
+      <x:c r="I121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J126" s="2" t="s">
+      <x:c r="J121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K126" s="2" t="s">
+      <x:c r="K121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L126" s="2" t="s">
+      <x:c r="L121" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A126:L126"/>
+    <x:mergeCell ref="A121:L121"/>
   </x:mergeCells>
 </x:worksheet>
 </file>