--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e1defa9f774d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f79d8c7c9940ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260129" sheetId="1" r:id="Rb42aa24e1f13419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260219" sheetId="1" r:id="R09734b6d77c0481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1335" uniqueCount="792">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1412" uniqueCount="825">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,2361 +61,2460 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002W625T1</x:t>
   </x:si>
   <x:si>
     <x:t>7.750</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>86,280,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,395,730.28</x:t>
+    <x:t>$4,457,982.63</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.40%</x:t>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
+    <x:t>Uae International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V391H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,513,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,344,618.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6YHY27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,215,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,989,058.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,055,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,716,923.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTJ9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,934,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,400,848.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,759,664.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,756,025.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CYXLM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,708,324.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romanian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZVDK95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,424,489.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,409,669.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFVLD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,201,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,325,288.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,614,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,311,925.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCLK700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,984,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,270,614.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000LKPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,314,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,201,078.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6RWJG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,159,486.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCFTQR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,996,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,123,121.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PB9SND6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,805,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,951,954.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,943,533.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,748,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,827,473.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5NTKB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,709,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,760,444.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNB5YK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,037,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,712,449.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ksa Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN5XJM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,686,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,697,794.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0WG1Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,617,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,645,366.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Egypt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>492,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,619,773.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00THVLBR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,274,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,595,117.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TPY51D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,433,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,695.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,880.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRZLFZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,519,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,515,768.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004SPH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,226,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,476,217.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7K26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,448,061.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1G0XB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,083,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,361,268.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,353,908.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait International Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMH3R10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,338,120.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuwait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of South Africa Government Int</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX0XNZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,294,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,306,669.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y56BSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,293,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,291,583.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015LH8Q91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,278,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,279,263.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG9BTQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,701,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,265,244.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V39192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,381,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,262,509.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N7SRZS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,272,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,261,653.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WHL3BX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,952,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,219,174.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015XQF9Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,166,118.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,988,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,163,385.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRX1SK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,053,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,152,185.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8V04H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,358,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,931.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X362WX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,527,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,857.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X0384N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,305,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,611.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6GHZV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,481.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7LWC56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,106,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,455.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02044G9D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,016,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,780.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KMB098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,512.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6SYSV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,351.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NJ2VQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,434.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X034RZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,286.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YWSKW23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>899,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$968,138.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000048WK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$956,973.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C96YTS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,617.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,441.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/07/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G530SR1</x:t>
   </x:si>
   <x:si>
-    <x:t>8.000</x:t>
-[...1133 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>17,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$929,712.04</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KSDNFR7</x:t>
   </x:si>
   <x:si>
     <x:t>2.800</x:t>
   </x:si>
   <x:si>
     <x:t>26,279,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$910,281.87</x:t>
-[...2 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>$914,383.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PPZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,571,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$897,345.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBF4WB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$866,778.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q54VRK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,634.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,484.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVQNBV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,346.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ciudad Autonoma De Buenos Aires/Governm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLSXZ69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,702.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYVP087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,036,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$696,938.89</x:t>
   </x:si>
   <x:si>
     <x:t>Gran Tierra Energy Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2029</x:t>
-[...41 lines deleted...]
-    <x:t>$849,432.62</x:t>
+    <x:t>BBG020DN0485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>854,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$696,238.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKPZZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,691.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYVWB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,176.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,272.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9LB6K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,652.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004MR33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,934.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYGKV51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,904.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1YC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>593,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,929.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDDJ4H0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,446.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ1B9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,421.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QFV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,235.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055DSXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,595.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGVNR60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,700.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBWZC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,796.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N9YKBS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,443.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,847.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN7FXH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>430,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,016.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009PK2F11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>361,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,250.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Province Of Santa Fe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX2KJP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,127.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WN41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,175.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0WG1K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,075.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLS58F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,226.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina Treasury Bond Bonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8BMSN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404,293,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,873.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DCJWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,451.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCDD8B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,812.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivory Coast Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DCKFS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,180.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Côte D'Ivoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,802.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ84022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,747.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBFYDD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,975.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jordan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRB11H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,929.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J97CMF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,647.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad And Tobago</x:t>
   </x:si>
   <x:si>
     <x:t>Geopark Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S198G93</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
-    <x:t>841,000</x:t>
-[...662 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,157.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZJZY92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401,816,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,986.98</x:t>
   </x:si>
   <x:si>
     <x:t>China Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBDGNG8</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>247,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$251,056.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$253,373.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YTQC093</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
     <x:t>103,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$239,933.83</x:t>
+    <x:t>$241,021.94</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y38YYG4</x:t>
   </x:si>
   <x:si>
     <x:t>5.875</x:t>
   </x:si>
   <x:si>
     <x:t>228,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$230,771.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$232,033.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBXN68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,651.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Nwd Finance Bvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2072</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0180FM8C2</x:t>
   </x:si>
   <x:si>
     <x:t>6.150</x:t>
   </x:si>
   <x:si>
     <x:t>249,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$192,355.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$204,066.06</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Uzbekistan International Bo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RJC449</x:t>
   </x:si>
   <x:si>
     <x:t>3.900</x:t>
   </x:si>
   <x:si>
     <x:t>189,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$177,950.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$179,991.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Uzbekistan</x:t>
   </x:si>
   <x:si>
     <x:t>Secure International Finance Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N3BY7M3</x:t>
   </x:si>
   <x:si>
     <x:t>160,588</x:t>
   </x:si>
   <x:si>
-    <x:t>$163,978.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$164,870.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Guyana</x:t>
   </x:si>
   <x:si>
     <x:t>Honduras Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QZDFQM6</x:t>
   </x:si>
   <x:si>
     <x:t>8.625</x:t>
   </x:si>
   <x:si>
     <x:t>127,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,604.90</x:t>
+    <x:t>$150,291.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Honduras</x:t>
   </x:si>
   <x:si>
-    <x:t>Republic Of Kenya Government Internatio</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQ37C98</x:t>
   </x:si>
   <x:si>
     <x:t>8.800</x:t>
   </x:si>
   <x:si>
     <x:t>142,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,491.11</x:t>
-[...2 lines deleted...]
-    <x:t>Kenya</x:t>
+    <x:t>$147,638.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Infrastructure Investment Bank/Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MCHXB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,248.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Barbados Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VR0KP57</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,269.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$135,647.78</x:t>
   </x:si>
   <x:si>
     <x:t>Barbados</x:t>
   </x:si>
   <x:si>
-    <x:t>Asian Infrastructure Investment Bank/Th</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Bahamas Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL7G4T4</x:t>
   </x:si>
   <x:si>
     <x:t>115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,814.20</x:t>
+    <x:t>$130,380.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Bahamas</x:t>
   </x:si>
   <x:si>
     <x:t>Hta Group Ltd/Mauritius</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZK6858</x:t>
   </x:si>
   <x:si>
     <x:t>104,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,760.07</x:t>
+    <x:t>$109,203.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00007Z503</x:t>
   </x:si>
   <x:si>
     <x:t>103,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,556.57</x:t>
+    <x:t>$101,729.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LRZYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,410,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,439.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KR7GR8</x:t>
   </x:si>
   <x:si>
-    <x:t>$87,799.78</x:t>
-[...17 lines deleted...]
-    <x:t>$87,736.13</x:t>
+    <x:t>$86,582.01</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016DP5JS8</x:t>
   </x:si>
   <x:si>
     <x:t>1,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,713.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$82,106.24</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel International Finance Ltd / Dif</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W9T70R8</x:t>
   </x:si>
   <x:si>
     <x:t>76,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,118.73</x:t>
+    <x:t>$79,914.43</x:t>
   </x:si>
   <x:si>
     <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG01N3BXZV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,429.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Benin Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L9XMN96</x:t>
   </x:si>
   <x:si>
     <x:t>7.960</x:t>
   </x:si>
   <x:si>
     <x:t>39,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,082.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$41,285.74</x:t>
   </x:si>
   <x:si>
     <x:t>Benin</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01N3BXZV2</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BBG01MDGM755</x:t>
   </x:si>
   <x:si>
     <x:t>0.250</x:t>
   </x:si>
   <x:si>
     <x:t>927,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,016.00</x:t>
+    <x:t>$33,243.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>10,476,814</x:t>
-[...14 lines deleted...]
-    <x:t>$247.39</x:t>
+    <x:t>10,885,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,885,647.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>3,512</x:t>
   </x:si>
   <x:si>
-    <x:t>$2.46</x:t>
+    <x:t>$2.43</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,893,389.36</x:t>
-[...2 lines deleted...]
-    <x:t>-1.47%</x:t>
+    <x:t>$1,058,101.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2443,56 +2542,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54880141ad23403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9bc9c8f7d1eb4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb42aa24e1f13419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ff8ad292d04b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9ceb5bfb25f84706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09734b6d77c0481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L121"/>
+  <x:dimension ref="A1:L128"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2621,879 +2720,879 @@
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K4" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L4" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="K24" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
@@ -3504,3591 +3603,3857 @@
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="I45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="H54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="I61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="H69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="H72" s="1" t="s">
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="I72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J72" s="1" t="s">
+      <x:c r="K72" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="K72" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="H73" s="1" t="s">
+      <x:c r="I73" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="I73" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="I74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="K75" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="L75" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="K76" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="H76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="I77" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J77" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="K77" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="H77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="I78" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="H78" s="1" t="s">
+      <x:c r="K78" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="I78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="H79" s="1" t="s">
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="K79" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="I79" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="K81" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="H84" s="1" t="s">
+      <x:c r="I84" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="I84" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="H86" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="H89" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="L92" s="1" t="s">
         <x:v>625</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="H93" s="1" t="s">
+      <x:c r="I93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="K93" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="I93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="I95" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J95" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="K95" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="L99" s="1" t="s">
         <x:v>625</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="K100" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="I113" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J113" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="K113" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="I114" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J114" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="K114" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="F114" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G115" s="1" t="s">
+      <x:c r="I115" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="H115" s="1" t="s">
+      <x:c r="K115" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="I115" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="H119" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A121" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B121" s="2" t="s">
+      <x:c r="A121" s="1">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J121" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="K121" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="L121" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A122" s="1">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="K122" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="L122" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A123" s="1">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I123" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J123" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="K123" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="L123" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A124" s="1">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J124" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="K124" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="L124" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A125" s="1">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="I125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J125" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="K125" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="L125" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A126" s="1">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="I126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="K126" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="L126" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A127" s="1">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H127" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="I127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J127" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="K127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L127" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A128" s="2" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C121" s="2" t="s">
+      <x:c r="C128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D121" s="2" t="s">
+      <x:c r="D128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E121" s="2" t="s">
+      <x:c r="E128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F121" s="2" t="s">
+      <x:c r="F128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G121" s="2" t="s">
+      <x:c r="G128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H121" s="2" t="s">
+      <x:c r="H128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I121" s="2" t="s">
+      <x:c r="I128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J121" s="2" t="s">
+      <x:c r="J128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K121" s="2" t="s">
+      <x:c r="K128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L121" s="2" t="s">
+      <x:c r="L128" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A121:L121"/>
+    <x:mergeCell ref="A128:L128"/>
   </x:mergeCells>
 </x:worksheet>
 </file>