--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,2520 +1,2325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f79d8c7c9940ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ce707c4d9a4501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260219" sheetId="1" r:id="R09734b6d77c0481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMBX_asof_20260313" sheetId="1" r:id="R413e053278604362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1412" uniqueCount="825">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1302" uniqueCount="760">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Republic Of South Africa Government Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0086HBT93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,818,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,768,070.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,544,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,742,721.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCLK700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,019,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,573,373.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFCVHS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,657,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,874.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippine Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CYXLM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233,202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,940,279.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6YHY27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,215,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,742,624.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,619,940.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002W625T1</x:t>
   </x:si>
   <x:si>
     <x:t>7.750</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...11 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>58,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,819,558.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
-    <x:t>Uae International Government Bond</x:t>
-[...50 lines deleted...]
-    <x:t>CLP</x:t>
+    <x:t>Congolese International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000LKPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,899,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,760,832.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Congo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,253,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,702,735.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,608,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,545,341.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Poland Government Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>10/25/2035</x:t>
-[...2 lines deleted...]
-    <x:t>BBG01VGZRHS8</x:t>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>13,055,000</x:t>
-[...8 lines deleted...]
-    <x:t>Poland</x:t>
+    <x:t>9,628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,525,738.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>PLN</x:t>
   </x:si>
   <x:si>
-    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
-[...89 lines deleted...]
-    <x:t>PHP</x:t>
+    <x:t>Export-Import Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFVLD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,401,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,489,176.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Romanian Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZVDK95</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
   <x:si>
     <x:t>2,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,424,489.61</x:t>
-[...2 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>$2,351,571.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Romania</x:t>
   </x:si>
   <x:si>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,614,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,280,191.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazilian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCFTQR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,196,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,252,916.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivian Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6RWJG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,159,529.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolivia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004SPH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,426,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,098,366.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venezuela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT472T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,880,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,086,915.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,927,431.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5NTKB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,709,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,695,064.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRZLFZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,519,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,511,103.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TPY51D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,433,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,491,309.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7K26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,094.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gabon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,480,174.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J0XN97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,659,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,441,069.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YQ45NG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,409,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,406,865.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02044G9D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,416,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,398,103.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siam Commercial Bank Pcl/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6SYSV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,333,943.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1YC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,402,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,329,778.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Republic Of Uruguay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKMK697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,446,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,319,346.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PMFY7N8</x:t>
   </x:si>
   <x:si>
     <x:t>3.828</x:t>
   </x:si>
   <x:si>
-    <x:t>9,177,000</x:t>
-[...170 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>5,026,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,263.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,269,740.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N7SRZS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,272,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,235,277.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zambia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015LH8Q91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,278,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,230,873.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Darajat Ii / Sta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRVT9L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,257,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,725.43</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
-    <x:t>IDR</x:t>
-[...365 lines deleted...]
-    <x:t>Kuwait</x:t>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ1B9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,165,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,095.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentine Republic Government Internati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X362WX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,727,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,593.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN7FXH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,099,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,152,553.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of South Africa Government Int</x:t>
   </x:si>
   <x:si>
-    <x:t>12/11/2055</x:t>
-[...80 lines deleted...]
-    <x:t>Morocco</x:t>
+    <x:t>11/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRX1SK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,053,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,348.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X0384N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,305,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,568.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecuador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uganda Government Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB9QK73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,710,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,812.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uganda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UGX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7LWC56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,106,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,452.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000048WK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,248.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NJ2VQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,258.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X034RZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,498.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,557.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$931,047.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angolan Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBXN68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>898,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$929,733.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpek Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCMCTP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,049,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,161.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBF4WB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$855,421.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica Government International Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYVWB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,355.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q54VRK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,859.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gran Tierra Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DN0485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>854,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$768,902.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVQNBV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,325.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Cbp Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011929P43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$732,713.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NJ2W68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>676,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$698,019.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ciudad Autonoma De Buenos Aires/Governm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLSXZ69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,452.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pakuwon Jati Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108L6024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$696,808.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012S3G1V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,573.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYVP087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,036,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,438.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR0M443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>562,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,513.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbados</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisian Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004MR33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$597,874.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tunisia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYGKV51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,631.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCF0Y57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$585,057.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,005.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9LB6K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,930.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sri Lanka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKPZZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,683.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008P39PT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,449.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDDJ4H0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,532.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QFV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,557.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055DSXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,228.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBWZC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$491,785.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGVNR60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$479,580.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,646.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009PK2F11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>361,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,459.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamaica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Province Of Santa Fe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX2KJP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,466.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WN41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,885.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLS58F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,137.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina Treasury Bond Bonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8BMSN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404,293,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,300.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCDD8B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,828.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Kenya Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DCJWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,517.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivory Coast Government International Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DCKFS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,683.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Côte D'Ivoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,704.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ84022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,774.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bono Del Tesoro Nacional Capitalizable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZJZY92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401,816,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,790.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geopark Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S198G93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,064.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad &amp; Tobago Government Internatio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J97CMF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,158.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad And Tobago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBDGNG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,763.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paraguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJXVY23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,083.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paraguay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,838,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,459.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YYG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,929.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nwd Finance Bvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FM8C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,482.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Uzbekistan International Bo</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG012V39192</x:t>
-[...65 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>BBG011RJC449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,708.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secure International Finance Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N3BY7M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,443.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guyana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QZDFQM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,965.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honduras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQ37C98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,638.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR0KP57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,343.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL7G4T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,249.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahamas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZK6858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,508.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007Z503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,522.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KR7GR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,840.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digicel International Finance Ltd / Dif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T70R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,679.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benin Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L9XMN96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,773.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N3BXZV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,803.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDGM755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>927,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,118.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,933,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,933,415.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,530.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>RON</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2033</x:t>
-[...1451 lines deleted...]
-    <x:t>$273.21</x:t>
+    <x:t>768,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,828.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,674.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,899,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,967.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
-    <x:t>3,512</x:t>
-[...2 lines deleted...]
-    <x:t>$2.43</x:t>
+    <x:t>-211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-39.98</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,058,101.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$3,116,542.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2542,68 +2347,68 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ff8ad292d04b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9ceb5bfb25f84706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09734b6d77c0481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9524dc966a7c466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7b7fce86af7c4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R413e053278604362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L128"/>
+  <x:dimension ref="A1:L118"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
-    <x:col min="11" max="11" width="28" customWidth="1"/>
+    <x:col min="11" max="11" width="27" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2872,4588 +2677,4208 @@
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="K36" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="L36" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="K37" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="K39" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="K40" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="K41" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="H42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="I43" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="H44" s="1" t="s">
+      <x:c r="K44" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="I44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="I45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="I48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J48" s="1" t="s">
+      <x:c r="K48" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="K48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="I49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="H50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="I51" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="K52" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="K52" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="H80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="I86" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="I90" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="K104" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
+      <x:c r="I111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="F111" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G111" s="1" t="s">
+      <x:c r="K111" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="L111" s="1" t="s">
         <x:v>740</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A118" s="1">
-[...382 lines deleted...]
-      <x:c r="B128" s="2" t="s">
+      <x:c r="A118" s="2" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C128" s="2" t="s">
+      <x:c r="C118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D128" s="2" t="s">
+      <x:c r="D118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E128" s="2" t="s">
+      <x:c r="E118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F128" s="2" t="s">
+      <x:c r="F118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G128" s="2" t="s">
+      <x:c r="G118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H128" s="2" t="s">
+      <x:c r="H118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I128" s="2" t="s">
+      <x:c r="I118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J128" s="2" t="s">
+      <x:c r="J118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K128" s="2" t="s">
+      <x:c r="K118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L128" s="2" t="s">
+      <x:c r="L118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A128:L128"/>
+    <x:mergeCell ref="A118:L118"/>
   </x:mergeCells>
 </x:worksheet>
 </file>