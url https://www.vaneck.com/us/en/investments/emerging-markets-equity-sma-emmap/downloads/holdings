--- v0 (2025-12-05)
+++ v1 (2026-01-18)
@@ -1,210 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab06ec58239d4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a815c17974249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20251031" sheetId="1" r:id="R8f4ea73ec8e44120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20251231" sheetId="1" r:id="Ra3dd093193014ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="59">
-[...1 lines deleted...]
-    <x:t>Holdings 10/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
+  <x:si>
+    <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CPNG</x:t>
   </x:si>
   <x:si>
     <x:t>Coupang, Inc. Class A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XMJRPQ8</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets</x:t>
   </x:si>
   <x:si>
-    <x:t>5.06%</x:t>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBB Foods, Inc. Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L3GNF86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nu Holdings Ltd. Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136WM1M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trip.com Group Ltd. Sponsored ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CWKYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MELI</x:t>
   </x:si>
   <x:si>
     <x:t>MercadoLibre, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQPB11</x:t>
   </x:si>
   <x:si>
-    <x:t>3.58%</x:t>
-[...23 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>3.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laureate Education, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B4Z2YX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credicorp Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKX7Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>YMM</x:t>
   </x:si>
   <x:si>
     <x:t>Full Truck Alliance Co. Ltd. Sponsored ADR</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01186DLS3</x:t>
   </x:si>
   <x:si>
-    <x:t>3.20%</x:t>
-[...32 lines deleted...]
-    <x:t>BBG000FKX7Z8</x:t>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KSPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kaspi.kz Joint Stock Company Sponsored ADR RegS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NNN9QQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>PDD</x:t>
   </x:si>
   <x:si>
     <x:t>PDD Holdings Inc. Sponsored ADR Class A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBLDDR2</x:t>
   </x:si>
   <x:si>
-    <x:t>1.87%</x:t>
-[...11 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TAL</x:t>
   </x:si>
   <x:si>
     <x:t>TAL Education Group Sponsored ADR Class A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016XJ8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>0.98%</x:t>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>MBT</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile TeleSystems PJSC Sponsored ADR</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CSZKR2</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
@@ -244,51 +247,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4a0081b2174e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc278c5a7c023414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f4ea73ec8e44120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829deb8450f94860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R376b712962b74c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3dd093193014ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G16"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="61" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -510,148 +513,148 @@
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G16" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A16:G16"/>