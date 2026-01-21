--- v1 (2026-01-18)
+++ v2 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a815c17974249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b8ba5aa60d4833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20251231" sheetId="1" r:id="Ra3dd093193014ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20251231" sheetId="1" r:id="R69d2ac33a0ca41e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
   <x:si>
     <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -247,51 +247,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829deb8450f94860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R376b712962b74c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3dd093193014ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra755f41d002c4bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re7003daed5524e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69d2ac33a0ca41e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G16"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="61" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>