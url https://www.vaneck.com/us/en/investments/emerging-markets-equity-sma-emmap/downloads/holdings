--- v2 (2026-01-21)
+++ v3 (2026-02-22)
@@ -1,219 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b8ba5aa60d4833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72263ffd21f4fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20251231" sheetId="1" r:id="R69d2ac33a0ca41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20260131" sheetId="1" r:id="R6e637e7845af4115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
-[...1 lines deleted...]
-    <x:t>Holdings 12/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="164">
+  <x:si>
+    <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>CPNG</x:t>
-[...2 lines deleted...]
-    <x:t>Coupang, Inc. Class A</x:t>
+    <x:t>TSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD8ZK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Bank Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NWKS18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCEHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd-Uns Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000SGZ3Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BABA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006G2JVL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITUB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itau Unibanco H-Spon Prf Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPVKZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBBB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bbb Foods Inc-Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L3GNF86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nu Holdings Ltd/Cayman Isl-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136WM1M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credicorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKX7Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MELI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercadolibre Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQPB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coupang Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XMJRPQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>Equities</x:t>
-[...35 lines deleted...]
-    <x:t>Trip.com Group Ltd. Sponsored ADR</x:t>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAUR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laureate Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B4Z2YX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv -Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PGBZX47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fomento Economico Mex-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD33X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeroportuario Pac-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R2NRT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YMM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Full Truck Alliance -Spn Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01186DLS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX72V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gds Holdings Ltd - Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DYK7TL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ke Holdings Inc-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W9L9LX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Financial Group-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF95M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd-Unsponsored Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000SFXPB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Reddy's Laboratories-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NJ96L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sea Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTBWMG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Music Entertainm-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDC5RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNSO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miniso Group Holding Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKM57C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grab Holdings Ltd - Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011768M53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trip.Com Group Ltd-Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWKYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>3.46%</x:t>
-[...53 lines deleted...]
-    <x:t>Kaspi.kz Joint Stock Company Sponsored ADR RegS</x:t>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIBEY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial Intl Bank-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PKN163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTHT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H World Group Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFPM65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Makemytrip Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB34J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KSPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsc Kaspi.Kz Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NNN9QQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>1.35%</x:t>
-[...5 lines deleted...]
-    <x:t>PDD Holdings Inc. Sponsored ADR Class A</x:t>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XIACY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiaomi Corp - Unsp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSVBKW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHOLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koc Holding As-Unspon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RKFJ16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSZKY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pko Bank Polski-Unspon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H59FY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beone Medicines Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6WF7T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tal Education Group- Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016XJ8S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pdd Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBLDDR2</x:t>
   </x:si>
   <x:si>
-    <x:t>1.07%</x:t>
-[...17 lines deleted...]
-    <x:t>Mobile TeleSystems PJSC Sponsored ADR</x:t>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobile Telesystems Public Jo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CSZKR2</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
@@ -247,63 +559,63 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra755f41d002c4bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re7003daed5524e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69d2ac33a0ca41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc97cc7220e0489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1bb6b1380bc04b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e637e7845af4115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G16"/>
+  <x:dimension ref="A1:G42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="61" customWidth="1"/>
+    <x:col min="2" max="2" width="14" customWidth="1"/>
+    <x:col min="3" max="3" width="38" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
-    <x:col min="6" max="6" width="24" customWidth="1"/>
+    <x:col min="6" max="6" width="22" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -609,55 +921,653 @@
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
-      <x:c r="A16" s="2" t="s">
+      <x:c r="A16" s="1">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B16" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="G16" s="2" t="s">
+      <x:c r="C16" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A17" s="1">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A18" s="1">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A19" s="1">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A20" s="1">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A21" s="1">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A22" s="1">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A23" s="1">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A24" s="1">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A25" s="1">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A26" s="1">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A27" s="1">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A28" s="1">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A29" s="1">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A30" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A31" s="1">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A36" s="1">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A37" s="1">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A38" s="1">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A39" s="1">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A40" s="1">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A41" s="1">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A42" s="2" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A16:G16"/>
+    <x:mergeCell ref="A42:G42"/>
   </x:mergeCells>
 </x:worksheet>
 </file>