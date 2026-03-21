--- v3 (2026-02-22)
+++ v4 (2026-03-21)
@@ -1,525 +1,543 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72263ffd21f4fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabad9eac59f4f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20260131" sheetId="1" r:id="R6e637e7845af4115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMMAP_asof_20260228" sheetId="1" r:id="R950d3fe71bcc4384"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="164">
-[...1 lines deleted...]
-    <x:t>Holdings 01/31/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="170">
+  <x:si>
+    <x:t>Holdings 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor-Sp Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>14.37%</x:t>
+    <x:t>16.64%</x:t>
   </x:si>
   <x:si>
     <x:t>HDB US</x:t>
   </x:si>
   <x:si>
     <x:t>Hdfc Bank Ltd-Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NWKS18</x:t>
   </x:si>
   <x:si>
-    <x:t>7.19%</x:t>
+    <x:t>7.23%</x:t>
   </x:si>
   <x:si>
     <x:t>TCEHY US</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd-Uns Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000SGZ3Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>4.89%</x:t>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITUB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itau Unibanco H-Spon Prf Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPVKZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBBB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bbb Foods Inc-Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L3GNF86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>BABA US</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding-Sp Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006G2JVL2</x:t>
   </x:si>
   <x:si>
-    <x:t>4.29%</x:t>
-[...23 lines deleted...]
-    <x:t>3.94%</x:t>
+    <x:t>3.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credicorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKX7Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
   </x:si>
   <x:si>
     <x:t>NU US</x:t>
   </x:si>
   <x:si>
     <x:t>Nu Holdings Ltd/Cayman Isl-A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0136WM1M4</x:t>
   </x:si>
   <x:si>
-    <x:t>3.69%</x:t>
-[...11 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>3.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coupang Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XMJRPQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shinhan Financial Group-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF95M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAUR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laureate Education Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B4Z2YX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fomento Economico Mex-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD33X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Reddy's Laboratories-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NJ96L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeroportuario Pac-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R2NRT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gds Holdings Ltd - Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DYK7TL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX72V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sea Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTBWMG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd-Unsponsored Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000SFXPB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ke Holdings Inc-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W9L9LX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Music Entertainm-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDC5RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTHT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H World Group Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFPM65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNSO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miniso Group Holding Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKM57C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beone Medicines Ltd-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6WF7T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIBEY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial Intl Bank-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PKN163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YMM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Full Truck Alliance -Spn Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01186DLS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grab Holdings Ltd - Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011768M53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>MELI US</x:t>
   </x:si>
   <x:si>
     <x:t>Mercadolibre Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQPB11</x:t>
   </x:si>
   <x:si>
-    <x:t>3.39%</x:t>
-[...227 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XIACY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiaomi Corp - Unsp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSVBKW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KSPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsc Kaspi.Kz Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NNN9QQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
-    <x:t>1.33%</x:t>
-[...23 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>KHOLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Koc Holding As-Unspon Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RKFJ16</x:t>
   </x:si>
   <x:si>
-    <x:t>1.25%</x:t>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>PSZKY US</x:t>
   </x:si>
   <x:si>
     <x:t>Pko Bank Polski-Unspon Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H59FY9</x:t>
   </x:si>
   <x:si>
-    <x:t>1.18%</x:t>
-[...11 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIJMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zijin Mining Group-Unsp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000S7CYT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ase Technology Holding -Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KLHL9W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pdd Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBLDDR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIDU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc - Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QXWHD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Elec Power Corp-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCWG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>TAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tal Education Group- Adr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016XJ8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>1.04%</x:t>
-[...23 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>MBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Mobile Telesystems Public Jo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CSZKR2</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
@@ -559,56 +577,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc97cc7220e0489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1bb6b1380bc04b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e637e7845af4115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4098b57e134b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbba162930d7440a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R950d3fe71bcc4384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G42"/>
+  <x:dimension ref="A1:G44"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="38" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
@@ -1147,427 +1165,473 @@
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+    </x:row>
+    <x:row r="42" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A42" s="1">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="C42" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A42" s="2" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B42" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="G42" s="2" t="s">
+      <x:c r="E42" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A43" s="1">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A44" s="2" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F44" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G44" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A42:G42"/>
+    <x:mergeCell ref="A44:G44"/>
   </x:mergeCells>
 </x:worksheet>
 </file>