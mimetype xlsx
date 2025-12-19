--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251facf91fdb401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cc9478ae1b4472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20251204" sheetId="1" r:id="R3f5df07e336f4555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20251217" sheetId="1" r:id="Rded49fdb59f542f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>100,915</x:t>
+    <x:t>107,537</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,424,248.90</x:t>
+    <x:t>$6,327,477.08</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.51%</x:t>
+    <x:t>8.11%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>122,037</x:t>
-[...5 lines deleted...]
-    <x:t>7.79%</x:t>
+    <x:t>130,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,104,218.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.82%</x:t>
   </x:si>
   <x:si>
     <x:t>TRP US</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>92,743</x:t>
-[...5 lines deleted...]
-    <x:t>6.74%</x:t>
+    <x:t>98,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,338,634.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,612,795.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>21,889</x:t>
-[...23 lines deleted...]
-    <x:t>5.99%</x:t>
+    <x:t>23,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,439,913.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015XMW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,384,904.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
   </x:si>
   <x:si>
     <x:t>OKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oneok Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQHGR6</x:t>
   </x:si>
   <x:si>
-    <x:t>55,277</x:t>
-[...23 lines deleted...]
-    <x:t>5.38%</x:t>
+    <x:t>58,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,304,325.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
   </x:si>
   <x:si>
     <x:t>DTM US</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112Z58J3</x:t>
   </x:si>
   <x:si>
-    <x:t>31,153</x:t>
-[...5 lines deleted...]
-    <x:t>5.02%</x:t>
+    <x:t>33,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,938,160.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mplx Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035TJGV4</x:t>
   </x:si>
   <x:si>
-    <x:t>66,951</x:t>
-[...5 lines deleted...]
-    <x:t>4.96%</x:t>
+    <x:t>71,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,886,053.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
   </x:si>
   <x:si>
     <x:t>EPD US</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Products Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR3012</x:t>
   </x:si>
   <x:si>
-    <x:t>105,388</x:t>
-[...5 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>112,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,595,910.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5BDF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,506,549.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>PBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Pembina Pipeline Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001732GF9</x:t>
   </x:si>
   <x:si>
-    <x:t>86,144</x:t>
-[...23 lines deleted...]
-    <x:t>4.41%</x:t>
+    <x:t>91,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,429,498.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ET US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Transfer Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM2FL9</x:t>
   </x:si>
   <x:si>
-    <x:t>191,476</x:t>
-[...5 lines deleted...]
-    <x:t>4.26%</x:t>
+    <x:t>204,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,344,182.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>KEY CN</x:t>
   </x:si>
   <x:si>
     <x:t>Keyera Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT0R7</x:t>
   </x:si>
   <x:si>
-    <x:t>94,887</x:t>
-[...5 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>101,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,181,305.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plains All American Pipeline Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP63C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,181,847.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>AM US</x:t>
   </x:si>
   <x:si>
     <x:t>Antero Midstream Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBNZ4M0</x:t>
   </x:si>
   <x:si>
-    <x:t>115,580</x:t>
-[...2 lines deleted...]
-    <x:t>$2,105,867.60</x:t>
+    <x:t>123,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,175,076.24</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>PAA US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SOBO US</x:t>
   </x:si>
   <x:si>
     <x:t>South Bow Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q55J4Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>69,797</x:t>
-[...5 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>74,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,055,780.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>WES US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Midstream Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003M3V230</x:t>
   </x:si>
   <x:si>
-    <x:t>45,126</x:t>
-[...2 lines deleted...]
-    <x:t>$1,818,577.80</x:t>
+    <x:t>48,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,884,490.34</x:t>
   </x:si>
   <x:si>
     <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>AROC US</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>53,444</x:t>
-[...5 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>56,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,447,607.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>SUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunoco Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00358K8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>21,730</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>23,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,219,626.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>GEI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gibson Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NQ7774</x:t>
   </x:si>
   <x:si>
-    <x:t>57,791</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>61,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,134,680.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>PAGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>50,623</x:t>
-[...5 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>53,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,361.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>KGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Kodiak Gas Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4G6XV0</x:t>
   </x:si>
   <x:si>
-    <x:t>24,224</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>25,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,850.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>HESM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,624</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>24,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,108.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>KNTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>18,686</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>19,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,498.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>CQP US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QMH637</x:t>
   </x:si>
   <x:si>
-    <x:t>11,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>11,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$636,559.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Energy Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM3HK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,168.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>VG US</x:t>
   </x:si>
   <x:si>
     <x:t>Venture Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RGY23K6</x:t>
   </x:si>
   <x:si>
-    <x:t>47,292</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>50,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,447.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>NEXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdecade Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008GC7VW7</x:t>
   </x:si>
   <x:si>
-    <x:t>52,662</x:t>
-[...23 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>56,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,345.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>DKL US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Logistics Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036D62Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,330</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>4,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,031.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...20 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>-1,952,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,952,149.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,221.65</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$2,327,452.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,62 +688,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58af24e4e21a4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8168253dc72645ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f5df07e336f4555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435e96ee29864b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R81014caafd454f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rded49fdb59f542f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1677,83 +1677,83 @@
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">