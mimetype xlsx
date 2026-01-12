--- v1 (2025-12-19)
+++ v2 (2026-01-12)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34cc9478ae1b4472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64040635591649e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20251217" sheetId="1" r:id="Rded49fdb59f542f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260109" sheetId="1" r:id="R803f8a50f31a4fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>107,537</x:t>
+    <x:t>100,112</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,327,477.08</x:t>
+    <x:t>$6,038,755.84</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.11%</x:t>
+    <x:t>8.06%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>130,043</x:t>
-[...5 lines deleted...]
-    <x:t>7.82%</x:t>
+    <x:t>128,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,856,564.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.81%</x:t>
   </x:si>
   <x:si>
     <x:t>TRP US</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>98,827</x:t>
-[...5 lines deleted...]
-    <x:t>6.84%</x:t>
+    <x:t>98,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,306,580.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.08%</x:t>
   </x:si>
   <x:si>
     <x:t>KMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinder Morgan Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0019JZ882</x:t>
   </x:si>
   <x:si>
-    <x:t>173,088</x:t>
-[...5 lines deleted...]
-    <x:t>5.91%</x:t>
+    <x:t>185,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,019,234.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,325</x:t>
-[...5 lines deleted...]
-    <x:t>5.69%</x:t>
+    <x:t>23,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,572,550.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,103,115.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>TRGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015XMW40</x:t>
   </x:si>
   <x:si>
-    <x:t>24,044</x:t>
-[...23 lines deleted...]
-    <x:t>5.51%</x:t>
+    <x:t>20,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,648,975.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Transfer Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM2FL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,512,568.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>DTM US</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112Z58J3</x:t>
   </x:si>
   <x:si>
-    <x:t>33,197</x:t>
-[...5 lines deleted...]
-    <x:t>5.05%</x:t>
+    <x:t>28,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,424,628.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterprise Products Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,388,966.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5BDF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,322,493.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mplx Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035TJGV4</x:t>
   </x:si>
   <x:si>
-    <x:t>71,343</x:t>
-[...41 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>61,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,274,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Pembina Pipeline Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001732GF9</x:t>
   </x:si>
   <x:si>
-    <x:t>91,796</x:t>
-[...20 lines deleted...]
-    <x:t>$3,344,182.82</x:t>
+    <x:t>87,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,211,030.96</x:t>
   </x:si>
   <x:si>
     <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>KEY CN</x:t>
   </x:si>
   <x:si>
     <x:t>Keyera Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT0R7</x:t>
   </x:si>
   <x:si>
-    <x:t>101,113</x:t>
-[...5 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>104,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,119,865.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antero Midstream Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBNZ4M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,204,238.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>PAA US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains All American Pipeline Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP63C5</x:t>
   </x:si>
   <x:si>
-    <x:t>122,921</x:t>
-[...23 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>117,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,181,966.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Midstream Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003M3V230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,048,060.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>SOBO US</x:t>
   </x:si>
   <x:si>
     <x:t>South Bow Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q55J4Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>74,377</x:t>
-[...23 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>69,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,800,615.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>AROC US</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>56,970</x:t>
-[...5 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>58,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,497,130.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gibson Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001NQ7774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,225.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>SUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunoco Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00358K8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,156</x:t>
-[...23 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>22,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,251,757.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>PAGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>53,963</x:t>
-[...2 lines deleted...]
-    <x:t>$1,019,361.07</x:t>
+    <x:t>49,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$978,749.31</x:t>
   </x:si>
   <x:si>
     <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>KGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Kodiak Gas Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4G6XV0</x:t>
   </x:si>
   <x:si>
-    <x:t>25,814</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>23,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$861,205.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>HESM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>24,116</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>19,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,452.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QMH637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,028.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>KNTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>19,302</x:t>
-[...23 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>14,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,157.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venture Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RGY23K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,374.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>GEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Energy Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3HK5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,998</x:t>
-[...20 lines deleted...]
-    <x:t>$299,447.28</x:t>
+    <x:t>21,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,007.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextdecade Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008GC7VW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,888.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>NEXT US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DKL US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Logistics Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036D62Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,614</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>4,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,385.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
     <x:t>$-.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-1,952,149</x:t>
-[...5 lines deleted...]
-    <x:t>-2.50%</x:t>
+    <x:t>-6,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-6,346.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,327,452.86</x:t>
-[...2 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>$-36,939.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,62 +688,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435e96ee29864b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R81014caafd454f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rded49fdb59f542f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8189eceb7fdd4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re360d4923fc5425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R803f8a50f31a4fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="16" customWidth="1"/>
+    <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>