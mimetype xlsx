--- v2 (2026-01-12)
+++ v3 (2026-01-16)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64040635591649e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re720262c69c04258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260109" sheetId="1" r:id="R803f8a50f31a4fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260115" sheetId="1" r:id="R7041aca551a34133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>100,112</x:t>
+    <x:t>103,279</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,038,755.84</x:t>
+    <x:t>$6,226,690.91</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.06%</x:t>
+    <x:t>7.87%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>128,349</x:t>
-[...5 lines deleted...]
-    <x:t>7.81%</x:t>
+    <x:t>132,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,198,112.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.84%</x:t>
   </x:si>
   <x:si>
     <x:t>TRP US</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>98,617</x:t>
-[...5 lines deleted...]
-    <x:t>7.08%</x:t>
+    <x:t>101,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,527,371.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.99%</x:t>
   </x:si>
   <x:si>
     <x:t>KMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinder Morgan Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0019JZ882</x:t>
   </x:si>
   <x:si>
-    <x:t>185,075</x:t>
-[...5 lines deleted...]
-    <x:t>6.70%</x:t>
+    <x:t>190,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,233,391.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.62%</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,548</x:t>
-[...5 lines deleted...]
-    <x:t>6.10%</x:t>
+    <x:t>24,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,925,162.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.23%</x:t>
   </x:si>
   <x:si>
     <x:t>OKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oneok Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQHGR6</x:t>
   </x:si>
   <x:si>
-    <x:t>56,439</x:t>
-[...5 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>58,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,270,803.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>TRGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015XMW40</x:t>
   </x:si>
   <x:si>
-    <x:t>20,632</x:t>
-[...5 lines deleted...]
-    <x:t>4.87%</x:t>
+    <x:t>21,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,872,380.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ET US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Transfer Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM2FL9</x:t>
   </x:si>
   <x:si>
-    <x:t>207,109</x:t>
-[...5 lines deleted...]
-    <x:t>4.69%</x:t>
+    <x:t>213,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,730,538.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0035TJGV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,566,968.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterprise Products Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,559,461.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>DTM US</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112Z58J3</x:t>
   </x:si>
   <x:si>
-    <x:t>28,934</x:t>
-[...23 lines deleted...]
-    <x:t>4.52%</x:t>
+    <x:t>29,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,493,228.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>ALA CN</x:t>
   </x:si>
   <x:si>
     <x:t>Altagas Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5BDF6</x:t>
   </x:si>
   <x:si>
-    <x:t>114,162</x:t>
-[...20 lines deleted...]
-    <x:t>$3,274,128.00</x:t>
+    <x:t>117,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,470,047.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,455,452.34</x:t>
   </x:si>
   <x:si>
     <x:t>4.37%</x:t>
   </x:si>
   <x:si>
-    <x:t>PBA US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>KEY CN</x:t>
   </x:si>
   <x:si>
     <x:t>Keyera Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT0R7</x:t>
   </x:si>
   <x:si>
-    <x:t>104,214</x:t>
-[...5 lines deleted...]
-    <x:t>4.16%</x:t>
+    <x:t>107,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,445,364.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
   </x:si>
   <x:si>
     <x:t>AM US</x:t>
   </x:si>
   <x:si>
     <x:t>Antero Midstream Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBNZ4M0</x:t>
   </x:si>
   <x:si>
-    <x:t>127,339</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>131,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,343,605.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>PAA US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains All American Pipeline Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP63C5</x:t>
   </x:si>
   <x:si>
-    <x:t>117,310</x:t>
-[...2 lines deleted...]
-    <x:t>$2,181,966.00</x:t>
+    <x:t>121,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,450.05</x:t>
   </x:si>
   <x:si>
     <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>WES US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Midstream Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003M3V230</x:t>
   </x:si>
   <x:si>
-    <x:t>49,662</x:t>
-[...5 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>51,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,879.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>SOBO US</x:t>
   </x:si>
   <x:si>
     <x:t>South Bow Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q55J4Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>69,042</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>71,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,863,984.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>AROC US</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>58,141</x:t>
-[...5 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>59,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,570,276.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>GEI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gibson Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NQ7774</x:t>
   </x:si>
   <x:si>
-    <x:t>72,718</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>75,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,396,907.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>SUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunoco Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00358K8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>22,309</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>23,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,325,664.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>PAGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>49,357</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>50,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,027,036.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>KGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Kodiak Gas Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4G6XV0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,640</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>24,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$897,234.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>HESM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,978</x:t>
-[...2 lines deleted...]
-    <x:t>$678,452.88</x:t>
+    <x:t>20,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,082.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>CQP US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QMH637</x:t>
   </x:si>
   <x:si>
-    <x:t>11,498</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>11,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,425.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>KNTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>14,037</x:t>
-[...2 lines deleted...]
-    <x:t>$515,157.90</x:t>
+    <x:t>14,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,616.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>VG US</x:t>
   </x:si>
   <x:si>
     <x:t>Venture Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RGY23K6</x:t>
   </x:si>
   <x:si>
-    <x:t>58,973</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>60,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,278.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>GEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Energy Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3HK5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,447</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>22,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,699.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>NEXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdecade Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008GC7VW7</x:t>
   </x:si>
   <x:si>
-    <x:t>58,055</x:t>
-[...2 lines deleted...]
-    <x:t>$283,888.95</x:t>
+    <x:t>59,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,251.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>DKL US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Logistics Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036D62Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,446</x:t>
-[...2 lines deleted...]
-    <x:t>$212,385.42</x:t>
+    <x:t>4,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,056.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
+    <x:t>26,578</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$19,123.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-6,346</x:t>
-[...5 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>-32,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-32,769.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-36,939.91</x:t>
-[...2 lines deleted...]
-    <x:t>-0.05%</x:t>
+    <x:t>$-34,730.64</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,51 +688,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8189eceb7fdd4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re360d4923fc5425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R803f8a50f31a4fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc161c3f295f42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1c07f7ab0534a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7041aca551a34133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1677,121 +1677,121 @@
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">