--- v3 (2026-01-16)
+++ v4 (2026-02-09)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re720262c69c04258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89344ef0b8e148a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260115" sheetId="1" r:id="R7041aca551a34133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260205" sheetId="1" r:id="Rcc9a1467c6c84c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>103,279</x:t>
+    <x:t>109,631</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,226,690.91</x:t>
+    <x:t>$7,391,322.02</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.87%</x:t>
+    <x:t>8.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>132,410</x:t>
-[...5 lines deleted...]
-    <x:t>7.84%</x:t>
+    <x:t>140,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,096,470.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.83%</x:t>
   </x:si>
   <x:si>
     <x:t>TRP US</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>101,737</x:t>
-[...5 lines deleted...]
-    <x:t>6.99%</x:t>
+    <x:t>107,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,469,980.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.14%</x:t>
   </x:si>
   <x:si>
     <x:t>KMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinder Morgan Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0019JZ882</x:t>
   </x:si>
   <x:si>
-    <x:t>190,930</x:t>
-[...5 lines deleted...]
-    <x:t>6.62%</x:t>
+    <x:t>202,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,147,072.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.78%</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>24,293</x:t>
-[...5 lines deleted...]
-    <x:t>6.23%</x:t>
+    <x:t>25,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,415,093.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.97%</x:t>
   </x:si>
   <x:si>
     <x:t>OKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oneok Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQHGR6</x:t>
   </x:si>
   <x:si>
-    <x:t>58,225</x:t>
-[...5 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>61,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,972,910.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
   </x:si>
   <x:si>
     <x:t>TRGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015XMW40</x:t>
   </x:si>
   <x:si>
-    <x:t>21,285</x:t>
-[...5 lines deleted...]
-    <x:t>4.90%</x:t>
+    <x:t>22,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,644,196.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterprise Products Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,063,281.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,042,628.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,030,838.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEY CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT0R7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,975,618.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ET US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Transfer Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM2FL9</x:t>
   </x:si>
   <x:si>
-    <x:t>213,662</x:t>
-[...5 lines deleted...]
-    <x:t>4.72%</x:t>
+    <x:t>226,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,973,571.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5BDF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,937,960.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mplx Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035TJGV4</x:t>
   </x:si>
   <x:si>
-    <x:t>63,730</x:t>
-[...95 lines deleted...]
-    <x:t>4.36%</x:t>
+    <x:t>67,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,816,813.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>AM US</x:t>
   </x:si>
   <x:si>
     <x:t>Antero Midstream Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBNZ4M0</x:t>
   </x:si>
   <x:si>
-    <x:t>131,368</x:t>
-[...5 lines deleted...]
-    <x:t>2.96%</x:t>
+    <x:t>139,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,635,548.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>PAA US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains All American Pipeline Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP63C5</x:t>
   </x:si>
   <x:si>
-    <x:t>121,021</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>128,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,565,406.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>WES US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Midstream Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003M3V230</x:t>
   </x:si>
   <x:si>
-    <x:t>51,233</x:t>
-[...5 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>54,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,243,842.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>SOBO US</x:t>
   </x:si>
   <x:si>
     <x:t>South Bow Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q55J4Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>71,226</x:t>
-[...5 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>75,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,193,330.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>AROC US</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>59,980</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>63,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,957,154.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>GEI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gibson Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NQ7774</x:t>
   </x:si>
   <x:si>
-    <x:t>75,019</x:t>
-[...5 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>79,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,589,093.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>SUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunoco Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00358K8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,015</x:t>
-[...5 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>24,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,379,234.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kodiak Gas Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4G6XV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,224,713.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>PAGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>50,919</x:t>
-[...23 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>54,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,319.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>HESM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>20,610</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>21,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,944.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>CQP US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QMH637</x:t>
   </x:si>
   <x:si>
-    <x:t>11,862</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>12,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,112.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>KNTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>14,481</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>15,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,993.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>VG US</x:t>
   </x:si>
   <x:si>
     <x:t>Venture Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RGY23K6</x:t>
   </x:si>
   <x:si>
-    <x:t>60,839</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>64,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,894.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>GEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Energy Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3HK5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,126</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>23,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$409,848.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>NEXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdecade Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008GC7VW7</x:t>
   </x:si>
   <x:si>
-    <x:t>59,892</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>63,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,441.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>DKL US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Logistics Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036D62Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,587</x:t>
-[...2 lines deleted...]
-    <x:t>$222,056.67</x:t>
+    <x:t>4,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,828.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>26,578</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,123.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-32,769</x:t>
-[...5 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>-765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-765.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-34,730.64</x:t>
+    <x:t>$72,112.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,51 +688,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc161c3f295f42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra1c07f7ab0534a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7041aca551a34133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be9ed78819c453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5eb172c5462241c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc9a1467c6c84c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1677,121 +1677,121 @@
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">