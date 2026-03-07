--- v4 (2026-02-09)
+++ v5 (2026-03-07)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89344ef0b8e148a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143cfbdaa4b1431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260205" sheetId="1" r:id="Rcc9a1467c6c84c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260305" sheetId="1" r:id="R69c86e7c9d3e40fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+    <x:t>Daily Holdings (%)  03/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>109,631</x:t>
+    <x:t>135,009</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,391,322.02</x:t>
+    <x:t>$10,094,622.93</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.15%</x:t>
+    <x:t>8.19%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>140,552</x:t>
-[...5 lines deleted...]
-    <x:t>7.83%</x:t>
+    <x:t>173,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,326,035.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>TRP US</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>107,995</x:t>
-[...5 lines deleted...]
-    <x:t>7.14%</x:t>
+    <x:t>132,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,486,410.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.89%</x:t>
   </x:si>
   <x:si>
     <x:t>KMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinder Morgan Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0019JZ882</x:t>
   </x:si>
   <x:si>
-    <x:t>202,673</x:t>
-[...5 lines deleted...]
-    <x:t>6.78%</x:t>
+    <x:t>249,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,333,810.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.76%</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>25,788</x:t>
-[...5 lines deleted...]
-    <x:t>5.97%</x:t>
+    <x:t>31,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,925,140.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015XMW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,649,975.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>OKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oneok Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQHGR6</x:t>
   </x:si>
   <x:si>
-    <x:t>61,806</x:t>
-[...23 lines deleted...]
-    <x:t>5.12%</x:t>
+    <x:t>76,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,515,187.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,531,581.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEY CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT0R7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,451,136.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5BDF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,368,947.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
   </x:si>
   <x:si>
     <x:t>EPD US</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Products Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR3012</x:t>
   </x:si>
   <x:si>
-    <x:t>115,829</x:t>
-[...5 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>142,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,319,120.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Transfer Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM2FL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,214,605.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>PBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Pembina Pipeline Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001732GF9</x:t>
   </x:si>
   <x:si>
-    <x:t>95,345</x:t>
-[...77 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>117,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,199,224.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
   </x:si>
   <x:si>
     <x:t>MPLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mplx Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035TJGV4</x:t>
   </x:si>
   <x:si>
-    <x:t>67,650</x:t>
-[...5 lines deleted...]
-    <x:t>4.21%</x:t>
+    <x:t>83,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,887,081.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>AM US</x:t>
   </x:si>
   <x:si>
     <x:t>Antero Midstream Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBNZ4M0</x:t>
   </x:si>
   <x:si>
-    <x:t>139,447</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>171,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,925,702.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
   </x:si>
   <x:si>
     <x:t>PAA US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains All American Pipeline Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP63C5</x:t>
   </x:si>
   <x:si>
-    <x:t>128,463</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>158,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,480,444.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Bow Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q55J4Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,101,394.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>WES US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Midstream Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003M3V230</x:t>
   </x:si>
   <x:si>
-    <x:t>54,383</x:t>
-[...23 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>66,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,825,675.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>AROC US</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>63,668</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>78,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,806,934.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GEI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gibson Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NQ7774</x:t>
   </x:si>
   <x:si>
-    <x:t>79,632</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>98,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,142,939.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>SUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunoco Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00358K8S0</x:t>
   </x:si>
   <x:si>
-    <x:t>24,430</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>30,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,937,345.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>KGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Kodiak Gas Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4G6XV0</x:t>
   </x:si>
   <x:si>
-    <x:t>25,887</x:t>
-[...5 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>31,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,798,032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>PAGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>54,050</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>66,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,577,519.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>HESM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,877</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>26,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,118.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>CQP US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QMH637</x:t>
   </x:si>
   <x:si>
-    <x:t>12,593</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>15,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,346.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venture Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RGY23K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$976,652.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>KNTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>15,371</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>18,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$865,623.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>GEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Energy Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3HK5</x:t>
   </x:si>
   <x:si>
-    <x:t>23,487</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>28,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,804.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>NEXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextdecade Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008GC7VW7</x:t>
   </x:si>
   <x:si>
-    <x:t>63,577</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>78,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,056.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>DKL US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Logistics Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036D62Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,869</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>5,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,959.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,455.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>$-.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,112.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$12,818.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,51 +688,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be9ed78819c453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5eb172c5462241c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc9a1467c6c84c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518fbebec03c4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4f8b273376e4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69c86e7c9d3e40fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1677,83 +1677,83 @@
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">