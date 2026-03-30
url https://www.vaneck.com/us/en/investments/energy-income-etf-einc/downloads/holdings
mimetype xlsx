--- v5 (2026-03-07)
+++ v6 (2026-03-30)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143cfbdaa4b1431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b68f2d4e0a54e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260305" sheetId="1" r:id="R69c86e7c9d3e40fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EINC_asof_20260327" sheetId="1" r:id="Rd6ebedc510344375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="207">
   <x:si>
-    <x:t>Daily Holdings (%)  03/05/2026</x:t>
+    <x:t>Daily Holdings (%)  03/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>WMB US</x:t>
+    <x:t>ENB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5M1S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,202,817.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
-    <x:t>135,009</x:t>
-[...32 lines deleted...]
-    <x:t>TRP US</x:t>
+    <x:t>147,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,888,515.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,910,318.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3HSR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,794,170.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN235</x:t>
   </x:si>
   <x:si>
-    <x:t>132,995</x:t>
-[...44 lines deleted...]
-    <x:t>TRGP US</x:t>
+    <x:t>141,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,990,885.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,293,003.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015XMW40</x:t>
   </x:si>
   <x:si>
-    <x:t>27,823</x:t>
-[...26 lines deleted...]
-    <x:t>DTM US</x:t>
+    <x:t>29,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,279,941.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterprise Products Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,539,334.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Transfer Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM2FL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,496,922.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,365,508.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5BDF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,226,767.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0035TJGV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,122,484.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112Z58J3</x:t>
   </x:si>
   <x:si>
-    <x:t>39,018</x:t>
-[...5 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>44,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,041,826.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
   </x:si>
   <x:si>
     <x:t>KEY CN</x:t>
   </x:si>
   <x:si>
     <x:t>Keyera Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT0R7</x:t>
   </x:si>
   <x:si>
-    <x:t>140,540</x:t>
-[...98 lines deleted...]
-    <x:t>AM US</x:t>
+    <x:t>133,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,213,868.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM</x:t>
   </x:si>
   <x:si>
     <x:t>Antero Midstream Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBNZ4M0</x:t>
   </x:si>
   <x:si>
-    <x:t>171,728</x:t>
-[...8 lines deleted...]
-    <x:t>PAA US</x:t>
+    <x:t>175,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,075,433.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAA</x:t>
   </x:si>
   <x:si>
     <x:t>Plains All American Pipeline Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP63C5</x:t>
   </x:si>
   <x:si>
-    <x:t>158,202</x:t>
-[...8 lines deleted...]
-    <x:t>SOBO US</x:t>
+    <x:t>172,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,875,275.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOBO</x:t>
   </x:si>
   <x:si>
     <x:t>South Bow Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q55J4Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>93,107</x:t>
-[...8 lines deleted...]
-    <x:t>WES US</x:t>
+    <x:t>105,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,608,915.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WES</x:t>
   </x:si>
   <x:si>
     <x:t>Western Midstream Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003M3V230</x:t>
   </x:si>
   <x:si>
-    <x:t>66,975</x:t>
-[...8 lines deleted...]
-    <x:t>AROC US</x:t>
+    <x:t>75,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,163,205.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunoco Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00358K8S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,886,924.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AROC</x:t>
   </x:si>
   <x:si>
     <x:t>Archrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RWH1V4</x:t>
   </x:si>
   <x:si>
-    <x:t>78,406</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>79,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,812,082.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kodiak Gas Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4G6XV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,238,173.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>GEI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gibson Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NQ7774</x:t>
   </x:si>
   <x:si>
-    <x:t>98,068</x:t>
-[...44 lines deleted...]
-    <x:t>PAGP US</x:t>
+    <x:t>96,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,054,274.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAGP</x:t>
   </x:si>
   <x:si>
     <x:t>Plains Gp Holdings Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TBYFR3</x:t>
   </x:si>
   <x:si>
-    <x:t>66,562</x:t>
-[...8 lines deleted...]
-    <x:t>HESM US</x:t>
+    <x:t>72,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,777,312.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venture Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RGY23K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,407.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HESM</x:t>
   </x:si>
   <x:si>
     <x:t>Hess Midstream Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R02H8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>26,939</x:t>
-[...8 lines deleted...]
-    <x:t>CQP US</x:t>
+    <x:t>31,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,260,308.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QMH637</x:t>
   </x:si>
   <x:si>
-    <x:t>15,510</x:t>
-[...26 lines deleted...]
-    <x:t>KNTK US</x:t>
+    <x:t>16,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,835.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNTK</x:t>
   </x:si>
   <x:si>
     <x:t>Kinetik Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCLZ7B8</x:t>
   </x:si>
   <x:si>
-    <x:t>18,929</x:t>
-[...2 lines deleted...]
-    <x:t>$865,623.17</x:t>
+    <x:t>20,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,084.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>GEL US</x:t>
+    <x:t>RGSI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockpoint Gas Storage Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFNZRQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,206.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEL</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Energy Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3HK5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,924</x:t>
-[...20 lines deleted...]
-    <x:t>$429,056.60</x:t>
+    <x:t>28,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,258.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>DKL US</x:t>
-[...14 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>NGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngl Energy Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001J1BNY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,600.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>137,455</x:t>
+    <x:t>79,171</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,455.34</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$79,171.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,818.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-13,764.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -688,51 +688,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518fbebec03c4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4f8b273376e4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69c86e7c9d3e40fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430a4f6092c64a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb57e886632fb4b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6ebedc510344375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">