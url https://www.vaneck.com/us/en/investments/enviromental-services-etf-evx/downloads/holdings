--- v0 (2025-12-05)
+++ v1 (2026-01-18)
@@ -1,456 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e1a506ed394fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d54546b28c4461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20251203" sheetId="1" r:id="R5feabed8559f401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="R3721af61231d45e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="137">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ECL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecolab Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHKYH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,807,823.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVSR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,608,255.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.94%</x:t>
+  </x:si>
+  <x:si>
     <x:t>WCN US</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Connections Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FLHZZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>53,973</x:t>
-[...47 lines deleted...]
-    <x:t>10.03%</x:t>
+    <x:t>37,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,318,645.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.59%</x:t>
   </x:si>
   <x:si>
     <x:t>RSG US</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPXVJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>41,350</x:t>
-[...23 lines deleted...]
-    <x:t>5.15%</x:t>
+    <x:t>28,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,972,102.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xylem Inc/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001D8R5D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,677,276.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CSHJP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,121,025.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q32XJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,774,860.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,552,083.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYZ0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,463,931.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGZP70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,450,251.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G7CDN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,645.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core &amp; Main Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01163K2X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,267,406.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PQS00S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,915,416.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal Signal Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJXWX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,567,671.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.72%</x:t>
   </x:si>
   <x:si>
     <x:t>DAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN8ZK8</x:t>
   </x:si>
   <x:si>
-    <x:t>128,408</x:t>
-[...5 lines deleted...]
-    <x:t>5.13%</x:t>
+    <x:t>85,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,466,508.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>CWST US</x:t>
   </x:si>
   <x:si>
     <x:t>Casella Waste Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT0J38</x:t>
   </x:si>
   <x:si>
-    <x:t>48,610</x:t>
-[...143 lines deleted...]
-    <x:t>$3,052,506.16</x:t>
+    <x:t>33,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,462,575.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5333 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngk Insulators Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL4RF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,194,048.19</x:t>
   </x:si>
   <x:si>
     <x:t>3.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>6370 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurita Water Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,624,365.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drax Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7BT54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,175.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCAD NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcadis Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JKR7Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,851,902.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6368 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLP422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,685,679.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6PFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>974,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,638,283.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PCT US</x:t>
   </x:si>
   <x:si>
     <x:t>Purecycle Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRJF1V1</x:t>
   </x:si>
   <x:si>
-    <x:t>322,674</x:t>
-[...5 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>74,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,232.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6013 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takuma Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLG2W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,681.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9336 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiei Kankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002DM4H64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,743.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>ERII US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Recovery Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VFBBC1</x:t>
   </x:si>
   <x:si>
-    <x:t>126,444</x:t>
-[...41 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>27,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,318.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-25,872</x:t>
+    <x:t>146,519</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-25,871.83</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$146,518.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,329.89</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-18,913.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -478,60 +607,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2897b4d159724bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R47a139cdd0df45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5feabed8559f401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511ebb7da6e74dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13743336d18c4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3721af61231d45e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I25"/>
+  <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
-    <x:col min="3" max="3" width="43" customWidth="1"/>
+    <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -957,297 +1086,500 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A25" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I25" s="2" t="s">
+      <x:c r="A25" s="1">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A26" s="1">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A27" s="1">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A28" s="1">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A29" s="1">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A30" s="1">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A31" s="1">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A32" s="2" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H32" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A25:I25"/>
+    <x:mergeCell ref="A32:I32"/>
   </x:mergeCells>
 </x:worksheet>
 </file>