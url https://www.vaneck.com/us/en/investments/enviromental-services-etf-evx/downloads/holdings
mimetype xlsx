--- v1 (2026-01-18)
+++ v2 (2026-01-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d54546b28c4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red07c11697324b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="R3721af61231d45e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="Rc2b84db29f464169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
   <x:si>
     <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511ebb7da6e74dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13743336d18c4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3721af61231d45e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e0a812ba5a4178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R24348b8f91b54f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2b84db29f464169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">