--- v2 (2026-01-18)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red07c11697324b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096b3baa0aa243bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="Rc2b84db29f464169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="R4026fb8c24244351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
   <x:si>
     <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e0a812ba5a4178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R24348b8f91b54f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2b84db29f464169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c866f08e76b4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd38ea100f174aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4026fb8c24244351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">