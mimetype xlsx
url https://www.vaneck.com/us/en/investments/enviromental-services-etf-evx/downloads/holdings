--- v3 (2026-01-19)
+++ v4 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096b3baa0aa243bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f357730e024b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="R4026fb8c24244351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="Rc81004bd3d22471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
   <x:si>
     <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c866f08e76b4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd38ea100f174aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4026fb8c24244351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33afc8522b0c43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red630cf9651a4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc81004bd3d22471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">