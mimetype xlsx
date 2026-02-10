--- v4 (2026-01-19)
+++ v5 (2026-02-10)
@@ -1,585 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f357730e024b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ed3e4b59cc4fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260115" sheetId="1" r:id="Rc81004bd3d22471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260209" sheetId="1" r:id="R5cf740a083d04a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ECL US</x:t>
   </x:si>
   <x:si>
     <x:t>Ecolab Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHKYH4</x:t>
   </x:si>
   <x:si>
-    <x:t>28,113</x:t>
+    <x:t>28,409</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,807,823.49</x:t>
+    <x:t>$8,186,337.44</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.14%</x:t>
+    <x:t>8.13%</x:t>
   </x:si>
   <x:si>
     <x:t>WM US</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVSR1</x:t>
   </x:si>
   <x:si>
-    <x:t>34,605</x:t>
-[...5 lines deleted...]
-    <x:t>7.94%</x:t>
+    <x:t>34,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,060,354.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.00%</x:t>
   </x:si>
   <x:si>
     <x:t>WCN US</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Connections Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FLHZZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>37,694</x:t>
-[...5 lines deleted...]
-    <x:t>6.59%</x:t>
+    <x:t>38,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,545,766.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
   </x:si>
   <x:si>
     <x:t>RSG US</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPXVJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>28,332</x:t>
-[...5 lines deleted...]
-    <x:t>6.23%</x:t>
+    <x:t>28,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,415,410.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CSHJP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,727,893.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
   </x:si>
   <x:si>
     <x:t>XYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Xylem Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D8R5D0</x:t>
   </x:si>
   <x:si>
-    <x:t>39,205</x:t>
-[...23 lines deleted...]
-    <x:t>5.34%</x:t>
+    <x:t>39,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,553,907.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tetra Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYZ0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,107,958.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Donaldson Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGZP70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,875,234.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G7CDN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,748,975.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,610,557.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
   </x:si>
   <x:si>
     <x:t>VLTO US</x:t>
   </x:si>
   <x:si>
     <x:t>Veralto Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019Q32XJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>46,277</x:t>
-[...77 lines deleted...]
-    <x:t>4.52%</x:t>
+    <x:t>46,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,555.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>CNM US</x:t>
   </x:si>
   <x:si>
     <x:t>Core &amp; Main Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01163K2X0</x:t>
   </x:si>
   <x:si>
-    <x:t>73,754</x:t>
-[...5 lines deleted...]
-    <x:t>4.45%</x:t>
+    <x:t>74,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,227,341.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,193,521.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
   </x:si>
   <x:si>
     <x:t>GFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Gfl Environmental Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PQS00S3</x:t>
   </x:si>
   <x:si>
-    <x:t>91,653</x:t>
-[...5 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>92,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,990,866.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5333 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngk Insulators Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL4RF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,640,057.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
   </x:si>
   <x:si>
     <x:t>FSS US</x:t>
   </x:si>
   <x:si>
     <x:t>Federal Signal Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJXWX2</x:t>
   </x:si>
   <x:si>
-    <x:t>30,519</x:t>
-[...23 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>30,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,600,570.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
   </x:si>
   <x:si>
     <x:t>CWST US</x:t>
   </x:si>
   <x:si>
     <x:t>Casella Waste Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT0J38</x:t>
   </x:si>
   <x:si>
-    <x:t>33,043</x:t>
-[...23 lines deleted...]
-    <x:t>3.33%</x:t>
+    <x:t>33,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,461,644.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>6370 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kurita Water Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLPBF2</x:t>
   </x:si>
   <x:si>
-    <x:t>59,100</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>59,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,043.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
-    <x:t>198,571</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>200,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,422,398.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>ARCAD NA</x:t>
   </x:si>
   <x:si>
     <x:t>Arcadis Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JKR7Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,365</x:t>
-[...5 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>42,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,975,407.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6PFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>984,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,683,746.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>6368 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Organo Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLP422</x:t>
   </x:si>
   <x:si>
-    <x:t>17,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,636,515.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6013 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takuma Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLG2W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,987.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>PCT US</x:t>
   </x:si>
   <x:si>
     <x:t>Purecycle Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRJF1V1</x:t>
   </x:si>
   <x:si>
-    <x:t>74,762</x:t>
-[...23 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>75,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,505.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>9336 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Daiei Kankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002DM4H64</x:t>
   </x:si>
   <x:si>
-    <x:t>26,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>26,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,446.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>ERII US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Recovery Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VFBBC1</x:t>
   </x:si>
   <x:si>
-    <x:t>27,295</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>27,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,071.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>146,519</x:t>
+    <x:t>99,947</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,518.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$99,946.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-18,913.34</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-5,771.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33afc8522b0c43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red630cf9651a4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc81004bd3d22471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7932efad7344c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R99117b2836a34874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5cf740a083d04a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">