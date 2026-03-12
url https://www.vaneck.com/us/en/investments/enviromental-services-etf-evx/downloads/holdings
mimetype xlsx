--- v5 (2026-02-10)
+++ v6 (2026-03-12)
@@ -1,585 +1,594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ed3e4b59cc4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b506ea3d1a4872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260209" sheetId="1" r:id="R5cf740a083d04a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EVX_asof_20260310" sheetId="1" r:id="R1697bdf48b8747ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="180">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="183">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>WM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVSR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,236,598.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ECL US</x:t>
   </x:si>
   <x:si>
     <x:t>Ecolab Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHKYH4</x:t>
   </x:si>
   <x:si>
     <x:t>28,409</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>8.00%</x:t>
+    <x:t>$7,994,008.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPXVJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,399,663.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.69%</x:t>
   </x:si>
   <x:si>
     <x:t>WCN US</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Connections Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FLHZZ2</x:t>
   </x:si>
   <x:si>
     <x:t>38,090</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,545,766.50</x:t>
-[...20 lines deleted...]
-    <x:t>6.37%</x:t>
+    <x:t>$6,305,418.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.59%</x:t>
   </x:si>
   <x:si>
     <x:t>VIE FP</x:t>
   </x:si>
   <x:si>
     <x:t>Veolia Environnement Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CSHJP7</x:t>
   </x:si>
   <x:si>
     <x:t>149,656</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,727,893.92</x:t>
-[...2 lines deleted...]
-    <x:t>5.69%</x:t>
+    <x:t>$5,749,208.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,927,724.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
   </x:si>
   <x:si>
     <x:t>XYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Xylem Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D8R5D0</x:t>
   </x:si>
   <x:si>
     <x:t>39,617</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,553,907.23</x:t>
-[...2 lines deleted...]
-    <x:t>5.52%</x:t>
+    <x:t>$4,861,402.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,557,421.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veralto Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q32XJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,292,467.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Drainage Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G7CDN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,141,500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>TTEK US</x:t>
   </x:si>
   <x:si>
     <x:t>Tetra Tech Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYZ0Q5</x:t>
   </x:si>
   <x:si>
     <x:t>121,358</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,107,958.22</x:t>
-[...2 lines deleted...]
-    <x:t>5.07%</x:t>
+    <x:t>$4,072,774.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PQS00S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,028,839.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>DCI US</x:t>
   </x:si>
   <x:si>
     <x:t>Donaldson Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGZP70</x:t>
   </x:si>
   <x:si>
     <x:t>44,645</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,875,234.00</x:t>
-[...56 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>$3,961,350.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>CNM US</x:t>
   </x:si>
   <x:si>
     <x:t>Core &amp; Main Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01163K2X0</x:t>
   </x:si>
   <x:si>
     <x:t>74,530</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,227,341.60</x:t>
-[...38 lines deleted...]
-    <x:t>3.96%</x:t>
+    <x:t>$3,680,291.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>5333 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ngk Insulators Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL4RF0</x:t>
   </x:si>
   <x:si>
     <x:t>137,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,640,057.99</x:t>
-[...2 lines deleted...]
-    <x:t>3.61%</x:t>
+    <x:t>$3,555,505.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.72%</x:t>
   </x:si>
   <x:si>
     <x:t>FSS US</x:t>
   </x:si>
   <x:si>
     <x:t>Federal Signal Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJXWX2</x:t>
   </x:si>
   <x:si>
     <x:t>30,840</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,600,570.00</x:t>
-[...2 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>$3,345,523.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6370 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kurita Water Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,046,126.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CWST US</x:t>
   </x:si>
   <x:si>
     <x:t>Casella Waste Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT0J38</x:t>
   </x:si>
   <x:si>
     <x:t>33,391</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,461,644.97</x:t>
-[...20 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>$2,977,475.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
     <x:t>200,660</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,422,398.95</x:t>
-[...2 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>$2,346,170.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6368 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLP422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,741,933.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CWY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanaway Waste Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6PFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>984,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,696,724.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>ARCAD NA</x:t>
   </x:si>
   <x:si>
     <x:t>Arcadis Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JKR7Q1</x:t>
   </x:si>
   <x:si>
     <x:t>42,811</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,975,407.28</x:t>
-[...38 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>$1,446,675.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>6013 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Takuma Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLG2W3</x:t>
   </x:si>
   <x:si>
     <x:t>43,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$731,987.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$809,455.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9336 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiei Kankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002DM4H64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,876.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>PCT US</x:t>
   </x:si>
   <x:si>
     <x:t>Purecycle Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRJF1V1</x:t>
   </x:si>
   <x:si>
     <x:t>75,548</x:t>
   </x:si>
   <x:si>
-    <x:t>$724,505.32</x:t>
-[...20 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$441,955.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>ERII US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Recovery Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VFBBC1</x:t>
   </x:si>
   <x:si>
     <x:t>27,582</x:t>
   </x:si>
   <x:si>
-    <x:t>$436,071.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$299,816.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>99,947</x:t>
+    <x:t>66,352</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,946.54</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$66,351.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-5,771.91</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$67,992.68</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -607,56 +616,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7932efad7344c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R99117b2836a34874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5cf740a083d04a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fbb9c26795c4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd2105ac9d65947a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1697bdf48b8747ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I32"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1500,86 +1509,115 @@
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A32" s="2" t="s">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B32" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I32" s="2" t="s">
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="2" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A32:I32"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>