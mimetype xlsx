--- v0 (2026-01-11)
+++ v1 (2026-01-15)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc182bb9f5a4e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0c9944c9fd4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260108" sheetId="1" r:id="R1e664a080f9d4166"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260113" sheetId="1" r:id="Rffebd4c603314905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Ether</x:t>
   </x:si>
   <x:si>
-    <x:t>53,039</x:t>
-[...5 lines deleted...]
-    <x:t>100.00%</x:t>
+    <x:t>52,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,712,766.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-7,365.65</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-11,792.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844b2d12a20b430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6bab04b051c54df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e664a080f9d4166" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fec6ab4373f4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re04c4984c3944d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffebd4c603314905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>