--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0c9944c9fd4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0224891b605043f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260113" sheetId="1" r:id="Rffebd4c603314905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260205" sheetId="1" r:id="R300c863d676f45de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Ether</x:t>
   </x:si>
   <x:si>
-    <x:t>52,308</x:t>
-[...5 lines deleted...]
-    <x:t>100.01%</x:t>
+    <x:t>52,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,249,515.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-11,792.46</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-3,425.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fec6ab4373f4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re04c4984c3944d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffebd4c603314905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba77832b3bf4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re47e6a724ce143f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R300c863d676f45de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>