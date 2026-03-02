--- v2 (2026-02-07)
+++ v3 (2026-03-02)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0224891b605043f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e55def26a243f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260205" sheetId="1" r:id="R300c863d676f45de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260226" sheetId="1" r:id="R33d3bc97a0d14f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Ether</x:t>
   </x:si>
   <x:si>
-    <x:t>52,296</x:t>
-[...5 lines deleted...]
-    <x:t>100.00%</x:t>
+    <x:t>55,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,133,657.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,425.43</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-15,903.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba77832b3bf4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re47e6a724ce143f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R300c863d676f45de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redb48ef33082490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5946bbe17524010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33d3bc97a0d14f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>