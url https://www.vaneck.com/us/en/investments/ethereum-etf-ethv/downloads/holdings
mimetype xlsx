--- v3 (2026-03-02)
+++ v4 (2026-03-02)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e55def26a243f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e5ea85e96b4820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260226" sheetId="1" r:id="R33d3bc97a0d14f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260227" sheetId="1" r:id="R71f5b364935648e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+    <x:t>Daily Holdings (%)  02/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Ether</x:t>
   </x:si>
   <x:si>
     <x:t>55,221</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,133,657.77</x:t>
-[...2 lines deleted...]
-    <x:t>100.01%</x:t>
+    <x:t>$106,214,198.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-15,903.20</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-17,131.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redb48ef33082490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5946bbe17524010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33d3bc97a0d14f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a535d9e389a4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c241dad260542b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71f5b364935648e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>