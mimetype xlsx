--- v4 (2026-03-02)
+++ v5 (2026-03-24)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e5ea85e96b4820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17dd77d1acdb48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260227" sheetId="1" r:id="R71f5b364935648e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ETHV_asof_20260323" sheetId="1" r:id="R659518c4e2e84077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  02/27/2026</x:t>
+    <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Ether</x:t>
   </x:si>
   <x:si>
-    <x:t>55,221</x:t>
-[...5 lines deleted...]
-    <x:t>100.02%</x:t>
+    <x:t>50,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,915,505.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-17,131.88</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-14,517.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a535d9e389a4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c241dad260542b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71f5b364935648e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54297736fdc1449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7bb720998b3f4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R659518c4e2e84077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>