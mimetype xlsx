--- v0 (2025-12-16)
+++ v1 (2026-01-10)
@@ -1,510 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f19835dd0ea423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9712be02135c4ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20251212" sheetId="1" r:id="R323623b53dc94bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260108" sheetId="1" r:id="Rd7e27ddcfce340c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="155">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/12/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="156">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>183,467</x:t>
+    <x:t>194,098</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,110,394.34</x:t>
+    <x:t>$35,915,893.92</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>18.97%</x:t>
+    <x:t>21.24%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>66,023</x:t>
-[...5 lines deleted...]
-    <x:t>14.04%</x:t>
+    <x:t>64,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,539,051.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,642,571.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,901,445.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>50,965</x:t>
-[...5 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>40,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,243,487.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C30L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,861,660.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astera Labs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TDKHW99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,655,476.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,568,312.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>109,094</x:t>
-[...23 lines deleted...]
-    <x:t>5.39%</x:t>
+    <x:t>86,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,237,835.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS US</x:t>
   </x:si>
   <x:si>
     <x:t>Rambus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR32C6</x:t>
   </x:si>
   <x:si>
-    <x:t>91,174</x:t>
-[...59 lines deleted...]
-    <x:t>4.59%</x:t>
+    <x:t>75,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,861,643.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
   </x:si>
   <x:si>
     <x:t>ARM US</x:t>
   </x:si>
   <x:si>
     <x:t>Arm Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J1GXZF0</x:t>
   </x:si>
   <x:si>
-    <x:t>47,493</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>56,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,412,992.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
   </x:si>
   <x:si>
     <x:t>CRUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1DHF5</x:t>
   </x:si>
   <x:si>
-    <x:t>50,642</x:t>
-[...2 lines deleted...]
-    <x:t>$6,204,657.84</x:t>
+    <x:t>47,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,813,807.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,750,507.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>SITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sitime Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QNSY1H7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,774</x:t>
-[...5 lines deleted...]
-    <x:t>3.59%</x:t>
+    <x:t>15,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,066,117.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SMTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Semtech Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBKR53</x:t>
   </x:si>
   <x:si>
-    <x:t>71,335</x:t>
-[...41 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>69,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,005,004.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>SIMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Motion Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GT7XY1</x:t>
   </x:si>
   <x:si>
-    <x:t>39,974</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>37,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,128,317.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silicon Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB99S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,443,482.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impinj Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GRK2Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,359,077.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>43,195</x:t>
-[...41 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>40,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,862,697.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>ALGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Allegro Microsystems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H5S8391</x:t>
   </x:si>
   <x:si>
-    <x:t>77,230</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>68,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,136,068.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>SYNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Synaptics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQV1S2</x:t>
   </x:si>
   <x:si>
-    <x:t>22,487</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>24,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,027,274.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>POWI US</x:t>
   </x:si>
   <x:si>
     <x:t>Power Integrations Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTT3D1</x:t>
   </x:si>
   <x:si>
-    <x:t>46,823</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>44,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,799,312.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>12,578</x:t>
+    <x:t>-50,048</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,577.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-50,048.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,663.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-106,702.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -532,51 +535,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31bf52c6c7d4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R179cd45dd9a74b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R323623b53dc94bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re078c7ee68ef4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c90e44e0f5d4bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7e27ddcfce340c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I28"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -953,433 +956,433 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>