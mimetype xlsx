--- v1 (2026-01-10)
+++ v2 (2026-02-02)
@@ -1,513 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9712be02135c4ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b84b21dfda4475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260108" sheetId="1" r:id="Rd7e27ddcfce340c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260129" sheetId="1" r:id="Rfd359350a3904faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="156">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>194,098</x:t>
+    <x:t>185,234</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,915,893.92</x:t>
+    <x:t>$35,659,397.34</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>21.24%</x:t>
+    <x:t>21.34%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>64,783</x:t>
-[...5 lines deleted...]
-    <x:t>12.74%</x:t>
+    <x:t>61,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,446,720.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,692,538.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C30L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,253,416.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rambus Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR32C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,717,504.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.22%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>18,742</x:t>
-[...5 lines deleted...]
-    <x:t>5.70%</x:t>
+    <x:t>17,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,585,280.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astera Labs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TDKHW99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,479,521.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>48,944</x:t>
-[...59 lines deleted...]
-    <x:t>4.53%</x:t>
+    <x:t>46,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,110,500.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>23,740</x:t>
-[...5 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>22,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,856,080.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>86,795</x:t>
-[...23 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>82,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,737,636.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1DHF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,881,011.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>ARM US</x:t>
   </x:si>
   <x:si>
     <x:t>Arm Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J1GXZF0</x:t>
   </x:si>
   <x:si>
-    <x:t>56,712</x:t>
-[...23 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>54,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,868,231.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>LSCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lattice Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2D1C1</x:t>
   </x:si>
   <x:si>
-    <x:t>69,949</x:t>
-[...5 lines deleted...]
-    <x:t>3.40%</x:t>
+    <x:t>66,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,561,525.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Semtech Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DBKR53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,424,042.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>SITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sitime Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QNSY1H7</x:t>
   </x:si>
   <x:si>
-    <x:t>15,209</x:t>
-[...23 lines deleted...]
-    <x:t>2.96%</x:t>
+    <x:t>14,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,305,662.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>SIMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Motion Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GT7XY1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,182</x:t>
-[...5 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>35,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,122,408.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>SLAB US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB99S3</x:t>
   </x:si>
   <x:si>
-    <x:t>23,441</x:t>
-[...5 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>22,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,277,953.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambarella Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001QZCPJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,542.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Microsystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5S8391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,473,447.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>PI US</x:t>
   </x:si>
   <x:si>
     <x:t>Impinj Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GRK2Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,113</x:t>
-[...41 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>15,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,272,720.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>SYNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Synaptics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQV1S2</x:t>
   </x:si>
   <x:si>
-    <x:t>24,576</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>23,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,014,635.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>POWI US</x:t>
   </x:si>
   <x:si>
     <x:t>Power Integrations Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTT3D1</x:t>
   </x:si>
   <x:si>
-    <x:t>44,090</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>42,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,982,526.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-50,048</x:t>
+    <x:t>-27,182</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-50,048.20</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-27,182.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-106,702.80</x:t>
-[...2 lines deleted...]
-    <x:t>-0.06%</x:t>
+    <x:t>$-158,921.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -535,51 +535,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re078c7ee68ef4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c90e44e0f5d4bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7e27ddcfce340c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541a5069a2844dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R424c31937bbc4e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd359350a3904faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I28"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">