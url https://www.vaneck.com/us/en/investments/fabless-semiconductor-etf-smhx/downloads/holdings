--- v2 (2026-02-02)
+++ v3 (2026-02-26)
@@ -1,513 +1,510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b84b21dfda4475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8b39855fdb4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260129" sheetId="1" r:id="Rfd359350a3904faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260225" sheetId="1" r:id="Radeb351e3d7f4c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="156">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="155">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>185,234</x:t>
+    <x:t>178,586</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,659,397.34</x:t>
+    <x:t>$34,924,278.16</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>21.34%</x:t>
+    <x:t>21.41%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>61,823</x:t>
-[...5 lines deleted...]
-    <x:t>12.24%</x:t>
+    <x:t>59,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,806,672.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C30L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,287,671.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>38,435</x:t>
-[...23 lines deleted...]
-    <x:t>5.54%</x:t>
+    <x:t>37,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,813,417.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,745,487.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS US</x:t>
   </x:si>
   <x:si>
     <x:t>Rambus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR32C6</x:t>
   </x:si>
   <x:si>
-    <x:t>71,690</x:t>
-[...23 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>69,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,986,936.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arm Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J1GXZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,873,666.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,592,487.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,567,441.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,505,168.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marvell Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXBJ153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,462,513.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cirrus Logic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1DHF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,253,334.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Semtech Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DBKR53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,878,609.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SITM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitime Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QNSY1H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,850,616.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
   </x:si>
   <x:si>
     <x:t>ALAB US</x:t>
   </x:si>
   <x:si>
     <x:t>Astera Labs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TDKHW99</x:t>
   </x:si>
   <x:si>
-    <x:t>46,613</x:t>
-[...149 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>44,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,758,932.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.53%</x:t>
   </x:si>
   <x:si>
     <x:t>SIMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Motion Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GT7XY1</x:t>
   </x:si>
   <x:si>
-    <x:t>35,486</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>34,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,892,944.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SLAB US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB99S3</x:t>
   </x:si>
   <x:si>
-    <x:t>22,369</x:t>
-[...5 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>21,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,402,710.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>38,597</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>37,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,615,561.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ALGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Allegro Microsystems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H5S8391</x:t>
   </x:si>
   <x:si>
-    <x:t>65,125</x:t>
-[...5 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>62,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,554.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Integrations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTT3D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,973,746.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>PI US</x:t>
   </x:si>
   <x:si>
     <x:t>Impinj Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GRK2Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>15,377</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>14,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,860,834.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SYNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Synaptics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQV1S2</x:t>
   </x:si>
   <x:si>
-    <x:t>23,456</x:t>
-[...23 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>22,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,854,512.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-27,182</x:t>
+    <x:t>17,609</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-27,182.40</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$17,608.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-158,921.34</x:t>
-[...2 lines deleted...]
-    <x:t>-0.10%</x:t>
+    <x:t>$-224,016.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -535,51 +532,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541a5069a2844dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R424c31937bbc4e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd359350a3904faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dff4c5943894157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R08daa23a11964be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radeb351e3d7f4c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I28"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1275,114 +1272,114 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I28" s="2" t="s">
         <x:v>1</x:v>
       </x:c>