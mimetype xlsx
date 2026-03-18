--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,510 +1,510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8b39855fdb4207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c63800481c84fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260225" sheetId="1" r:id="Radeb351e3d7f4c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMHX_asof_20260317" sheetId="1" r:id="Refdd6c05ff8449e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="155">
   <x:si>
-    <x:t>Daily Holdings (%)  02/25/2026</x:t>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>178,586</x:t>
+    <x:t>177,478</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,924,278.16</x:t>
+    <x:t>$32,288,572.54</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>21.41%</x:t>
+    <x:t>21.35%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>59,603</x:t>
-[...5 lines deleted...]
-    <x:t>12.14%</x:t>
+    <x:t>59,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,032,155.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.58%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>7,539</x:t>
-[...5 lines deleted...]
-    <x:t>5.69%</x:t>
+    <x:t>7,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,991,416.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,356,742.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>37,055</x:t>
-[...23 lines deleted...]
-    <x:t>4.75%</x:t>
+    <x:t>36,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,229,115.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marvell Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXBJ153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,205,820.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arm Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J1GXZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,601,278.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
   </x:si>
   <x:si>
     <x:t>RMBS US</x:t>
   </x:si>
   <x:si>
     <x:t>Rambus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR32C6</x:t>
   </x:si>
   <x:si>
-    <x:t>69,116</x:t>
-[...23 lines deleted...]
-    <x:t>4.21%</x:t>
+    <x:t>68,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,422,234.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>21,841</x:t>
-[...5 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>21,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,375,550.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,894,922.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>45,038</x:t>
-[...41 lines deleted...]
-    <x:t>3.96%</x:t>
+    <x:t>44,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,889,836.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.89%</x:t>
   </x:si>
   <x:si>
     <x:t>CRUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cirrus Logic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1DHF5</x:t>
   </x:si>
   <x:si>
-    <x:t>43,556</x:t>
-[...5 lines deleted...]
-    <x:t>3.83%</x:t>
+    <x:t>43,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,881,268.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astera Labs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TDKHW99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,697,276.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
   </x:si>
   <x:si>
     <x:t>SMTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Semtech Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBKR53</x:t>
   </x:si>
   <x:si>
-    <x:t>63,787</x:t>
-[...5 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>63,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,021,201.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
   </x:si>
   <x:si>
     <x:t>SITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sitime Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QNSY1H7</x:t>
   </x:si>
   <x:si>
-    <x:t>13,991</x:t>
-[...23 lines deleted...]
-    <x:t>3.53%</x:t>
+    <x:t>13,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,810,784.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silicon Laboratories Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB99S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,422,501.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>SIMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Silicon Motion Technology Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GT7XY1</x:t>
   </x:si>
   <x:si>
-    <x:t>34,214</x:t>
-[...23 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>34,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,290,372.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALGM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Microsystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5S8391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,511.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>37,211</x:t>
-[...23 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>36,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,948,476.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>POWI US</x:t>
   </x:si>
   <x:si>
     <x:t>Power Integrations Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTT3D1</x:t>
   </x:si>
   <x:si>
-    <x:t>40,562</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>40,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,919,965.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synaptics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQV1S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,675,810.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PI US</x:t>
   </x:si>
   <x:si>
     <x:t>Impinj Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GRK2Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>14,825</x:t>
-[...20 lines deleted...]
-    <x:t>$1,854,512.00</x:t>
+    <x:t>14,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,462,839.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>17,609</x:t>
+    <x:t>-40,311</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,608.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-40,310.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-224,016.58</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$-143,261.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -532,51 +532,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dff4c5943894157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R08daa23a11964be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radeb351e3d7f4c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7d0474d6484fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2e82950b22a4ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Refdd6c05ff8449e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I28"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -982,341 +982,341 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">