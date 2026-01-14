--- v0 (2025-12-07)
+++ v1 (2026-01-14)
@@ -1,729 +1,747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R958b9997fa744a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d148b80ba84666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20251204" sheetId="1" r:id="R1213ac2282ee4a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260112" sheetId="1" r:id="R4cdf76be54914e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="228">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="234">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2SMB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,801,815.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Entertainment Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2GPN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,688,764.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HVVB499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,570,513.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Draftkings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0134WCM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,465,383.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Entertainment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5LL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,213,548.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Las Vegas Sands Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JWD753</x:t>
   </x:si>
   <x:si>
-    <x:t>28,122</x:t>
-[...101 lines deleted...]
-    <x:t>5.54%</x:t>
+    <x:t>20,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,262.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaming And Leisure Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MSMCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,198,941.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0088M4LQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,040.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>WYNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Wynn Resorts Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LD9JQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,353</x:t>
-[...23 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>8,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$949,909.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNW AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light &amp; Wonder Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GP3F3K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$866,643.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>CHDN US</x:t>
   </x:si>
   <x:si>
     <x:t>Churchill Downs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGXMG9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,869</x:t>
-[...23 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>8,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$856,197.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgm Resorts International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BXK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,997.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>1928 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sands China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSNMN1</x:t>
   </x:si>
   <x:si>
-    <x:t>345,600</x:t>
-[...23 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>297,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,221.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>TLC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Lottery Corp Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016GGNP01</x:t>
   </x:si>
   <x:si>
-    <x:t>214,642</x:t>
-[...23 lines deleted...]
-    <x:t>3.20%</x:t>
+    <x:t>207,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,256.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entain Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MPPD67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,568.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boyd Gaming Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHX9P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,651.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>OPAP GA</x:t>
   </x:si>
   <x:si>
     <x:t>Opap Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCCML5</x:t>
   </x:si>
   <x:si>
-    <x:t>27,514</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>26,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,963.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENS SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genting Singapore Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDK4W2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,492.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDJ FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Francaise Des Jeux Saem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSGLRT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,805.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caesars Entertainment Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0074Q3NK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,714.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>6417 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPCWV3</x:t>
   </x:si>
   <x:si>
-    <x:t>33,695</x:t>
-[...95 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>24,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,165.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>LTMC IM</x:t>
   </x:si>
   <x:si>
     <x:t>Lottomatica Group Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GF5K7D3</x:t>
   </x:si>
   <x:si>
-    <x:t>15,117</x:t>
-[...5 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>13,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,588.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>SRAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Sportradar Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125CMRW3</x:t>
   </x:si>
   <x:si>
-    <x:t>15,050</x:t>
-[...5 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>15,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,853.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Group Sghc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014V541D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,745.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035250 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kangwon Land Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H44QB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,974.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>GENT MK</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF3RW5</x:t>
   </x:si>
   <x:si>
-    <x:t>335,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>299,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,786.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENM MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genting Malaysia Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDYR29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,191.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>PENN US</x:t>
   </x:si>
   <x:si>
     <x:t>Penn National Gaming Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDZLV8</x:t>
   </x:si>
   <x:si>
-    <x:t>18,004</x:t>
-[...41 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>13,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,994.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>IGT US</x:t>
   </x:si>
   <x:si>
     <x:t>International Game Technology Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0081VHTP3</x:t>
   </x:si>
   <x:si>
-    <x:t>15,572</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>12,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,610.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTEC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtech Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N57QP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,710.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAH AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tabcorp Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CMHCR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,823.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>MLCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Melco Resorts &amp; Entertainment Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHP8J4</x:t>
   </x:si>
   <x:si>
-    <x:t>26,235</x:t>
-[...41 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>21,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,540.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>6412 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Heiwa Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBQR0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>8,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,268.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sjm Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG5N4</x:t>
   </x:si>
   <x:si>
-    <x:t>337,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>300,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,288.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>7,099</x:t>
+    <x:t>60,826</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,098.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$60,825.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
-    <x:t>$903.09</x:t>
+    <x:t>$903.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-SGD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,750.02</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-45,664.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -751,56 +769,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3372afb650a04f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9f6269731ca34221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1213ac2282ee4a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24732b7432174d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref6b3fd3446a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cdf76be54914e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I41"/>
+  <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1824,167 +1842,196 @@
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A41" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I41" s="2" t="s">
+      <x:c r="A41" s="1">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A42" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H42" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A41:I41"/>
+    <x:mergeCell ref="A42:I42"/>
   </x:mergeCells>
 </x:worksheet>
 </file>