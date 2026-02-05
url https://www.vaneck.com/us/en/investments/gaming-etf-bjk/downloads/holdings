--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -1,747 +1,744 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d148b80ba84666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8567bc3153e4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260112" sheetId="1" r:id="R4cdf76be54914e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260203" sheetId="1" r:id="Rb150ee6cb3224039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="234">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="233">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2SMB6</x:t>
   </x:si>
   <x:si>
     <x:t>46,533</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,801,815.31</x:t>
+    <x:t>$1,730,335.15</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.16%</x:t>
+    <x:t>8.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VICI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HVVB499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,579,523.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Entertainment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5LL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,292,467.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.28%</x:t>
   </x:si>
   <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
     <x:t>8,182</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,688,764.80</x:t>
-[...20 lines deleted...]
-    <x:t>7.11%</x:t>
+    <x:t>$1,253,482.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaming And Leisure Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MSMCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,180,016.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Vegas Sands Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JWD753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,147,796.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
   </x:si>
   <x:si>
     <x:t>DKNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Draftkings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0134WCM78</x:t>
   </x:si>
   <x:si>
     <x:t>41,916</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,465,383.36</x:t>
-[...56 lines deleted...]
-    <x:t>5.43%</x:t>
+    <x:t>$1,121,672.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.45%</x:t>
   </x:si>
   <x:si>
     <x:t>EVO SS</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0088M4LQ6</x:t>
   </x:si>
   <x:si>
     <x:t>14,897</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,013,040.57</x:t>
+    <x:t>$944,908.88</x:t>
   </x:si>
   <x:si>
     <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>WYNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Wynn Resorts Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LD9JQ8</x:t>
   </x:si>
   <x:si>
     <x:t>8,130</x:t>
   </x:si>
   <x:si>
-    <x:t>$949,909.20</x:t>
-[...2 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>$888,365.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>LNW AU</x:t>
   </x:si>
   <x:si>
     <x:t>Light &amp; Wonder Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GP3F3K4</x:t>
   </x:si>
   <x:si>
     <x:t>7,024</x:t>
   </x:si>
   <x:si>
-    <x:t>$866,643.72</x:t>
-[...2 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>$845,752.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CHDN US</x:t>
   </x:si>
   <x:si>
     <x:t>Churchill Downs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGXMG9</x:t>
   </x:si>
   <x:si>
     <x:t>8,072</x:t>
   </x:si>
   <x:si>
-    <x:t>$856,197.04</x:t>
-[...2 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>$760,140.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016GGNP01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,163.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>MGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mgm Resorts International</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2BXK4</x:t>
   </x:si>
   <x:si>
     <x:t>20,850</x:t>
   </x:si>
   <x:si>
-    <x:t>$725,997.00</x:t>
+    <x:t>$712,444.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sands China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PSNMN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$677,855.45</x:t>
   </x:si>
   <x:si>
     <x:t>3.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>1928 HK</x:t>
-[...32 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>BYD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boyd Gaming Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHX9P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,424.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPAP GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opap Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCCML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,259.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>ENT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Entain Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MPPD67</x:t>
   </x:si>
   <x:si>
     <x:t>60,498</x:t>
   </x:si>
   <x:si>
-    <x:t>$611,568.05</x:t>
-[...38 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>$484,911.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>GENS SP</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Singapore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDK4W2</x:t>
   </x:si>
   <x:si>
     <x:t>801,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$456,492.56</x:t>
-[...2 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>$465,801.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>FDJ FP</x:t>
   </x:si>
   <x:si>
     <x:t>La Francaise Des Jeux Saem</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QSGLRT2</x:t>
   </x:si>
   <x:si>
     <x:t>16,478</x:t>
   </x:si>
   <x:si>
-    <x:t>$440,805.15</x:t>
-[...2 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>$432,749.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6417 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sankyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPCWV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,584.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>CZR US</x:t>
   </x:si>
   <x:si>
     <x:t>Caesars Entertainment Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0074Q3NK6</x:t>
   </x:si>
   <x:si>
     <x:t>17,001</x:t>
   </x:si>
   <x:si>
-    <x:t>$417,714.57</x:t>
-[...20 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>$349,540.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>LTMC IM</x:t>
   </x:si>
   <x:si>
     <x:t>Lottomatica Group Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GF5K7D3</x:t>
   </x:si>
   <x:si>
     <x:t>13,499</x:t>
   </x:si>
   <x:si>
-    <x:t>$337,588.37</x:t>
-[...2 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>$325,926.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>SRAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Sportradar Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125CMRW3</x:t>
   </x:si>
   <x:si>
     <x:t>15,627</x:t>
   </x:si>
   <x:si>
-    <x:t>$317,853.18</x:t>
-[...2 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$283,161.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>SGHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Group Sghc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014V541D3</x:t>
   </x:si>
   <x:si>
     <x:t>25,698</x:t>
   </x:si>
   <x:si>
-    <x:t>$266,745.24</x:t>
-[...2 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$232,566.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENT MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genting Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF3RW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,509.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>035250 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Kangwon Land Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H44QB8</x:t>
   </x:si>
   <x:si>
     <x:t>17,820</x:t>
   </x:si>
   <x:si>
-    <x:t>$217,974.99</x:t>
-[...20 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>$212,341.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>GENM MK</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Malaysia Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDYR29</x:t>
   </x:si>
   <x:si>
     <x:t>424,098</x:t>
   </x:si>
   <x:si>
-    <x:t>$211,191.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$211,743.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Game Technology Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0081VHTP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,567.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>PENN US</x:t>
   </x:si>
   <x:si>
     <x:t>Penn National Gaming Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDZLV8</x:t>
   </x:si>
   <x:si>
     <x:t>13,732</x:t>
   </x:si>
   <x:si>
-    <x:t>$194,994.40</x:t>
-[...20 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>$171,650.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>PTEC LN</x:t>
   </x:si>
   <x:si>
     <x:t>Playtech Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N57QP0</x:t>
   </x:si>
   <x:si>
     <x:t>41,481</x:t>
   </x:si>
   <x:si>
-    <x:t>$152,710.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$158,472.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>TAH AU</x:t>
   </x:si>
   <x:si>
     <x:t>Tabcorp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CMHCR3</x:t>
   </x:si>
   <x:si>
     <x:t>222,992</x:t>
   </x:si>
   <x:si>
-    <x:t>$149,823.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>$138,835.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>MLCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Melco Resorts &amp; Entertainment Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHP8J4</x:t>
   </x:si>
   <x:si>
     <x:t>21,509</x:t>
   </x:si>
   <x:si>
-    <x:t>$144,540.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$130,344.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>6412 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Heiwa Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBQR0</x:t>
   </x:si>
   <x:si>
     <x:t>8,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,268.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$106,186.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sjm Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG5N4</x:t>
   </x:si>
   <x:si>
     <x:t>300,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,288.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$92,521.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>60,826</x:t>
+    <x:t>72,193</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,825.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$72,193.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
-    <x:t>$903.74</x:t>
+    <x:t>$913.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-SGD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-45,664.05</x:t>
-[...2 lines deleted...]
-    <x:t>-0.21%</x:t>
+    <x:t>$-58,332.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -769,51 +766,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24732b7432174d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref6b3fd3446a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cdf76be54914e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d687dc59db4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf0521b90f245478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb150ee6cb3224039" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1654,375 +1651,375 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F41" s="1" t="s">
+      <x:c r="G41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>