--- v2 (2026-02-05)
+++ v3 (2026-03-01)
@@ -1,744 +1,747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8567bc3153e4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daf580836e94b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260203" sheetId="1" r:id="Rb150ee6cb3224039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260226" sheetId="1" r:id="Rec17aa5aef024fc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="233">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="234">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>VICI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HVVB499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,676,941.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.22%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2SMB6</x:t>
   </x:si>
   <x:si>
     <x:t>46,533</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>7.67%</x:t>
+    <x:t>$1,556,607.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gaming And Leisure Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MSMCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,295,699.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>27 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Entertainment Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG5LL6</x:t>
   </x:si>
   <x:si>
     <x:t>242,240</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,292,467.47</x:t>
-[...2 lines deleted...]
-    <x:t>6.28%</x:t>
+    <x:t>$1,285,704.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Vegas Sands Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JWD753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,840.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
     <x:t>8,182</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,253,482.40</x:t>
-[...38 lines deleted...]
-    <x:t>5.58%</x:t>
+    <x:t>$1,007,449.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
   </x:si>
   <x:si>
     <x:t>DKNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Draftkings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0134WCM78</x:t>
   </x:si>
   <x:si>
     <x:t>41,916</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,121,672.16</x:t>
-[...2 lines deleted...]
-    <x:t>5.45%</x:t>
+    <x:t>$984,606.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
   </x:si>
   <x:si>
     <x:t>EVO SS</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0088M4LQ6</x:t>
   </x:si>
   <x:si>
     <x:t>14,897</x:t>
   </x:si>
   <x:si>
-    <x:t>$944,908.88</x:t>
-[...2 lines deleted...]
-    <x:t>4.59%</x:t>
+    <x:t>$916,111.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>WYNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Wynn Resorts Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LD9JQ8</x:t>
   </x:si>
   <x:si>
     <x:t>8,130</x:t>
   </x:si>
   <x:si>
-    <x:t>$888,365.10</x:t>
-[...2 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>$895,194.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottery Corp Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016GGNP01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,149.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgm Resorts International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BXK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,377.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHDN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Churchill Downs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGXMG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$729,466.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
   </x:si>
   <x:si>
     <x:t>LNW AU</x:t>
   </x:si>
   <x:si>
     <x:t>Light &amp; Wonder Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GP3F3K4</x:t>
   </x:si>
   <x:si>
     <x:t>7,024</x:t>
   </x:si>
   <x:si>
-    <x:t>$845,752.20</x:t>
-[...56 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>$675,726.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>1928 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sands China Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSNMN1</x:t>
   </x:si>
   <x:si>
     <x:t>297,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$677,855.45</x:t>
-[...2 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>$672,977.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BYD US</x:t>
   </x:si>
   <x:si>
     <x:t>Boyd Gaming Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHX9P6</x:t>
   </x:si>
   <x:si>
     <x:t>6,728</x:t>
   </x:si>
   <x:si>
-    <x:t>$558,424.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.71%</x:t>
+    <x:t>$590,112.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDJ FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Francaise Des Jeux Saem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSGLRT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,506.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>OPAP GA</x:t>
   </x:si>
   <x:si>
     <x:t>Opap Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCCML5</x:t>
   </x:si>
   <x:si>
     <x:t>26,122</x:t>
   </x:si>
   <x:si>
-    <x:t>$545,259.43</x:t>
-[...2 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>$494,661.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>ENT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Entain Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MPPD67</x:t>
   </x:si>
   <x:si>
     <x:t>60,498</x:t>
   </x:si>
   <x:si>
-    <x:t>$484,911.61</x:t>
-[...2 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>$484,230.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>GENS SP</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Singapore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDK4W2</x:t>
   </x:si>
   <x:si>
     <x:t>801,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$465,801.77</x:t>
-[...20 lines deleted...]
-    <x:t>2.10%</x:t>
+    <x:t>$457,076.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caesars Entertainment Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0074Q3NK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,604.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>6417 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPCWV3</x:t>
   </x:si>
   <x:si>
     <x:t>24,195</x:t>
   </x:si>
   <x:si>
-    <x:t>$373,584.11</x:t>
-[...20 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$336,965.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>LTMC IM</x:t>
   </x:si>
   <x:si>
     <x:t>Lottomatica Group Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GF5K7D3</x:t>
   </x:si>
   <x:si>
     <x:t>13,499</x:t>
   </x:si>
   <x:si>
-    <x:t>$325,926.18</x:t>
-[...2 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>$332,761.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>SRAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Sportradar Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125CMRW3</x:t>
   </x:si>
   <x:si>
     <x:t>15,627</x:t>
   </x:si>
   <x:si>
-    <x:t>$283,161.24</x:t>
-[...2 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$287,693.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>SGHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Group Sghc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014V541D3</x:t>
   </x:si>
   <x:si>
     <x:t>25,698</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,566.90</x:t>
-[...2 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>$283,705.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>035250 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kangwon Land Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H44QB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,178.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENM MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genting Malaysia Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDYR29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,479.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>GENT MK</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF3RW5</x:t>
   </x:si>
   <x:si>
     <x:t>299,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$218,509.43</x:t>
-[...35 lines deleted...]
-    <x:t>$211,743.37</x:t>
+    <x:t>$219,597.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTEC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtech Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N57QP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,599.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PENN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penn National Gaming Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDZLV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,036.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>IGT US</x:t>
   </x:si>
   <x:si>
     <x:t>International Game Technology Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0081VHTP3</x:t>
   </x:si>
   <x:si>
     <x:t>12,875</x:t>
   </x:si>
   <x:si>
-    <x:t>$182,567.50</x:t>
-[...38 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$177,288.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>TAH AU</x:t>
   </x:si>
   <x:si>
     <x:t>Tabcorp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CMHCR3</x:t>
   </x:si>
   <x:si>
     <x:t>222,992</x:t>
   </x:si>
   <x:si>
-    <x:t>$138,835.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$162,188.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>MLCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Melco Resorts &amp; Entertainment Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHP8J4</x:t>
   </x:si>
   <x:si>
     <x:t>21,509</x:t>
   </x:si>
   <x:si>
-    <x:t>$130,344.54</x:t>
+    <x:t>$127,978.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>6412 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Heiwa Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBQR0</x:t>
   </x:si>
   <x:si>
     <x:t>8,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$106,186.85</x:t>
+    <x:t>$105,058.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sjm Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG5N4</x:t>
   </x:si>
   <x:si>
     <x:t>300,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,521.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$92,965.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>72,193</x:t>
+    <x:t>80,633</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,193.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$80,632.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
-    <x:t>$913.88</x:t>
+    <x:t>$912.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-SGD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-58,332.11</x:t>
-[...2 lines deleted...]
-    <x:t>-0.28%</x:t>
+    <x:t>$-52,856.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -766,51 +769,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d687dc59db4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf0521b90f245478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb150ee6cb3224039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc407ffca0c4c42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R452b5bb0251d402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec17aa5aef024fc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1651,375 +1654,375 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I42" s="2" t="s">
         <x:v>1</x:v>
       </x:c>