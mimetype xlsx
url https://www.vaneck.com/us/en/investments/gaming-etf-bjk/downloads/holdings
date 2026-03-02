--- v3 (2026-03-01)
+++ v4 (2026-03-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daf580836e94b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139d339e5ffa49db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260226" sheetId="1" r:id="Rec17aa5aef024fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260226" sheetId="1" r:id="R54e265f747604fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="234">
   <x:si>
     <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -769,51 +769,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc407ffca0c4c42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R452b5bb0251d402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec17aa5aef024fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb835624a80648c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd24635233354e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54e265f747604fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">