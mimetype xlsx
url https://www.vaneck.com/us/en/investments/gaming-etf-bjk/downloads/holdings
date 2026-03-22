--- v4 (2026-03-02)
+++ v5 (2026-03-22)
@@ -1,747 +1,747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139d339e5ffa49db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4000aa009f4029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260226" sheetId="1" r:id="R54e265f747604fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BJK_asof_20260319" sheetId="1" r:id="R68935762551a4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="234">
   <x:si>
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VICI US</x:t>
   </x:si>
   <x:si>
     <x:t>Vici Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HVVB499</x:t>
   </x:si>
   <x:si>
-    <x:t>56,311</x:t>
+    <x:t>51,185</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,676,941.58</x:t>
+    <x:t>$1,432,156.30</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.22%</x:t>
+    <x:t>8.13%</x:t>
   </x:si>
   <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2SMB6</x:t>
   </x:si>
   <x:si>
-    <x:t>46,533</x:t>
-[...5 lines deleted...]
-    <x:t>7.63%</x:t>
+    <x:t>42,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,324,957.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.52%</x:t>
   </x:si>
   <x:si>
     <x:t>GLPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gaming And Leisure Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MSMCS6</x:t>
   </x:si>
   <x:si>
-    <x:t>26,655</x:t>
-[...5 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>24,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,670.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Vegas Sands Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JWD753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,304.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.62%</x:t>
   </x:si>
   <x:si>
     <x:t>27 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Entertainment Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG5LL6</x:t>
   </x:si>
   <x:si>
-    <x:t>242,240</x:t>
-[...23 lines deleted...]
-    <x:t>5.53%</x:t>
+    <x:t>220,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,543.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Draftkings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0134WCM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$949,071.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVO SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0088M4LQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,311.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,182</x:t>
-[...38 lines deleted...]
-    <x:t>$916,111.73</x:t>
+    <x:t>7,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,477.58</x:t>
   </x:si>
   <x:si>
     <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>WYNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Wynn Resorts Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LD9JQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>8,130</x:t>
-[...5 lines deleted...]
-    <x:t>4.39%</x:t>
+    <x:t>7,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,352.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>TLC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Lottery Corp Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016GGNP01</x:t>
   </x:si>
   <x:si>
-    <x:t>207,385</x:t>
-[...5 lines deleted...]
-    <x:t>3.95%</x:t>
+    <x:t>188,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,545.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>MGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mgm Resorts International</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2BXK4</x:t>
   </x:si>
   <x:si>
-    <x:t>20,850</x:t>
-[...5 lines deleted...]
-    <x:t>3.85%</x:t>
+    <x:t>18,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$703,877.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>CHDN US</x:t>
   </x:si>
   <x:si>
     <x:t>Churchill Downs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGXMG9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,072</x:t>
-[...5 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>7,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,496.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sands China Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PSNMN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,297.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boyd Gaming Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHX9P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,994.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>LNW AU</x:t>
   </x:si>
   <x:si>
     <x:t>Light &amp; Wonder Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GP3F3K4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,024</x:t>
-[...41 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>6,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,775.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
   </x:si>
   <x:si>
     <x:t>FDJ FP</x:t>
   </x:si>
   <x:si>
     <x:t>La Francaise Des Jeux Saem</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QSGLRT2</x:t>
   </x:si>
   <x:si>
-    <x:t>16,478</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>14,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,536.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caesars Entertainment Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0074Q3NK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,030.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entain Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MPPD67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,126.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>OPAP GA</x:t>
   </x:si>
   <x:si>
     <x:t>Opap Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCCML5</x:t>
   </x:si>
   <x:si>
-    <x:t>26,122</x:t>
-[...23 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>23,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,437.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>GENS SP</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Singapore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDK4W2</x:t>
   </x:si>
   <x:si>
-    <x:t>801,900</x:t>
-[...23 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>728,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,639.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTMC IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottomatica Group Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF5K7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,951.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRAD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sportradar Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125CMRW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,696.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Group Sghc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014V541D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,996.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>6417 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sankyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPCWV3</x:t>
   </x:si>
   <x:si>
-    <x:t>24,195</x:t>
-[...56 lines deleted...]
-    <x:t>$283,705.92</x:t>
+    <x:t>19,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,346.49</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>035250 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Kangwon Land Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H44QB8</x:t>
   </x:si>
   <x:si>
-    <x:t>17,820</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>16,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,504.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PENN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Penn National Gaming Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDZLV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,745.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTEC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtech Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N57QP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,253.74</x:t>
   </x:si>
   <x:si>
     <x:t>GENM MK</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Malaysia Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDYR29</x:t>
   </x:si>
   <x:si>
-    <x:t>424,098</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>345,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,248.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>GENT MK</x:t>
   </x:si>
   <x:si>
     <x:t>Genting Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF3RW5</x:t>
   </x:si>
   <x:si>
-    <x:t>299,000</x:t>
-[...41 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>253,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,938.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>IGT US</x:t>
   </x:si>
   <x:si>
     <x:t>International Game Technology Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0081VHTP3</x:t>
   </x:si>
   <x:si>
-    <x:t>12,875</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>11,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,553.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>TAH AU</x:t>
   </x:si>
   <x:si>
     <x:t>Tabcorp Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CMHCR3</x:t>
   </x:si>
   <x:si>
-    <x:t>222,992</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>202,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,384.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>MLCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Melco Resorts &amp; Entertainment Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHP8J4</x:t>
   </x:si>
   <x:si>
-    <x:t>21,509</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>19,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,530.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>6412 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Heiwa Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBQR0</x:t>
   </x:si>
   <x:si>
-    <x:t>8,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>6,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,502.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Sjm Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG5N4</x:t>
   </x:si>
   <x:si>
-    <x:t>300,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>272,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,947.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>80,633</x:t>
+    <x:t>37,861</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$80,632.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$37,860.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
-    <x:t>$912.76</x:t>
+    <x:t>$890.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-SGD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-SGD CASH-</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-52,856.17</x:t>
-[...2 lines deleted...]
-    <x:t>-0.26%</x:t>
+    <x:t>$115,002.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -769,51 +769,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb835624a80648c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd24635233354e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54e265f747604fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42704b51d0ee4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc141a32beda4370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68935762551a4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I42"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1654,341 +1654,341 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">