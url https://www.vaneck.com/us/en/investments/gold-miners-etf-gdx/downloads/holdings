--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb7bafab5a746dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra828d94ec794496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20251216" sheetId="1" r:id="Rcd33081971a14aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20251216" sheetId="1" r:id="R0357bc5beade4682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="331">
   <x:si>
     <x:t>Daily Holdings (%)  12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1060,51 +1060,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd5bdb575b54684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18eb342e5ef440ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd33081971a14aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2009d27ca8460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbbefee38233a4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0357bc5beade4682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">