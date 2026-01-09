--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -1,1038 +1,1014 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra828d94ec794496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2936a850ad8c42a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20251216" sheetId="1" r:id="R0357bc5beade4682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260108" sheetId="1" r:id="Raef1eeab9fb144d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="331">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/16/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="323">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,855,692</x:t>
+    <x:t>13,559,590</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,807,798,388.76</x:t>
+    <x:t>$2,528,456,747.30</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.12%</x:t>
+    <x:t>9.23%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>18,260,772</x:t>
-[...5 lines deleted...]
-    <x:t>7.05%</x:t>
+    <x:t>22,713,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,427,837,036.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.86%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>34,952,155</x:t>
-[...5 lines deleted...]
-    <x:t>5.91%</x:t>
+    <x:t>42,876,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,034,058,218.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.42%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>15,950,325</x:t>
-[...5 lines deleted...]
-    <x:t>5.28%</x:t>
+    <x:t>14,915,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,358,195,959.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,919,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,351,627,716.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RD3CL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,925,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,336,331,389.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,627,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,264,025.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>44,916,656</x:t>
-[...23 lines deleted...]
-    <x:t>4.81%</x:t>
+    <x:t>40,543,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,252,793,223.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RGY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,867,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,750,815.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>65,457,252</x:t>
-[...59 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>52,145,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$871,346,618.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>23,042,205</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>18,527,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,117,546.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>3,071,245</x:t>
-[...5 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>2,862,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,881,052.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,563,758</x:t>
-[...5 lines deleted...]
-    <x:t>2.33%</x:t>
+    <x:t>36,940,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,811,408.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,456,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,912,684.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,185,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,047,562.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,420,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,996,759.19</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>29,859,726</x:t>
-[...5 lines deleted...]
-    <x:t>2.24%</x:t>
+    <x:t>21,371,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$449,023,345.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>29,805,718</x:t>
-[...23 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>22,432,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,123,177.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VH0TC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,324,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,903,722.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>30,135,874</x:t>
-[...23 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>24,463,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,864,157.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,320,355</x:t>
-[...41 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>19,662,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$405,240,477.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>24,650,461</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>21,877,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,611,277.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KD2ZL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,269,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,294,909.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734,114,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,870,656.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>4,792,733</x:t>
-[...23 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>4,032,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,717,393.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,388,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,028,946.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>11,807,386</x:t>
-[...23 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>10,099,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,083,204.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>9,423,289</x:t>
-[...20 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>7,831,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,966,308.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,121,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,901,452.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRMS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bumi Resources Minerals Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018R2541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,875,189,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,889,597.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,765,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,583,707.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>66,133,836</x:t>
-[...41 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>56,810,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,646,143.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>7,855,249</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>6,382,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,864,779.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,877,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,107,838.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,964,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,742,725.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,613,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,207,149.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,490,597</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>7,366,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,178,927.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,868,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,150,513.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSWRQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,797,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,378,476.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,005,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,781,942.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>10,625,135</x:t>
-[...59 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>8,426,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,209,964.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0X7Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,310,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,465,330.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>KNT CN</x:t>
   </x:si>
   <x:si>
     <x:t>K92 Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018BVXB5</x:t>
   </x:si>
   <x:si>
-    <x:t>11,223,085</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>9,239,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,129,060.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,522,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,894,370.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,956,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,414,837.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>17,008,246</x:t>
-[...23 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>13,052,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,004,075.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKQDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,106,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,705,630.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>4,546,003</x:t>
-[...107 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>3,961,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,669,382.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>69,208,302</x:t>
+    <x:t>19,015,166</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,208,302.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>$19,015,166.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>1,009,171</x:t>
-[...2 lines deleted...]
-    <x:t>$734,022.85</x:t>
+    <x:t>1,014,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,857.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$-80.12</x:t>
+    <x:t>$-80.01</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,160</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,556.86</x:t>
+    <x:t>$-1,559.87</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.05</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,058,898.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$-1,587,374.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1060,60 +1036,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2009d27ca8460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbbefee38233a4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0357bc5beade4682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7342f52cbe5f476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7217bce54ef453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raef1eeab9fb144d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I61"/>
+  <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
-    <x:col min="3" max="3" width="42" customWidth="1"/>
+    <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -1626,1254 +1602,1225 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A60" s="1">
-[...31 lines deleted...]
-      <x:c r="B61" s="2" t="s">
+      <x:c r="A60" s="2" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C61" s="2" t="s">
+      <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D61" s="2" t="s">
+      <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E61" s="2" t="s">
+      <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F61" s="2" t="s">
+      <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G61" s="2" t="s">
+      <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H61" s="2" t="s">
+      <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I61" s="2" t="s">
+      <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A61:I61"/>
+    <x:mergeCell ref="A60:I60"/>
   </x:mergeCells>
 </x:worksheet>
 </file>