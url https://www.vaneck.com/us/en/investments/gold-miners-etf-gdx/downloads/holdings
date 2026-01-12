--- v2 (2026-01-09)
+++ v3 (2026-01-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2936a850ad8c42a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658a15b55d784819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260108" sheetId="1" r:id="Raef1eeab9fb144d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260108" sheetId="1" r:id="R44ad6fe1a78f4c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="323">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1036,51 +1036,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7342f52cbe5f476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7217bce54ef453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raef1eeab9fb144d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ff78e4b87047c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R40478430ee7e4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44ad6fe1a78f4c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">