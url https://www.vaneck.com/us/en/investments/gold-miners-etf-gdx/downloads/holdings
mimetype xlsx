--- v3 (2026-01-12)
+++ v4 (2026-01-19)
@@ -1,1014 +1,1020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658a15b55d784819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612545b93a8a4220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260108" sheetId="1" r:id="R44ad6fe1a78f4c55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260115" sheetId="1" r:id="Reacf373b01694b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="323">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>13,559,590</x:t>
+    <x:t>13,541,540</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,528,456,747.30</x:t>
+    <x:t>$2,713,995,446.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.23%</x:t>
+    <x:t>9.32%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,713,416</x:t>
-[...5 lines deleted...]
-    <x:t>8.86%</x:t>
+    <x:t>22,683,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,590,645,530.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.90%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,876,438</x:t>
-[...5 lines deleted...]
-    <x:t>7.42%</x:t>
+    <x:t>42,819,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,552,931.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,905,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,477,635,765.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.07%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>14,915,396</x:t>
-[...23 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>14,895,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,467,949,159.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,589,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,424,890,462.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RD3CL8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,925,556</x:t>
-[...2 lines deleted...]
-    <x:t>$1,336,331,389.12</x:t>
+    <x:t>5,917,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,422,133,973.76</x:t>
   </x:si>
   <x:si>
     <x:t>4.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>GFI US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>40,543,470</x:t>
-[...5 lines deleted...]
-    <x:t>4.57%</x:t>
+    <x:t>40,489,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,346,270,023.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>19,867,222</x:t>
-[...5 lines deleted...]
-    <x:t>3.85%</x:t>
+    <x:t>19,840,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,697,533.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>52,145,201</x:t>
-[...5 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>52,075,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$950,609,454.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>18,527,572</x:t>
-[...5 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>18,502,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$745,663,968.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,862,045</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>2,858,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,707,972.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,443,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,861,457.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hecla Mining Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5W86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,343,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,279,312.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,940,670</x:t>
-[...20 lines deleted...]
-    <x:t>$504,912,684.89</x:t>
+    <x:t>36,891,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,137,823.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.84%</x:t>
   </x:si>
   <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,402,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,379,352.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VH0TC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,312,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,557,826.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,350,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,631,810.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>8,185,385</x:t>
-[...74 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>8,174,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,548,678.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,848,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,398,632.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX93G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,636,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,011,626.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>24,463,859</x:t>
-[...41 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>24,431,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,255,955.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>37,269,342</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>37,219,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,455,765.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,288,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,852,998.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>734,114,100</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>733,133,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,689,310.63</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>4,032,433</x:t>
-[...23 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>4,027,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,759,631.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,099,153</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>10,085,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,578,152.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>7,831,390</x:t>
-[...2 lines deleted...]
-    <x:t>$296,966,308.80</x:t>
+    <x:t>7,820,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,608,129.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,121,544</x:t>
-[...2 lines deleted...]
-    <x:t>$295,901,452.61</x:t>
+    <x:t>9,109,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,608,004.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,754,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,521,405.50</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>3,875,189,100</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>3,870,013,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,323,305.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>56,810,254</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>56,734,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,680,188.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>6,382,780</x:t>
-[...2 lines deleted...]
-    <x:t>$242,864,779.00</x:t>
+    <x:t>6,374,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,324,696.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>80,877,087</x:t>
-[...2 lines deleted...]
-    <x:t>$228,107,838.79</x:t>
+    <x:t>80,769,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,942,412.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>7,964,674</x:t>
-[...2 lines deleted...]
-    <x:t>$227,742,725.65</x:t>
+    <x:t>7,954,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,430,047.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,826,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,242,212.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,356,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,117,920.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,415,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,866,980.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>50,613,315</x:t>
-[...41 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>50,545,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,277,001.06</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>3,797,296</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>3,792,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,326,742.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,005,913</x:t>
-[...20 lines deleted...]
-    <x:t>$185,209,964.10</x:t>
+    <x:t>36,956,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,483,407.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,227,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,350,235.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>17,310,751</x:t>
-[...20 lines deleted...]
-    <x:t>$158,129,060.38</x:t>
+    <x:t>17,287,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,223,847.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Orla Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZBZ5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>10,522,620</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>10,508,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,951,048.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,956,378</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>33,911,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,925,429.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>13,052,618</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>13,035,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,871,360.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>7,106,745</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>7,097,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,935,898.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>3,961,223</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>3,955,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,899,884.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>19,015,166</x:t>
+    <x:t>20,617,684</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,015,166.33</x:t>
+    <x:t>$20,617,683.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,014,318</x:t>
   </x:si>
   <x:si>
-    <x:t>$731,857.78</x:t>
+    <x:t>$730,119.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$-80.01</x:t>
+    <x:t>$-81.37</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,160</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,559.87</x:t>
+    <x:t>$-1,553.37</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.05</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,587,374.19</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-5,746,509.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1036,51 +1042,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ff78e4b87047c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R40478430ee7e4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44ad6fe1a78f4c55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5816bacc6b846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5917feece2f4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reacf373b01694b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1602,312 +1608,312 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
@@ -1950,868 +1956,868 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>