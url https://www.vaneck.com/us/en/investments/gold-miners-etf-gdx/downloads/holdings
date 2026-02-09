--- v4 (2026-01-19)
+++ v5 (2026-02-09)
@@ -1,1020 +1,1017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612545b93a8a4220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c50fdb11394483" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260115" sheetId="1" r:id="Reacf373b01694b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260206" sheetId="1" r:id="Rd74711b566ee42f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="324">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>13,541,540</x:t>
+    <x:t>14,195,780</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,713,995,446.80</x:t>
+    <x:t>$2,790,890,348.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.32%</x:t>
+    <x:t>9.14%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,683,176</x:t>
-[...5 lines deleted...]
-    <x:t>8.90%</x:t>
+    <x:t>23,778,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,742,193,818.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.98%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,819,358</x:t>
-[...5 lines deleted...]
-    <x:t>7.30%</x:t>
+    <x:t>44,887,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,027,134,447.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,617,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,623,421,037.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,970,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,603,708,826.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>WPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PVRDL2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,905,061</x:t>
-[...41 lines deleted...]
-    <x:t>4.89%</x:t>
+    <x:t>11,431,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,488,141.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RD3CL8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,917,668</x:t>
-[...5 lines deleted...]
-    <x:t>4.88%</x:t>
+    <x:t>6,203,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,733,344.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>40,489,324</x:t>
-[...5 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>42,451,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,362,273,063.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>19,840,686</x:t>
-[...5 lines deleted...]
-    <x:t>3.81%</x:t>
+    <x:t>20,802,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,494,651.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>52,075,567</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>54,599,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,908,421.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,996,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,470,432.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>18,502,828</x:t>
-[...23 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>19,399,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,277,794.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,443,398</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>9,907,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,080,289.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XB7MN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,679,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,169,384.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,887,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,582,180.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>21,343,351</x:t>
-[...23 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>22,377,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,536,380.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,907,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,732,340.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,402,420</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>23,487,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,581,219.20</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VH0TC0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,312,535</x:t>
-[...23 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>9,763,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,470,010.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,615,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,761,840.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>8,174,457</x:t>
-[...23 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>8,570,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,574,745.00</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>19,636,065</x:t>
-[...23 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>20,587,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,369,310.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>37,219,574</x:t>
-[...5 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>39,023,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,476,735.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,574,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,832,842.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,549,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,897,559.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,178,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,144,281.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>74,288,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>77,913,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,086,514.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>733,133,300</x:t>
-[...2 lines deleted...]
-    <x:t>$348,689,310.63</x:t>
+    <x:t>768,658,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,071,058.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>4,027,049</x:t>
-[...23 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>4,222,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,666,981.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>7,820,934</x:t>
-[...20 lines deleted...]
-    <x:t>$306,608,004.26</x:t>
+    <x:t>8,199,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,962,595.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
-    <x:t>BVN US</x:t>
-[...11 lines deleted...]
-    <x:t>$305,521,405.50</x:t>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,483,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,988,539.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,338,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,407,557.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Or Royalties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006NTSJ78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,683,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,524,813.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,682,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,451,640.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,364,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,815,858.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>3,870,013,700</x:t>
-[...92 lines deleted...]
-    <x:t>$208,242,212.94</x:t>
+    <x:t>4,057,576,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,218,806.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,713,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,615,524.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>ARTG CN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,415,039</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>8,822,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,158,147.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>50,545,721</x:t>
-[...2 lines deleted...]
-    <x:t>$200,277,001.06</x:t>
+    <x:t>52,995,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,956,868.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,674,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,363,078.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>3,792,224</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>3,976,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,385,957.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>36,956,489</x:t>
-[...23 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>38,747,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,716,515.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,016,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,856,370.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>17,287,631</x:t>
-[...23 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>18,125,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,149,083.91</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,911,032</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>35,554,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,142,351.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>13,035,186</x:t>
-[...2 lines deleted...]
-    <x:t>$133,871,360.22</x:t>
+    <x:t>13,666,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,861,332.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
+    <x:t>SA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seabridge Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JYQX30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,147,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,428,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>7,097,257</x:t>
-[...23 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>7,441,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,930,598.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,014,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,002.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-83.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-IDR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,579.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.05</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...59 lines deleted...]
-    <x:t>$-.05</x:t>
+    <x:t>-46,852,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-46,852,280.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-5,746,509.56</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$51,840,632.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1042,51 +1039,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5816bacc6b846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5917feece2f4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reacf373b01694b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5b5904d5644d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbe3a24b331c04717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd74711b566ee42f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1666,399 +1663,399 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
@@ -2275,138 +2272,138 @@
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
@@ -2420,404 +2417,404 @@
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
+      <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>