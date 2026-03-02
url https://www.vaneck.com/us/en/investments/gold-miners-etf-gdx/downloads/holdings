--- v5 (2026-02-09)
+++ v6 (2026-03-02)
@@ -1,1017 +1,1002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c50fdb11394483" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056a1dab420e43ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260206" sheetId="1" r:id="Rd74711b566ee42f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260227" sheetId="1" r:id="Rce5a108feee046ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="324">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/06/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="319">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>14,195,780</x:t>
+    <x:t>14,306,277</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,790,890,348.00</x:t>
+    <x:t>$3,593,021,468.55</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.14%</x:t>
+    <x:t>9.82%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,778,996</x:t>
-[...5 lines deleted...]
-    <x:t>8.98%</x:t>
+    <x:t>23,964,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,115,331,180.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.51%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>44,887,831</x:t>
-[...5 lines deleted...]
-    <x:t>6.64%</x:t>
+    <x:t>45,237,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,295,339,079.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.27%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>15,617,326</x:t>
-[...5 lines deleted...]
-    <x:t>5.32%</x:t>
+    <x:t>15,739,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,011,006,016.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,520,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,885,366,646.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
   </x:si>
   <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHT4K7</x:t>
   </x:si>
   <x:si>
-    <x:t>29,970,264</x:t>
-[...23 lines deleted...]
-    <x:t>5.09%</x:t>
+    <x:t>30,203,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,777,175,175.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RD3CL8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,203,608</x:t>
-[...5 lines deleted...]
-    <x:t>4.72%</x:t>
+    <x:t>6,251,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,754,353,235.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>42,451,638</x:t>
-[...5 lines deleted...]
-    <x:t>4.46%</x:t>
+    <x:t>42,783,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,547,312.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>20,802,294</x:t>
-[...5 lines deleted...]
-    <x:t>3.76%</x:t>
+    <x:t>20,964,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,436,501,792.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>54,599,144</x:t>
-[...5 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>55,025,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,839,355.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,550,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,059,466,414.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,996,841</x:t>
-[...23 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>3,020,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$905,439,248.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,086,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,990,574.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XB7MN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,981,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,287,987.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,315,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,192,881.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,671,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,676,935.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,907,398</x:t>
-[...41 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>9,985,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$634,712,781.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,815,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$634,278,112.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,637,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,668,162.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>22,377,531</x:t>
-[...38 lines deleted...]
-    <x:t>$503,581,219.20</x:t>
+    <x:t>22,552,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,777,045.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FRES LN</x:t>
   </x:si>
   <x:si>
     <x:t>Fresnillo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VH0TC0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,763,764</x:t>
-[...38 lines deleted...]
-    <x:t>$489,574,745.00</x:t>
+    <x:t>9,840,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,129,674.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KD2ZL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,328,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,782,820.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,587,595</x:t>
-[...23 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>20,748,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,024,553.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,574,355</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>10,656,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,281,467.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,549,601</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>9,623,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,755,827.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GPXR82</x:t>
   </x:si>
   <x:si>
-    <x:t>9,178,465</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>9,250,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,952,653.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,255,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,136,891.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,263,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,614,555.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,948,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,281,916.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>774,660,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,380,535.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>77,913,500</x:t>
-[...77 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>78,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,198,934.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>8,338,606</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>8,403,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,189,263.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>6,683,108</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>6,735,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,185,535.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,891,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,222,696.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>84,682,865</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>85,344,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,779,431.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3HY7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,364,484</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>33,624,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,850,803.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,773,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,741,301.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSWRQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,007,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,184,778.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,102,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,030,277.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>4,057,576,400</x:t>
-[...41 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>4,089,263,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,377,051.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,749,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,050,039.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>52,995,251</x:t>
-[...41 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>53,409,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,898,984.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>38,747,530</x:t>
-[...20 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>39,050,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,099,898.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,832,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,197,778.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>18,125,442</x:t>
-[...20 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>18,266,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,329,005.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>13,666,795</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>13,773,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,145,777.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>4,147,625</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>4,180,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,483,550.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>7,441,197</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>7,499,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,473,344.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,962,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,962,473.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-IDR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.05</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...59 lines deleted...]
-    <x:t>-0.15%</x:t>
+    <x:t>129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94.22</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,840,632.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$13,726,700.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1039,56 +1024,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5b5904d5644d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbe3a24b331c04717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd74711b566ee42f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cbf94058b84319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9dd3341ad9c6495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rce5a108feee046ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I60"/>
+  <x:dimension ref="A1:I58"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1924,486 +1909,486 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
@@ -2417,413 +2402,355 @@
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A58" s="1">
-[...23 lines deleted...]
-      <x:c r="I58" s="1" t="s">
+      <x:c r="A58" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
-    </x:row>
-[...33 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+      <x:c r="B58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C60" s="2" t="s">
+      <x:c r="C58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D60" s="2" t="s">
+      <x:c r="D58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E60" s="2" t="s">
+      <x:c r="E58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F60" s="2" t="s">
+      <x:c r="F58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="2" t="s">
+      <x:c r="G58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H60" s="2" t="s">
+      <x:c r="H58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I60" s="2" t="s">
+      <x:c r="I58" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A60:I60"/>
+    <x:mergeCell ref="A58:I58"/>
   </x:mergeCells>
 </x:worksheet>
 </file>