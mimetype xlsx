--- v6 (2026-03-02)
+++ v7 (2026-03-23)
@@ -1,1002 +1,1056 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056a1dab420e43ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386f4ce571194317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260227" sheetId="1" r:id="Rce5a108feee046ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDX_asof_20260320" sheetId="1" r:id="Rbd811e7ac3d743b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="319">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/27/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="337">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>AEM US</x:t>
+    <x:t>AEM</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>14,306,277</x:t>
+    <x:t>16,790,567</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,593,021,468.55</x:t>
+    <x:t>$3,007,694,266.71</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.82%</x:t>
-[...2 lines deleted...]
-    <x:t>NEM US</x:t>
+    <x:t>12.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEM</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,964,086</x:t>
-[...8 lines deleted...]
-    <x:t>B US</x:t>
+    <x:t>28,071,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,689,269,818.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>45,237,270</x:t>
-[...8 lines deleted...]
-    <x:t>AU US</x:t>
+    <x:t>52,775,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,960,079,507.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RD3CL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,893,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,311,553,510.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,532,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,259,564.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>15,739,266</x:t>
-[...26 lines deleted...]
-    <x:t>GFI US</x:t>
+    <x:t>14,735,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,727,280.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB2DM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,295,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,057,421.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHT4K7</x:t>
   </x:si>
   <x:si>
-    <x:t>30,203,521</x:t>
-[...44 lines deleted...]
-    <x:t>PAAS US</x:t>
+    <x:t>27,858,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,088,415,459.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>20,964,708</x:t>
-[...5 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>16,482,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$769,069,017.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,478,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,577,587.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>55,025,466</x:t>
-[...8 lines deleted...]
-    <x:t>AGI US</x:t>
+    <x:t>50,661,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,733,808.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>19,550,958</x:t>
-[...8 lines deleted...]
-    <x:t>RGLD US</x:t>
+    <x:t>16,213,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,500,365.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>3,020,245</x:t>
-[...8 lines deleted...]
-    <x:t>AG US</x:t>
+    <x:t>2,456,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,576,635.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,487,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,393,787.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,433,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,574,200.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,589,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,056,412.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XB7MN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,888,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,339,170.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>23,086,241</x:t>
-[...80 lines deleted...]
-    <x:t>IAG US</x:t>
+    <x:t>20,627,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$376,870,289.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRES LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresnillo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VH0TC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,469,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,551,589.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hecla Mining Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5W86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,107,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,416,541.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,671,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,991,507.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>25,815,145</x:t>
-[...74 lines deleted...]
-    <x:t>HMY US</x:t>
+    <x:t>19,777,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,830,194.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,523,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,548,804.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,544,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,685,774.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,748,332</x:t>
-[...23 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>18,153,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,800,237.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,962,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,177,249.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,212,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,479,062.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,623,983</x:t>
-[...59 lines deleted...]
-    <x:t>BTG US</x:t>
+    <x:t>7,036,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,432,598.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>59,948,363</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>51,719,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,740,036.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,133,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,526,808.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>774,660,800</x:t>
-[...44 lines deleted...]
-    <x:t>OR US</x:t>
+    <x:t>667,122,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,224,790.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,174,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,090,826.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,372,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,492,372.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>6,735,293</x:t>
-[...41 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>5,083,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,096,387.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,091,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,607,403.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3HY7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,624,385</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>28,537,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,191,230.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>7,773,562</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>6,178,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,611,809.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,815,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,022,167.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7BTM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,793,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,731,185.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,007,116</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>3,387,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,946,818.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,610,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,416,042.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,635,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,587,479.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWM2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,109,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,209,946.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,613,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,748,642.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>4,089,263,800</x:t>
-[...59 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>3,256,950,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,983,433.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>35,832,070</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>30,842,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,418,789.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2HB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,819,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,667,390.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKQDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,221,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,722,123.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>18,266,985</x:t>
-[...8 lines deleted...]
-    <x:t>FSM US</x:t>
+    <x:t>14,484,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,821,183.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>13,773,483</x:t>
-[...8 lines deleted...]
-    <x:t>SA US</x:t>
+    <x:t>11,225,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,206,014.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SA</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>4,180,014</x:t>
-[...23 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>3,545,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,628,389.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-IDR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93.57</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...41 lines deleted...]
-    <x:t>$94.22</x:t>
+    <x:t>-511,078,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-511,078,195.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,726,700.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$549,864,392.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1024,56 +1078,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cbf94058b84319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9dd3341ad9c6495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rce5a108feee046ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b183426e0cd44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc69532798fcf402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd811e7ac3d743b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I58"/>
+  <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1648,1109 +1702,1196 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A58" s="1">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B58" s="2" t="s">
+      <x:c r="D58" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="2" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C58" s="2" t="s">
+      <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D58" s="2" t="s">
+      <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E58" s="2" t="s">
+      <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F58" s="2" t="s">
+      <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G58" s="2" t="s">
+      <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H58" s="2" t="s">
+      <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I58" s="2" t="s">
+      <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A58:I58"/>
+    <x:mergeCell ref="A61:I61"/>
   </x:mergeCells>
 </x:worksheet>
 </file>