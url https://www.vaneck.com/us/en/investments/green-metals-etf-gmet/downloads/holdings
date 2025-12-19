--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,1140 +1,1113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5967765350df46a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb778b4bdac1d4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20251204" sheetId="1" r:id="Rb26471657cc64868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20251218" sheetId="1" r:id="R1480b4693dda48b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="365">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="356">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
     <x:t>48,965</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,928,361.68</x:t>
+    <x:t>$1,892,658.27</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.44%</x:t>
+    <x:t>7.05%</x:t>
   </x:si>
   <x:si>
     <x:t>GLEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MM1KV4</x:t>
   </x:si>
   <x:si>
     <x:t>365,606</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,873,703.19</x:t>
-[...2 lines deleted...]
-    <x:t>7.23%</x:t>
+    <x:t>$1,883,164.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.01%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
     <x:t>192,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,764,654.71</x:t>
-[...2 lines deleted...]
-    <x:t>6.81%</x:t>
+    <x:t>$1,820,528.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.78%</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
     <x:t>37,418</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,669,216.98</x:t>
-[...2 lines deleted...]
-    <x:t>6.44%</x:t>
+    <x:t>$1,793,070.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.67%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
     <x:t>31,137</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,397,428.56</x:t>
-[...2 lines deleted...]
-    <x:t>5.39%</x:t>
+    <x:t>$1,408,637.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,701.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
     <x:t>28,473</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,133,358.42</x:t>
-[...20 lines deleted...]
-    <x:t>3.95%</x:t>
+    <x:t>$1,179,012.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
     <x:t>6,672</x:t>
   </x:si>
   <x:si>
-    <x:t>$933,746.40</x:t>
-[...2 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>$949,292.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BOL SS</x:t>
   </x:si>
   <x:si>
     <x:t>Boliden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VT85</x:t>
   </x:si>
   <x:si>
     <x:t>17,470</x:t>
   </x:si>
   <x:si>
-    <x:t>$870,439.28</x:t>
-[...2 lines deleted...]
-    <x:t>3.36%</x:t>
+    <x:t>$920,944.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>FM CN</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7818</x:t>
   </x:si>
   <x:si>
     <x:t>33,359</x:t>
   </x:si>
   <x:si>
-    <x:t>$790,733.63</x:t>
-[...2 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>$829,461.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
     <x:t>39,306</x:t>
   </x:si>
   <x:si>
-    <x:t>$738,829.81</x:t>
-[...2 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>$794,314.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
     <x:t>5,403</x:t>
   </x:si>
   <x:si>
-    <x:t>$643,713.42</x:t>
-[...2 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>$759,013.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
     <x:t>47,550</x:t>
   </x:si>
   <x:si>
-    <x:t>$609,947.52</x:t>
-[...2 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>$686,513.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGH PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kghm Polska Miedz Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ6JT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,458.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBSW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sibanye Stillwater Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGP445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,571.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB13F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,395.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PM99H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,374.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
     <x:t>80,268</x:t>
   </x:si>
   <x:si>
-    <x:t>$530,970.80</x:t>
-[...74 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>$504,105.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$457,765.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,186.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017Z2HFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,858.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
     <x:t>7,475</x:t>
   </x:si>
   <x:si>
-    <x:t>$461,955.00</x:t>
-[...20 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>$388,999.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,020,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,402.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,700.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>LYC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Lynas Rare Earths Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSCDH5</x:t>
   </x:si>
   <x:si>
     <x:t>44,335</x:t>
   </x:si>
   <x:si>
-    <x:t>$418,964.39</x:t>
-[...53 lines deleted...]
-    <x:t>$392,819.12</x:t>
+    <x:t>$366,774.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>603799 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCQD422</x:t>
   </x:si>
   <x:si>
     <x:t>41,630</x:t>
   </x:si>
   <x:si>
-    <x:t>$376,107.28</x:t>
-[...2 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$366,598.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
     <x:t>33,087</x:t>
   </x:si>
   <x:si>
-    <x:t>$358,069.51</x:t>
-[...20 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$329,752.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>1208 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Mmg Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSPD0</x:t>
   </x:si>
   <x:si>
     <x:t>298,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$314,903.05</x:t>
-[...2 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$318,530.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
     <x:t>4,654</x:t>
   </x:si>
   <x:si>
-    <x:t>$282,358.18</x:t>
-[...2 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$315,075.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
     <x:t>10,329</x:t>
   </x:si>
   <x:si>
-    <x:t>$277,074.87</x:t>
-[...2 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>$294,767.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>600362 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangxi Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HNM1</x:t>
   </x:si>
   <x:si>
     <x:t>46,103</x:t>
   </x:si>
   <x:si>
-    <x:t>$268,919.19</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$269,755.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NDA GR</x:t>
   </x:si>
   <x:si>
     <x:t>Aurubis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKM37</x:t>
   </x:si>
   <x:si>
     <x:t>1,831</x:t>
   </x:si>
   <x:si>
-    <x:t>$261,346.90</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$253,074.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>002466 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tianqi Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137W64</x:t>
   </x:si>
   <x:si>
     <x:t>32,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$239,213.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$243,626.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>002460 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Ganfeng Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137VQ4</x:t>
   </x:si>
   <x:si>
     <x:t>26,820</x:t>
   </x:si>
   <x:si>
-    <x:t>$227,608.23</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$239,015.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>SFR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Sandfire Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JTYKD9</x:t>
   </x:si>
   <x:si>
     <x:t>19,381</x:t>
   </x:si>
   <x:si>
-    <x:t>$216,884.03</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$220,481.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>000426 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F1366Z0</x:t>
   </x:si>
   <x:si>
     <x:t>39,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$195,867.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$195,627.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngex Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NZJ2JH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,518.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J9C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,955.06</x:t>
   </x:si>
   <x:si>
     <x:t>000630 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136D67</x:t>
   </x:si>
   <x:si>
     <x:t>240,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$192,208.39</x:t>
-[...35 lines deleted...]
-    <x:t>$179,373.81</x:t>
+    <x:t>$185,138.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>000831 C2</x:t>
   </x:si>
   <x:si>
     <x:t>China Minmetals Rare Earth Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC942</x:t>
   </x:si>
   <x:si>
     <x:t>23,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$153,503.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$147,397.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>000960 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Tin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136QV0</x:t>
   </x:si>
   <x:si>
     <x:t>36,585</x:t>
   </x:si>
   <x:si>
-    <x:t>$138,861.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$140,867.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F21113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,555.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MDKA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Merdeka Copper Gold Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NVSB85</x:t>
   </x:si>
   <x:si>
     <x:t>996,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,328.09</x:t>
-[...2 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$131,488.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>5711 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGFBD6</x:t>
   </x:si>
   <x:si>
     <x:t>6,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,741.21</x:t>
+    <x:t>$130,090.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>002340 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gem Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137M20</x:t>
   </x:si>
   <x:si>
     <x:t>113,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$117,782.44</x:t>
-[...17 lines deleted...]
-    <x:t>$115,762.39</x:t>
+    <x:t>$119,305.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
     <x:t>38,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,442.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$113,620.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,037.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB1BP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,661.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>000878 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136N65</x:t>
   </x:si>
   <x:si>
     <x:t>44,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,291.93</x:t>
-[...17 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$109,617.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,840.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002240 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chengxin Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN039H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,252.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
     <x:t>23,227</x:t>
   </x:si>
   <x:si>
-    <x:t>$97,422.57</x:t>
-[...38 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$83,751.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
     <x:t>16,539</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,972.16</x:t>
-[...32 lines deleted...]
-    <x:t>$2,580.42</x:t>
+    <x:t>$74,756.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,454.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,142.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
-  </x:si>
-[...91 lines deleted...]
-    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1162,56 +1135,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a07c2eb75a41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra400a6eabf264e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb26471657cc64868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce4743cab1c14e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e2775d643004fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1480b4693dda48b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I66"/>
+  <x:dimension ref="A1:I64"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1960,457 +1933,457 @@
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -2569,167 +2542,167 @@
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
@@ -2772,355 +2745,297 @@
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="G60" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+    </x:row>
+    <x:row r="64" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A64" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="H63" s="1" t="s">
-[...68 lines deleted...]
-      <x:c r="B66" s="2" t="s">
+      <x:c r="B64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C66" s="2" t="s">
+      <x:c r="C64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D66" s="2" t="s">
+      <x:c r="D64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E66" s="2" t="s">
+      <x:c r="E64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F66" s="2" t="s">
+      <x:c r="F64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G66" s="2" t="s">
+      <x:c r="G64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H66" s="2" t="s">
+      <x:c r="H64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I66" s="2" t="s">
+      <x:c r="I64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A66:I66"/>
+    <x:mergeCell ref="A64:I64"/>
   </x:mergeCells>
 </x:worksheet>
 </file>