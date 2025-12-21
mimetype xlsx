--- v1 (2025-12-19)
+++ v2 (2025-12-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb778b4bdac1d4715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb5de6fd9434d7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20251218" sheetId="1" r:id="R1480b4693dda48b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20251218" sheetId="1" r:id="R585c7d5953254b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="356">
   <x:si>
     <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1135,51 +1135,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce4743cab1c14e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e2775d643004fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1480b4693dda48b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855854be39c24f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8c41b87f9bdc41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R585c7d5953254b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I64"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">