--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -1,1113 +1,1125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb5de6fd9434d7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9656b13992214228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20251218" sheetId="1" r:id="R585c7d5953254b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260109" sheetId="1" r:id="Ra4047cb7f53f4938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="356">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="360">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>FCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Freeport-Mcmoran Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDB15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,494,103.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,469,075.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>48,965</x:t>
-[...29 lines deleted...]
-    <x:t>7.01%</x:t>
+    <x:t>46,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,016.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.67%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
-    <x:t>192,600</x:t>
-[...23 lines deleted...]
-    <x:t>6.67%</x:t>
+    <x:t>183,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,863,350.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
-    <x:t>31,137</x:t>
-[...5 lines deleted...]
-    <x:t>5.24%</x:t>
+    <x:t>31,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,552,811.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antofagasta Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4SC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,246,564.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,342</x:t>
-[...23 lines deleted...]
-    <x:t>4.39%</x:t>
+    <x:t>13,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,913.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,338.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
-    <x:t>6,672</x:t>
-[...5 lines deleted...]
-    <x:t>3.53%</x:t>
+    <x:t>6,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,067.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BOL SS</x:t>
   </x:si>
   <x:si>
     <x:t>Boliden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VT85</x:t>
   </x:si>
   <x:si>
-    <x:t>17,470</x:t>
-[...23 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>16,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,000,261.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
-    <x:t>39,306</x:t>
-[...5 lines deleted...]
-    <x:t>2.96%</x:t>
+    <x:t>36,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,183.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$747,285.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>5,403</x:t>
-[...23 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>4,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,579.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
-    <x:t>8,442</x:t>
-[...5 lines deleted...]
-    <x:t>2.24%</x:t>
+    <x:t>7,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,868.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB13F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,514.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>40,875</x:t>
-[...23 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>38,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,737.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>HBM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hudbay Minerals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PM99H6</x:t>
   </x:si>
   <x:si>
-    <x:t>26,957</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>25,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,648.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
-    <x:t>80,268</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>75,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,075.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,005,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,040.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$457,064.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,218.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603799 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQD422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,414.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,664.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,912.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>NPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Northam Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125542Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,703</x:t>
-[...23 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>18,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,692.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,950.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>CS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Capstone Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017Z2HFP1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,335</x:t>
-[...113 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>39,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,858.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600362 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HNM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,874.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>1208 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Mmg Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSPD0</x:t>
   </x:si>
   <x:si>
-    <x:t>298,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>278,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,843.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,654</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>4,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,377.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
-    <x:t>10,329</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>9,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,864.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JTYKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,909.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NDA GR</x:t>
   </x:si>
   <x:si>
     <x:t>Aurubis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKM37</x:t>
   </x:si>
   <x:si>
-    <x:t>1,831</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>1,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,761.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>002466 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tianqi Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137W64</x:t>
   </x:si>
   <x:si>
-    <x:t>32,800</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>30,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,312.91</x:t>
   </x:si>
   <x:si>
     <x:t>002460 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Ganfeng Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137VQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>26,820</x:t>
-[...23 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>25,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,686.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>000426 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F1366Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>39,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>36,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,479.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J9C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,830.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000630 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136D67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,505.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>NGEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ngex Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZJ2JH7</x:t>
   </x:si>
   <x:si>
-    <x:t>9,974</x:t>
-[...38 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>8,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,539.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F21113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,581.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5711 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFBD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,909.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB1BP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,620.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002ZGM195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,838.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000960 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Tin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136QV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,877.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>000831 C2</x:t>
   </x:si>
   <x:si>
     <x:t>China Minmetals Rare Earth Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC942</x:t>
   </x:si>
   <x:si>
-    <x:t>23,600</x:t>
-[...41 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>22,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,729.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MDKA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Merdeka Copper Gold Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NVSB85</x:t>
   </x:si>
   <x:si>
-    <x:t>996,800</x:t>
-[...23 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,542.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>002340 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gem Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137M20</x:t>
   </x:si>
   <x:si>
-    <x:t>113,000</x:t>
-[...2 lines deleted...]
-    <x:t>$119,305.22</x:t>
+    <x:t>105,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,396.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
+    <x:t>000878 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136N65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,062.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,351.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
-    <x:t>38,900</x:t>
-[...53 lines deleted...]
-    <x:t>$109,617.42</x:t>
+    <x:t>36,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,744.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDH7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,104.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>300073 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Easpring Material Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHC25</x:t>
   </x:si>
   <x:si>
-    <x:t>11,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>10,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,079.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>002240 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chengxin Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN039H1</x:t>
   </x:si>
   <x:si>
-    <x:t>19,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>18,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,882.11</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>23,227</x:t>
-[...23 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>19,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,929.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Gmk Norilskiy Nickel Pao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>440,500</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>MNOD LI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KRLH06</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>29,455</x:t>
+    <x:t>34,596</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,454.78</x:t>
+    <x:t>$34,596.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,880</x:t>
   </x:si>
   <x:si>
-    <x:t>$693.90</x:t>
+    <x:t>$699.78</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$515.67</x:t>
+    <x:t>$516.61</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,142.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-13,083.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1135,56 +1147,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855854be39c24f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8c41b87f9bdc41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R585c7d5953254b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5945efb50cc04869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra09817f1c5d14b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4047cb7f53f4938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I64"/>
+  <x:dimension ref="A1:I65"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2020,1022 +2032,1051 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A64" s="2" t="s">
+      <x:c r="A64" s="1">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="B64" s="2" t="s">
+      <x:c r="D64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A65" s="2" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="B65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C64" s="2" t="s">
+      <x:c r="C65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D64" s="2" t="s">
+      <x:c r="D65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E64" s="2" t="s">
+      <x:c r="E65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F64" s="2" t="s">
+      <x:c r="F65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G64" s="2" t="s">
+      <x:c r="G65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H64" s="2" t="s">
+      <x:c r="H65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I64" s="2" t="s">
+      <x:c r="I65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A64:I64"/>
+    <x:mergeCell ref="A65:I65"/>
   </x:mergeCells>
 </x:worksheet>
 </file>