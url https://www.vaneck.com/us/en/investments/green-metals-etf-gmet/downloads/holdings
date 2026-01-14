--- v3 (2026-01-12)
+++ v4 (2026-01-14)
@@ -1,1125 +1,1122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9656b13992214228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c6fe5908ae4e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260109" sheetId="1" r:id="Ra4047cb7f53f4938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260112" sheetId="1" r:id="Rc62665fe131b40bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="360">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="359">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>44,120</x:t>
+    <x:t>41,179</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,494,103.60</x:t>
+    <x:t>$2,417,619.09</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.23%</x:t>
+    <x:t>8.27%</x:t>
   </x:si>
   <x:si>
     <x:t>GLEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MM1KV4</x:t>
   </x:si>
   <x:si>
-    <x:t>404,438</x:t>
-[...5 lines deleted...]
-    <x:t>8.14%</x:t>
+    <x:t>377,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,390,383.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.17%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>46,742</x:t>
-[...5 lines deleted...]
-    <x:t>6.67%</x:t>
+    <x:t>43,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,912,698.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.54%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
-    <x:t>183,000</x:t>
-[...5 lines deleted...]
-    <x:t>6.15%</x:t>
+    <x:t>170,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,810,144.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
-    <x:t>31,313</x:t>
-[...5 lines deleted...]
-    <x:t>5.12%</x:t>
+    <x:t>29,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,477,616.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
-    <x:t>26,648</x:t>
-[...5 lines deleted...]
-    <x:t>4.11%</x:t>
+    <x:t>24,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,147.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,056</x:t>
-[...5 lines deleted...]
-    <x:t>3.78%</x:t>
+    <x:t>12,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,304.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
   </x:si>
   <x:si>
     <x:t>FM CN</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7818</x:t>
   </x:si>
   <x:si>
-    <x:t>39,895</x:t>
-[...2 lines deleted...]
-    <x:t>$1,138,338.87</x:t>
+    <x:t>37,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,297.04</x:t>
   </x:si>
   <x:si>
     <x:t>3.75%</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
-    <x:t>6,246</x:t>
-[...2 lines deleted...]
-    <x:t>$1,065,067.92</x:t>
+    <x:t>5,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,080.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BOL SS</x:t>
   </x:si>
   <x:si>
     <x:t>Boliden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VT85</x:t>
   </x:si>
   <x:si>
-    <x:t>16,154</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>15,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$953,267.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
-    <x:t>36,774</x:t>
-[...5 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>34,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$834,702.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>44,505</x:t>
-[...5 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>41,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,763.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,325</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>4,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,585.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
-    <x:t>7,901</x:t>
-[...5 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>7,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,927.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>5713 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Metal Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB13F8</x:t>
   </x:si>
   <x:si>
-    <x:t>13,300</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>12,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$608,045.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>38,258</x:t>
-[...2 lines deleted...]
-    <x:t>$598,737.70</x:t>
+    <x:t>35,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,305.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600111 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Northern Rare Earth Group High-Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HF84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,225.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PM99H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,448.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$449,604.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,668.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,419.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603799 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQD422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,799.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,033.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,433.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,927.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$376,328.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017Z2HFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,946.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600362 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HNM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,757.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKK4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,248.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mmg Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,974.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,407.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002466 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianqi Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137W64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,135.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurubis Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKM37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,295.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JTYKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,442.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002460 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137VQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,365.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F1366Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,334.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J9C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,236.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000630 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136D67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,431.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngex Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NZJ2JH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,201.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F21113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,096.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000960 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Tin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136QV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,011.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000831 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Minmetals Rare Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,714.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB1BP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,331.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5711 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFBD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,831.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002ZGM195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,609.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>886,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,856.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002340 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gem Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137M20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,851.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000878 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136N65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,667.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,873.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600392 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenghe Resources Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L1KMZR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,505.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002240 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chengxin Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN039H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,899.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDH7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,859.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,954.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13PJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,164.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>578,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,101.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.98%</x:t>
   </x:si>
   <x:si>
-    <x:t>HBM US</x:t>
-[...712 lines deleted...]
-  <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,880</x:t>
   </x:si>
   <x:si>
-    <x:t>$699.78</x:t>
+    <x:t>$700.80</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$516.61</x:t>
+    <x:t>$518.81</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-13,083.95</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$-823,012.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1147,62 +1144,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5945efb50cc04869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra09817f1c5d14b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4047cb7f53f4938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e8fb5d38ce42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd01bb3cf8fdf4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc62665fe131b40bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I65"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="15" customWidth="1"/>
+    <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1887,1187 +1884,1187 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
+      <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>