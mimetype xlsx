--- v4 (2026-01-14)
+++ v5 (2026-02-03)
@@ -1,1122 +1,1134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c6fe5908ae4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21de20fcbc149e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260112" sheetId="1" r:id="Rc62665fe131b40bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260202" sheetId="1" r:id="R48dcb86fc18f4204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="359">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="363">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,943,512.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.58%</x:t>
+  </x:si>
+  <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>41,179</x:t>
-[...29 lines deleted...]
-    <x:t>8.17%</x:t>
+    <x:t>47,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,859,669.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.34%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>43,626</x:t>
-[...5 lines deleted...]
-    <x:t>6.54%</x:t>
+    <x:t>49,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,348,741.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.85%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
-    <x:t>170,800</x:t>
-[...5 lines deleted...]
-    <x:t>6.19%</x:t>
+    <x:t>195,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,177,764.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
-    <x:t>29,225</x:t>
-[...5 lines deleted...]
-    <x:t>5.05%</x:t>
+    <x:t>33,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,822,467.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,871</x:t>
-[...5 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>28,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,412,242.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSHH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,819.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,218,090.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.55%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>12,186</x:t>
-[...41 lines deleted...]
-    <x:t>3.51%</x:t>
+    <x:t>13,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,217,671.58</x:t>
   </x:si>
   <x:si>
     <x:t>BOL SS</x:t>
   </x:si>
   <x:si>
     <x:t>Boliden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VT85</x:t>
   </x:si>
   <x:si>
-    <x:t>15,077</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>17,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,446.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
-    <x:t>34,322</x:t>
-[...5 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>39,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,581.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>41,538</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>47,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,708.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB13F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,763.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,037</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>4,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,822.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
-    <x:t>7,374</x:t>
-[...23 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>8,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$734,976.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>35,707</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>40,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,481.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PM99H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,446.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
-    <x:t>75,168</x:t>
-[...23 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>80,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,856.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,011.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017Z2HFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,772.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
-    <x:t>6,881</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>7,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,900.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$454,261.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,764.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,532.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603799 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQD422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,604.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>938,300</x:t>
-[...71 lines deleted...]
-    <x:t>$403,433.10</x:t>
+    <x:t>1,072,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,331.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>000408 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zangge Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017ZPFNP5</x:t>
   </x:si>
   <x:si>
-    <x:t>32,600</x:t>
-[...38 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>34,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,622.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>600362 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangxi Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HNM1</x:t>
   </x:si>
   <x:si>
-    <x:t>43,103</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>46,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,234.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mmg Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,269.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,157</x:t>
-[...23 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>4,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$357,512.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurubis Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKM37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,909.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
-    <x:t>8,807</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>10,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,438.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F1366Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,074.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JTYKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,238.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000630 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136D67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,047.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002460 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137VQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,031.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>002466 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tianqi Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137W64</x:t>
   </x:si>
   <x:si>
-    <x:t>30,700</x:t>
-[...77 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>32,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,158.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>601168 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Western Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709J9C1</x:t>
   </x:si>
   <x:si>
-    <x:t>49,500</x:t>
-[...23 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>52,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,171.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NGEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ngex Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZJ2JH7</x:t>
   </x:si>
   <x:si>
-    <x:t>8,395</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>9,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,000.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5711 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFBD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,348.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000960 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Tin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136QV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,258.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB1BP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,327.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
-    <x:t>123,610</x:t>
-[...20 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>141,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,441.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002ZGM195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,842.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>000831 C2</x:t>
   </x:si>
   <x:si>
     <x:t>China Minmetals Rare Earth Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC942</x:t>
   </x:si>
   <x:si>
-    <x:t>22,000</x:t>
-[...59 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>23,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,974.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MDKA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Merdeka Copper Gold Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NVSB85</x:t>
   </x:si>
   <x:si>
-    <x:t>886,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>1,013,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,722.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000878 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136N65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,743.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,467.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>002340 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gem Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137M20</x:t>
   </x:si>
   <x:si>
-    <x:t>105,700</x:t>
-[...38 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>112,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,520.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
-    <x:t>36,400</x:t>
-[...2 lines deleted...]
-    <x:t>$127,505.79</x:t>
+    <x:t>38,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,892.60</x:t>
   </x:si>
   <x:si>
     <x:t>002240 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chengxin Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN039H1</x:t>
   </x:si>
   <x:si>
-    <x:t>18,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,658.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,046.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>16,295</x:t>
-[...23 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>18,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,655.00</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>18,626</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>21,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,031.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
-    <x:t>Gmk Norilskiy Nickel Pao</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>440,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>578,102</x:t>
+    <x:t>9,116</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$578,101.90</x:t>
-[...2 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>$9,116.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>4,880</x:t>
-[...2 lines deleted...]
-    <x:t>$700.80</x:t>
+    <x:t>4,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625.86</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$518.81</x:t>
+    <x:t>$524.66</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>$.01</x:t>
+    <x:t>-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-3.29</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-823,012.26</x:t>
-[...2 lines deleted...]
-    <x:t>-2.81%</x:t>
+    <x:t>$3,502.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1144,62 +1156,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e8fb5d38ce42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd01bb3cf8fdf4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc62665fe131b40bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c9db6624304126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca13e8ade27b4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48dcb86fc18f4204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I65"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1507,428 +1519,428 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
@@ -1942,1129 +1954,1129 @@
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="2" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>