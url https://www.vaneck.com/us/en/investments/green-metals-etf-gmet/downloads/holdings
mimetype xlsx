--- v5 (2026-02-03)
+++ v6 (2026-03-03)
@@ -1,1134 +1,1140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21de20fcbc149e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243e8bd483634e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GMET_asof_20260202" sheetId="1" r:id="R48dcb86fc18f4204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMET_asof_20260302" sheetId="1" r:id="R7d677f8ffde045c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="363">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="365">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>FCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Freeport-Mcmoran Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDB15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,214,068.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.40%</x:t>
+  </x:si>
+  <x:si>
     <x:t>GLEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MM1KV4</x:t>
   </x:si>
   <x:si>
     <x:t>431,429</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>8.34%</x:t>
+    <x:t>$3,104,529.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICOB MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQC9K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,473,113.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.46%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
     <x:t>49,862</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,348,741.21</x:t>
-[...20 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>$2,416,409.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.32%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
     <x:t>33,403</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,822,467.68</x:t>
-[...2 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>$1,910,317.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
     <x:t>28,427</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,412,242.49</x:t>
-[...2 lines deleted...]
-    <x:t>4.12%</x:t>
+    <x:t>$1,593,142.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,789.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
-    <x:t>6,664</x:t>
-[...5 lines deleted...]
-    <x:t>3.75%</x:t>
+    <x:t>6,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,470,812.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,302,945.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>FM CN</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7818</x:t>
   </x:si>
   <x:si>
     <x:t>42,557</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,218,090.00</x:t>
-[...35 lines deleted...]
-    <x:t>3.52%</x:t>
+    <x:t>$1,247,903.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
     <x:t>39,228</x:t>
   </x:si>
   <x:si>
-    <x:t>$989,581.60</x:t>
-[...2 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>$1,196,378.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5713 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Metal Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB13F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,885.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
     <x:t>47,476</x:t>
   </x:si>
   <x:si>
-    <x:t>$839,708.49</x:t>
-[...20 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>$1,010,875.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
     <x:t>4,613</x:t>
   </x:si>
   <x:si>
-    <x:t>$760,822.09</x:t>
-[...2 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>$821,944.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
     <x:t>8,428</x:t>
   </x:si>
   <x:si>
-    <x:t>$734,976.51</x:t>
-[...2 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>$761,519.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PM99H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$720,589.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600111 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Northern Rare Earth Group High-Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HF84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,237.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
     <x:t>40,811</x:t>
   </x:si>
   <x:si>
-    <x:t>$688,481.57</x:t>
-[...38 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>$693,378.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>LYC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Lynas Rare Earths Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSCDH5</x:t>
   </x:si>
   <x:si>
     <x:t>48,373</x:t>
   </x:si>
   <x:si>
-    <x:t>$503,011.61</x:t>
-[...2 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$680,364.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,436.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,483.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,236.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603799 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQD422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,496.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMMN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amman Mineral Internasional Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVLB759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,072,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,111.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,147.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>CS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Capstone Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017Z2HFP1</x:t>
   </x:si>
   <x:si>
     <x:t>42,331</x:t>
   </x:si>
   <x:si>
-    <x:t>$484,772.19</x:t>
-[...38 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>$423,541.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mmg Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,901.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600362 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HNM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,811.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
     <x:t>35,689</x:t>
   </x:si>
   <x:si>
-    <x:t>$446,764.14</x:t>
-[...110 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$394,330.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurubis Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKM37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,903.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
     <x:t>4,751</x:t>
   </x:si>
   <x:si>
-    <x:t>$357,512.75</x:t>
-[...20 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$359,318.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F1366Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,033.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JTYKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,017.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000630 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136D67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,922.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002460 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137VQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,075.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601168 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J9C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,552.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5711 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFBD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,310.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
     <x:t>10,065</x:t>
   </x:si>
   <x:si>
-    <x:t>$315,438.08</x:t>
-[...74 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$272,394.54</x:t>
   </x:si>
   <x:si>
     <x:t>002466 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tianqi Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137W64</x:t>
   </x:si>
   <x:si>
     <x:t>32,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,158.16</x:t>
-[...20 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$262,130.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000960 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Tin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136QV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,397.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,013,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,012.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000831 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Minmetals Rare Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,753.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>NGEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ngex Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZJ2JH7</x:t>
   </x:si>
   <x:si>
     <x:t>9,595</x:t>
   </x:si>
   <x:si>
-    <x:t>$200,000.95</x:t>
-[...17 lines deleted...]
-    <x:t>$193,348.68</x:t>
+    <x:t>$215,813.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
-    <x:t>000960 C2</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB1BP9</x:t>
   </x:si>
   <x:si>
     <x:t>31,355</x:t>
   </x:si>
   <x:si>
-    <x:t>$186,327.97</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$183,432.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,061.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600392 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenghe Resources Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L1KMZR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,709.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002ZGM195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,241.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000878 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136N65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,797.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
     <x:t>141,278</x:t>
   </x:si>
   <x:si>
-    <x:t>$178,441.91</x:t>
-[...89 lines deleted...]
-    <x:t>$142,467.98</x:t>
+    <x:t>$170,972.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002340 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gem Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137M20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,184.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>002340 C2</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>002240 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chengxin Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN039H1</x:t>
   </x:si>
   <x:si>
     <x:t>19,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,658.03</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$113,176.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13PJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,685.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDH7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,360.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>300073 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Easpring Material Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHC25</x:t>
   </x:si>
   <x:si>
     <x:t>11,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,046.22</x:t>
-[...35 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$90,129.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>MNOD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Gmk Norilskiy Nickel Pao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KRLH06</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>440,500</x:t>
   </x:si>
   <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,160.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...11 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>6,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,436.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,346</x:t>
   </x:si>
   <x:si>
-    <x:t>$625.86</x:t>
+    <x:t>$629.01</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$524.66</x:t>
+    <x:t>$514.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.28</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-5</x:t>
-[...2 lines deleted...]
-    <x:t>$-3.29</x:t>
+    <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,502.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$230.29</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1156,56 +1162,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c9db6624304126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca13e8ade27b4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48dcb86fc18f4204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79440babd1b14b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R34ff488cd58b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d677f8ffde045c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I65"/>
+  <x:dimension ref="A1:I67"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1519,689 +1525,689 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2302,790 +2308,848 @@
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A65" s="1">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
+      <x:c r="C65" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="H64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I64" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A66" s="1">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A65" s="2" t="s">
+      <x:c r="D66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B65" s="2" t="s">
+      <x:c r="G66" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A67" s="2" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C65" s="2" t="s">
+      <x:c r="C67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D65" s="2" t="s">
+      <x:c r="D67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E65" s="2" t="s">
+      <x:c r="E67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F65" s="2" t="s">
+      <x:c r="F67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G65" s="2" t="s">
+      <x:c r="G67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H65" s="2" t="s">
+      <x:c r="H67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I65" s="2" t="s">
+      <x:c r="I67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A65:I65"/>
+    <x:mergeCell ref="A67:I67"/>
   </x:mergeCells>
 </x:worksheet>
 </file>