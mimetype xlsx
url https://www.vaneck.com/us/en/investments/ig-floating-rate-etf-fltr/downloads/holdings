--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e5b3fd38d548fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red737b5c4bbc40bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLTR_asof_20260212" sheetId="1" r:id="R8d215c18ff134a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLTR_asof_20260305" sheetId="1" r:id="R1ab2e91db79840ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4756" uniqueCount="1961">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4811" uniqueCount="1981">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,5871 +58,5931 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SPCCZJ2</x:t>
   </x:si>
   <x:si>
     <x:t>4.487</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>34,475,000</x:t>
-[...2 lines deleted...]
-    <x:t>$35,103,443.27</x:t>
+    <x:t>34,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,234,216.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW9QYS7</x:t>
   </x:si>
   <x:si>
-    <x:t>5.539</x:t>
-[...8 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>5.289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,560,071.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X0R1KF4</x:t>
   </x:si>
   <x:si>
     <x:t>4.825</x:t>
   </x:si>
   <x:si>
-    <x:t>23,975,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>23,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,695,447.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Trust Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SMSWB01</x:t>
   </x:si>
   <x:si>
     <x:t>4.675</x:t>
   </x:si>
   <x:si>
-    <x:t>22,850,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>23,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,600,760.23</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VVF5JW0</x:t>
   </x:si>
   <x:si>
     <x:t>4.856</x:t>
   </x:si>
   <x:si>
     <x:t>21,550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,953,334.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$21,945,549.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia &amp; New Zealand Banking Group L</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6F76M4</x:t>
   </x:si>
   <x:si>
     <x:t>4.528</x:t>
   </x:si>
   <x:si>
     <x:t>19,548,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,942,485.12</x:t>
+    <x:t>$19,964,364.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RMQ5CV1</x:t>
   </x:si>
   <x:si>
     <x:t>4.716</x:t>
   </x:si>
   <x:si>
     <x:t>19,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,375,782.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$19,422,897.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBKC986</x:t>
   </x:si>
   <x:si>
     <x:t>4.177</x:t>
   </x:si>
   <x:si>
     <x:t>18,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,551,842.71</x:t>
+    <x:t>$18,579,552.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Chartered Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TVPB8F9</x:t>
   </x:si>
   <x:si>
-    <x:t>5.651</x:t>
+    <x:t>5.403</x:t>
   </x:si>
   <x:si>
     <x:t>17,975,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,512,674.04</x:t>
+    <x:t>$18,544,043.23</x:t>
   </x:si>
   <x:si>
     <x:t>Westpac Banking Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRXZ777</x:t>
   </x:si>
   <x:si>
     <x:t>4.476</x:t>
   </x:si>
   <x:si>
     <x:t>18,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,477,232.62</x:t>
+    <x:t>$18,532,656.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV6JPZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,953,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,093,298.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVSC7K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,931,680.73</x:t>
   </x:si>
   <x:si>
     <x:t>National Australia Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RMFY405</x:t>
   </x:si>
   <x:si>
     <x:t>4.456</x:t>
   </x:si>
   <x:si>
-    <x:t>17,950,000</x:t>
-[...23 lines deleted...]
-    <x:t>$18,074,989.49</x:t>
+    <x:t>17,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,725,395.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS9NLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,720,380.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley Private Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W6RQDZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,673,945.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH517K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,556,598.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Groep Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX25XF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,547,601.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Express Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8X4QF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,521,901.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFMF3L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,518,802.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRKFY79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,504,505.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SK2GHJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>5.027</x:t>
-[...53 lines deleted...]
-    <x:t>4.916</x:t>
+    <x:t>5.015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,465,931.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVZTJK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,448,251.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SK2GGS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,257,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,393,637.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV1X1Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.330</x:t>
   </x:si>
   <x:si>
     <x:t>17,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,538,918.43</x:t>
-[...26 lines deleted...]
-    <x:t>$17,504,443.35</x:t>
+    <x:t>$17,368,388.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyds Banking Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QXV8JS6</x:t>
   </x:si>
   <x:si>
-    <x:t>5.186</x:t>
-[...23 lines deleted...]
-    <x:t>New Zealand</x:t>
+    <x:t>4.781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,293,613.27</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SJW05D0</x:t>
   </x:si>
   <x:si>
     <x:t>4.567</x:t>
   </x:si>
   <x:si>
     <x:t>17,225,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,436,123.63</x:t>
+    <x:t>$17,261,421.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF48CT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,343,350.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Switzerland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2Q51H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,811,449.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008Q3B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,793,846.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR7VFL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,509,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,745,697.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNK2TK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,372,011.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFRS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,329,841.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8G31J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,981,999.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Electric Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y7DPLR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,867,980.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFY0Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,722,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,833,720.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R2ST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,267,883.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFMCDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,243,471.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Financial Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YGN3JR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,037,948.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMH1XV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,355,739.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THJ1DP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,329,913.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TH8RTT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,243,668.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THQFTQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,212,305.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NLCD8X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,205,389.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV9K324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,039,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,187,537.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q77SZ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,171,218.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQRX8S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,166,213.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWZCW54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,143,137.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWZ03X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,084,177.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Truist Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8XF787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,936,625.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MFNV687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,892,615.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ntt Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYBW0C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,826,879.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV1X1R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,752,379.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,709,770.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV6C4X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,705,697.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH03454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,703,410.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRW8HN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,702,877.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVZG5V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,686,793.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citibank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V58WMZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,665,522.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHX5YM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,665,314.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PLJN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,662,564.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFSV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,655,861.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q9SL5N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,639,864.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz New Zealand Int'L Ltd/London</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKQSP23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,635,023.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDBRLD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,633,836.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKQSNV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,628,696.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01STBY2D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,620,290.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL30DC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,618,249.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP27544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,612,472.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008SYQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,602,698.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y7DNTF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,591,723.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FD7Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,579,188.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y64P7V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,565,186.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0200YB429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,555,316.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZG9JT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,536,771.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRW8HJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,524,134.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0200517L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,516,221.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0204QFB68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,516,070.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZQVQ67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,514,403.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0HBJ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,505,076.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK2JD50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,486,298.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02022R3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,300,275.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQP2T04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,219,825.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP8S930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,904,611.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Capital America</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1PZV56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,818,915.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DGXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,683,972.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZY04ZR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,532,740.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFPN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,160,040.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFT3S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,681,707.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santander Holdings Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJJ5F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,527,566.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TS3NQ50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,485,281.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQHX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,450,286.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santander Uk Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9W1PN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,427,057.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TMM5F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,410,046.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YKRD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,370,646.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPLX95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,350,196.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQJ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,313,388.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YF7J7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,299,110.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRDNXG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,290,142.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG41LF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,283,180.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMBZ983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,282,104.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T2MN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,281,684.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordea Bank Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV31RF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,142,157.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JF5N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,891,304.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFCG0Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,874,323.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MGF2275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,597,909.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB4N1W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,536,305.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NTC30B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,502,383.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QSG2DL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,407,939.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,345,374.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell Finance Us Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBKPNN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,308,926.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX42M01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,254,818.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR8CTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,114,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,233,647.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDZGXN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,177,638.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F33ZQ28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,904,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,019,146.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DGWXH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,006,855.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCNQJF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,952,000.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGF7145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,934,120.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01STBY290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,918,977.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SPCCZB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,912,944.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCJ2P69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,773,055.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYXHF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,600,204.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMC5L41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,568,263.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9RYR28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,367,704.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SRL4729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,173,699.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXVF0L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,109,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,163,663.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asb Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y257G61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,144,458.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQXB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,142,521.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2L6NN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,128,707.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT2BL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,090,494.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLS389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,917,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,087,903.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYN3X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,079,443.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF5RH29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,074,694.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYN3T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,065,501.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Motor Credit Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WRJY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,054,735.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S5KVGT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,974,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,046,585.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2L6NS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,044,333.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y63DZG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,043,448.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Honda Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0X05W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,042,492.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N3849L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,031,316.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woori Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZQNBQN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,030,322.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S18XM85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,019,605.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nonghyup Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRK37Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,018,033.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PST09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,972,348.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XJ04BH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,967,922.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skandinaviska Enskilda Banken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WXNL6F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,964,594.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRCZ2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,958,432.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYVYN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,958,216.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT11PH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,952,907.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFVR87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,950,707.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corebridge Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1QSR02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,943,909.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFY1H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,942,144.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4TZLZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,932,122.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVR3T91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,930,491.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Financial Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL36PD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,922,696.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDBRRR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,921,882.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massmutual Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WBZKX94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,540,763.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ76F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,239,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,270,122.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MFNSP89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,908,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,961,543.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015DGBNN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,898,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,947,271.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVGZ0M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,945,864.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0RWJ90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,936,436.03</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WT06FW1</x:t>
   </x:si>
   <x:si>
-    <x:t>4.196</x:t>
-[...161 lines deleted...]
-    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+    <x:t>$5,918,902.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSG7ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,844,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,908,212.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC8BZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,906,130.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXRSYX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,903,391.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV5P9P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,795,695.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020D1NKL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,763,247.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP4LFP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,614,973.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT2BL37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,552,378.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bmw Us Capital Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJQMC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,528,471.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V5816L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,473,786.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVYTWJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,278,876.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WNHZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,145,346.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6W1ZH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,138,654.36</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZ7DN29</x:t>
   </x:si>
   <x:si>
     <x:t>4.656</x:t>
   </x:si>
   <x:si>
-    <x:t>13,725,000</x:t>
-[...29 lines deleted...]
-    <x:t>BBG01Y7DPLR5</x:t>
+    <x:t>4,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,784,135.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YF5R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,756,961.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QW5F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,754,946.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMBZ910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,714,081.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKMKGD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,563,893.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ6HW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,543,438.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYSC89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,530,623.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFM9J35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,524,049.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYL585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,515,895.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2K1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,370,023.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercedes-Benz Finance North America Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZFZZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,326,108.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athene Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SNGXM56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,306,144.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19H016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,239,717.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Finance Usa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSHC6Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,035,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,118,638.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington National Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCYB6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,104,809.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Capital Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SY737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,092,113.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYQYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,075,959.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs Bank Usa/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MW4CKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,058,895.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protective Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2MH836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,052,397.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9W41J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,041,906.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0NR4C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,987,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,036,876.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Funding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4TYVK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,027,749.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLSSXD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,021,346.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THQNV14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,967,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,019,004.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PZ2H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,016,755.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLHSXD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,014,040.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTX6FW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,009,294.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackson National Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X58H969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,006,113.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2NLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,999,169.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYBW093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,993,083.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XV1PW83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,982,871.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PLJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,982,838.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZMZW34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,974,258.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRQB3S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,938,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,968,794.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0151CDD06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,961,798.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX42KR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,998.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V453T16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,247.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCGWM52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,954,400.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bank Na/Cincinnati Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYG2544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,953,132.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD8DDL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,952,774.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NXXHHZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,916,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,952,456.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ5DYR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,905,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,943,807.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ33D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,940,363.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015DFNVZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,932,300.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6B4969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,920,627.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1WHS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,880,287.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0QQCZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,871,927.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N58Z006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,794,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,846,837.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFNZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,825,901.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLS3GV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,769,954.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ663N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,735,809.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYLZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,688,618.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLS708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,669,364.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJWCKR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,664,737.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY3YJT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,585,920.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6W1ZL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,583,176.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2RRHF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,571,847.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Life Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VWNGHV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,561,456.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXLNYC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,536,717.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFQHZM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,523,465.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,523,311.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN5PD69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,522,404.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SR0SRW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,492,843.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC8TTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,398,544.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRLG383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,373,222.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0RG5G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,293,000.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKHMH56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,229,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,291,416.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1WHP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,259,953.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7NM3V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,245,979.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXBRR20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,206,705.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZFQ2N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,151,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,204,728.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNJ5716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,191,586.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F7DFM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,188,628.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea National Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWQ2NV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,185,198.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage Operating Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC1PNV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,182,560.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9C2893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,177,000.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7SJ8S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,175,976.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSHQTJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,168,678.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WTP6VL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,161,466.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR51Q87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,158,808.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMK9S18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,152,757.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSGHBG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,071,556.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZJ6NM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,068,109.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M6882P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,060,666.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HSS2CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,024,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,047,050.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2NXGK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,420.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY2L6Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,032,706.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG41KW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,019,054.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJQM49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,940,388.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1PZTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,938,755.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Co Of New York Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVQD2L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,885,621.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0LCN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,882,132.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2RRH79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,859,219.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG0ZP36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,849,615.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC28C70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,825,901.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Credit Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX48Q42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,817,646.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JK446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,810,404.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daimler Truck Finance North America Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC3MC16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,768,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,804,492.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MPH2F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,779,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,797,167.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZ7MD85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,785,647.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFYRH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,780,744.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V87DYX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,777,036.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federation Des Caisses Desjardins Du Qu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RW22R43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,771,048.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZW13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,743,750.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RW20YY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,739,427.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glaxosmithkline Capital Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ8W2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,735,211.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQT3S32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,700,635.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP8RRT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,679,147.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VHKCK45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,634,887.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG58Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,552,872.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F&amp;G Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F3H91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,545,462.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKH9GW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,542,330.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cargill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S66FGZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,541,974.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JPH6Z99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,538,901.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXBS3J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,532,482.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keb Hana Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWQY6C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,525,276.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Gas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR7PZC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,523,127.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Generation Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZF3M1J1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,522,557.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRSFQ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,514,069.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PZT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,903.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fifth Third Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYY7ZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,489,633.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hca Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCGSBV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,488,240.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4RK9Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,485,085.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7G0GD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,471,859.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W6NJTN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,467,415.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015ZB4VS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,463,189.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwestern Mutual Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WSZXDV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,457,450.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stellantis Financial Services Us Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5703D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,438,961.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132QTP32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,401,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,421,662.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J6KH4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,417,208.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Rural Utilities Cooperative Fi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNCN67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,416,558.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1T3CD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,411,775.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSWPWS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,407,950.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Principal Life Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMCHPS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,407,124.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLKRFZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,295.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0157YWGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,395,645.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RN0TZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,619.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1F4Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,150.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSGJYW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,375,778.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNHY9P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,374,827.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYFZB01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,374,053.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD8GDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,438.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K8YZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,216.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQWLH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,186.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CYRCD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,345,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,370,263.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKZ8C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,369,732.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LG6KYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,368,602.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013GLSTR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,361,876.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKFVF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,351,874.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJJF599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,339,016.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9RYR00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,337,712.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9CQ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,336,200.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZKGK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,334,879.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J686097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,318,245.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015QF66H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,317,256.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WQJX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,306,561.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFG4G20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,246,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,281,878.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JHZN70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,255,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,281,067.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2Y800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,280,676.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH9QLQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,241,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,276,961.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,274,652.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L92T4N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,269,920.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0103VHX05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,264,617.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TH9VG34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,264,250.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9J2B63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,921.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S67VK33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,203.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CBWZC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,719.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR543Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,548.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4563M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,234,502.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2FXNJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,229,086.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KYMKC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,225,471.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Funding Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YK7N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,221,905.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J97HYJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,214,594.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HQ2PVP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,194,611.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0139NJXY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,194,174.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LYHB4N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,190,084.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPLWK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,188,627.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KBN5RS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,187,145.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJXD6C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,187,011.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1VHY01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,184,876.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ6K9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,184,518.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N499B82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,160,168.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM0DX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,019,442.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VW7LJG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,125.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKRD20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,094.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLDYTJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,007,975.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHC66S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,891,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,911,888.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New Zealand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MZN5T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,892,857.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Securities Clearing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXP365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,882,284.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W26FDL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,063.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL1QJ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,357.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LYQ7CP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,825,907.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M1ML3M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,816,817.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sammons Financial Group Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WXPBDV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,811,840.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZKKV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,810,056.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZLXMZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,900.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKXB45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,788,188.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM3B86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,787,791.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9VWZH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,765,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,782,148.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J678WY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,776,369.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M43SPR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,774,494.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01198F4G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,748,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,769,706.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL1YRN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,765,514.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHBZJG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,764,991.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0104MWGZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,747,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,760,245.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFSR480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,727,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,524.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008H251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,161.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSKGTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,755,231.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ57NX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,742,941.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N38B656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,728,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,738,329.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N74DQD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,699,413.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC5S2G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,671,871.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BZ1ML3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,670,674.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M81RHZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,638,975.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N61GTP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,622,283.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,618,391.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG6D5H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,617,830.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJJ5ZQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,187.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK95Y88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,591,029.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5X2P13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,556,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,574,224.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6F76K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,567,210.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQT6JN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,562,101.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TFG0B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,560,927.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8G5KF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,560,827.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC6G820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,271.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015RKT5Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,552,599.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC4WYK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,542,712.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equitable America Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4RJW01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,305.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1Z1HJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,198.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Singapore Financing I Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LG605Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,444,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,554.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L54RQ56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,411,755.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ5ZG75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,327.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV8N3C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,372,142.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJHT4D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,405.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Bank/New York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3R0M72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,362,064.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Group Of America Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX40PW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,342,409.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L12PKZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,341,113.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J77122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,338,880.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5QCGS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,336,426.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMQB0H8</x:t>
   </x:si>
   <x:si>
     <x:t>4.665</x:t>
   </x:si>
   <x:si>
-    <x:t>13,800,000</x:t>
-[...3191 lines deleted...]
-    <x:t>BBG01QY2L6Q4</x:t>
+    <x:t>$1,334,513.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ML50M15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,332,803.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5BB2S3</x:t>
   </x:si>
   <x:si>
     <x:t>4.599</x:t>
   </x:si>
   <x:si>
-    <x:t>3,025,000</x:t>
-[...1190 lines deleted...]
-    <x:t>$2,013,402.01</x:t>
+    <x:t>1,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,330,718.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014FFF067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,312,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,319,248.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P51M368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,781.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Bank &amp; Trust Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYDK0Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,742.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8BKWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,210,477.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JH236T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,834.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2P0MB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,515.12</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G1H3M5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,975,000</x:t>
-[...44 lines deleted...]
-    <x:t>$1,889,034.02</x:t>
+    <x:t>$1,011,905.82</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia Power Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SJ20FF2</x:t>
   </x:si>
   <x:si>
     <x:t>3.957</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,888,643.17</x:t>
-[...275 lines deleted...]
-    <x:t>$1,635,500.25</x:t>
+    <x:t>$1,009,014.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG49DB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,539.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DMZJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,064.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012F5Q3X5</x:t>
   </x:si>
   <x:si>
     <x:t>4.275</x:t>
   </x:si>
   <x:si>
-    <x:t>1,600,000</x:t>
-[...233 lines deleted...]
-    <x:t>$1,337,858.05</x:t>
+    <x:t>$759,263.97</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Q5GR25</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,336,214.87</x:t>
-[...53 lines deleted...]
-    <x:t>$1,327,741.90</x:t>
+    <x:t>$758,191.38</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J0DKS4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,305,000</x:t>
-[...122 lines deleted...]
-    <x:t>$404,716.52</x:t>
+    <x:t>$758,038.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZF3N0M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,712.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01HQ3DRX6</x:t>
-[...8 lines deleted...]
-    <x:t>$250,983.40</x:t>
+    <x:t>BBG01ZF6ZJY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,128.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>1,870,164</x:t>
-[...2 lines deleted...]
-    <x:t>$1,870,163.77</x:t>
+    <x:t>1,347,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,735.32</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$605,605.82</x:t>
+    <x:t>$200,324.85</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -5950,56 +6010,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086b4c1210374916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8f30918e54dc496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d215c18ff134a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1604d05caec24223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcbad7b488c094fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ab2e91db79840ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L432"/>
+  <x:dimension ref="A1:L437"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -6228,16192 +6288,16382 @@
       <x:c r="B7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="I11" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="I14" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="I19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="H57" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K69" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="H81" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="I86" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="K86" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="F87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="H87" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="I91" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="I92" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="F92" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="I97" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J97" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="K105" s="1" t="s">
         <x:v>570</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="H106" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="F107" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G107" s="1" t="s">
+      <x:c r="I107" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J107" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="H107" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
+      <x:c r="I108" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="F108" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="H109" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
+      <x:c r="I111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="K111" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="H112" s="1" t="s">
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="I112" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J124" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="H124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="I126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="F126" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="I128" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J128" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="I128" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="F130" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="I136" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J136" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="I136" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
-      <x:c r="H139" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H170" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="H170" s="1" t="s">
+      <x:c r="I170" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J170" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="I170" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="D171" s="1" t="s">
+      <x:c r="E171" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="E171" s="1" t="s">
+      <x:c r="H171" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="F171" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
+      <x:c r="H172" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="E172" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
+      <x:c r="E173" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="E173" s="1" t="s">
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="F173" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G173" s="1" t="s">
+      <x:c r="H173" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="H173" s="1" t="s">
+      <x:c r="I173" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J173" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="I173" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="H174" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="H174" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="D175" s="1" t="s">
+      <x:c r="F175" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="E175" s="1" t="s">
+      <x:c r="H175" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="F175" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="E176" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="F176" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="H176" s="1" t="s">
+      <x:c r="I176" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J176" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="I176" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="C177" s="1" t="s">
+      <x:c r="D177" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
+      <x:c r="E177" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="E177" s="1" t="s">
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="F177" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G177" s="1" t="s">
+      <x:c r="H177" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="H177" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
+      <x:c r="F178" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="E178" s="1" t="s">
+      <x:c r="H178" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="F178" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G178" s="1" t="s">
+      <x:c r="I178" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J178" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="H178" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
+      <x:c r="E179" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="E179" s="1" t="s">
+      <x:c r="F179" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
         <x:v>926</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>922</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="H180" s="1" t="s">
         <x:v>932</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>933</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
+      <x:c r="E181" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="E181" s="1" t="s">
+      <x:c r="F181" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G181" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="F181" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G181" s="1" t="s">
+      <x:c r="H181" s="1" t="s">
         <x:v>937</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>938</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="E182" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>950</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>934</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="D187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="E187" s="1" t="s">
+      <x:c r="H187" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="F187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G187" s="1" t="s">
+      <x:c r="I187" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J187" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="H187" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D188" s="1" t="s">
+      <x:c r="E188" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="E188" s="1" t="s">
+      <x:c r="F188" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="H188" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="F188" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="E189" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="C189" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D189" s="1" t="s">
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
-      <x:c r="E189" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="C190" s="1" t="s">
+      <x:c r="H190" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
+      <x:c r="I190" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J190" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="C191" s="1" t="s">
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
+      <x:c r="H191" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="C192" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
+      <x:c r="H192" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="F192" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="C193" s="1" t="s">
+      <x:c r="E193" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
+      <x:c r="F193" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G193" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="E193" s="1" t="s">
+      <x:c r="H193" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="F193" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="C194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D194" s="1" t="s">
+      <x:c r="E194" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="E194" s="1" t="s">
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="H194" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="F194" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="F195" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G195" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="H195" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="E195" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="C196" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D196" s="1" t="s">
+      <x:c r="F196" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G196" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="E196" s="1" t="s">
+      <x:c r="H196" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="F196" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="H200" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
-      <x:c r="H200" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
-      <x:c r="E201" s="1" t="s">
+      <x:c r="F201" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G201" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
-      <x:c r="F201" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G201" s="1" t="s">
+      <x:c r="H201" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="H201" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
+      <x:c r="E202" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="E202" s="1" t="s">
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
-      <x:c r="F202" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="H203" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
+      <x:c r="H204" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="C205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="E205" s="1" t="s">
+      <x:c r="H205" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="F205" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="F206" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G206" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="H206" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="F207" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G207" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="H207" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="H208" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="I208" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J208" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="F209" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G209" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="D209" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="C214" s="1" t="s">
+      <x:c r="F214" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="H214" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="D214" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
+        <x:v>1079</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="F215" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="H215" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
-      <x:c r="E216" s="1" t="s">
+      <x:c r="F216" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="H216" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
-      <x:c r="F216" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
-      <x:c r="E217" s="1" t="s">
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="H217" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
-      <x:c r="F217" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
+      <x:c r="H218" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
-      <x:c r="F218" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="E219" s="1" t="s">
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
         <x:v>1099</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1032</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="H220" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="E221" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="H222" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="D222" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
+      <x:c r="F223" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
         <x:v>1112</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1032</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="F224" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G224" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="F224" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G224" s="1" t="s">
+      <x:c r="H224" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="H224" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
+      <x:c r="E225" s="1" t="s">
         <x:v>1120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>744</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G226" s="1" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="H226" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
-      <x:c r="F226" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G227" s="1" t="s">
+      <x:c r="H227" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
-      <x:c r="H227" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
+      <x:c r="E228" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
-      <x:c r="H228" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
         <x:v>1137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
+      <x:c r="E231" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
+      <x:c r="F231" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
         <x:v>1147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1143</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="F232" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="F232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G232" s="1" t="s">
+      <x:c r="H232" s="1" t="s">
         <x:v>1152</x:v>
       </x:c>
-      <x:c r="H232" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
-      <x:c r="D233" s="1" t="s">
+      <x:c r="E233" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="E233" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="H235" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="H235" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="E236" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
+      <x:c r="H236" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="F236" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="H237" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="E239" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="D242" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G242" s="1" t="s">
+      <x:c r="H242" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="I242" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J242" s="1" t="s">
         <x:v>1193</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1149</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="I248" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J248" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="I248" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="C255" s="1" t="s">
+      <x:c r="D255" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="D255" s="1" t="s">
+      <x:c r="E255" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="E255" s="1" t="s">
+      <x:c r="F255" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
         <x:v>1252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1238</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>1258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1175</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="D258" s="1" t="s">
+      <x:c r="E258" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="E258" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C259" s="1" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="C259" s="1" t="s">
+      <x:c r="E259" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F259" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G259" s="1" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="D259" s="1" t="s">
+      <x:c r="H259" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="E259" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="D260" s="1" t="s">
+      <x:c r="E260" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="E260" s="1" t="s">
+      <x:c r="F260" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="F260" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G260" s="1" t="s">
+      <x:c r="H260" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="H260" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="D261" s="1" t="s">
+      <x:c r="E261" s="1" t="s">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="E261" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="H261" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="H261" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="D262" s="1" t="s">
+      <x:c r="E262" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="E262" s="1" t="s">
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
         <x:v>1280</x:v>
       </x:c>
-      <x:c r="F262" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G262" s="1" t="s">
+      <x:c r="H262" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="H262" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
         <x:v>1283</x:v>
       </x:c>
-      <x:c r="D263" s="1" t="s">
+      <x:c r="F263" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G263" s="1" t="s">
         <x:v>1284</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1276</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="H264" s="1" t="s">
         <x:v>1289</x:v>
       </x:c>
-      <x:c r="H264" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="D265" s="1" t="s">
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
         <x:v>1292</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="F266" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G266" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
-      <x:c r="E266" s="1" t="s">
+      <x:c r="H266" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="F266" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G266" s="1" t="s">
+      <x:c r="I266" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J266" s="1" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="H266" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="D267" s="1" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="C267" s="1" t="s">
+      <x:c r="E267" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="D267" s="1" t="s">
+      <x:c r="F267" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G267" s="1" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="H267" s="1" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="E267" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E268" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="D268" s="1" t="s">
+      <x:c r="H268" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
-      <x:c r="E268" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
-      <x:c r="E269" s="1" t="s">
+      <x:c r="H269" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="F269" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C270" s="1" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
-      <x:c r="C270" s="1" t="s">
+      <x:c r="E270" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
+      <x:c r="H270" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="E270" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="F272" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="H272" s="1" t="s">
         <x:v>1323</x:v>
       </x:c>
-      <x:c r="D272" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="F273" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
-      <x:c r="D273" s="1" t="s">
+      <x:c r="H273" s="1" t="s">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="E273" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="F274" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G274" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
-      <x:c r="D274" s="1" t="s">
+      <x:c r="H274" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
-      <x:c r="E274" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="C275" s="1" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
-      <x:c r="C275" s="1" t="s">
+      <x:c r="E275" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
-      <x:c r="D275" s="1" t="s">
+      <x:c r="F275" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G275" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="E275" s="1" t="s">
+      <x:c r="H275" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
-      <x:c r="F275" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C276" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="D276" s="1" t="s">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="F276" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G276" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="C276" s="1" t="s">
+      <x:c r="H276" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
-      <x:c r="D276" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
-      <x:c r="C279" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="E280" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="H280" s="1" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="D280" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
-      <x:c r="C281" s="1" t="s">
+      <x:c r="H281" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="D283" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="E283" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="F283" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G283" s="1" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="H283" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="D283" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="E284" s="1" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="H284" s="1" t="s">
         <x:v>1378</x:v>
       </x:c>
-      <x:c r="E284" s="1" t="s">
+      <x:c r="I284" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J284" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="F284" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="D285" s="1" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="E285" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F285" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G285" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
-      <x:c r="C285" s="1" t="s">
+      <x:c r="H285" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="D285" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="D287" s="1" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="E287" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="F287" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G287" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="H287" s="1" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="D287" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D288" s="1" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="E288" s="1" t="s">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="F288" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G288" s="1" t="s">
         <x:v>1396</x:v>
       </x:c>
-      <x:c r="C288" s="1" t="s">
+      <x:c r="H288" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="D288" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="D289" s="1" t="s">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="C289" s="1" t="s">
+      <x:c r="E289" s="1" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="F289" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G289" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="H289" s="1" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="D289" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
         <x:v>1405</x:v>
       </x:c>
-      <x:c r="C290" s="1" t="s">
+      <x:c r="F290" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G290" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="H290" s="1" t="s">
         <x:v>1406</x:v>
       </x:c>
-      <x:c r="D290" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
-      <x:c r="C291" s="1" t="s">
+      <x:c r="E291" s="1" t="s">
         <x:v>1410</x:v>
       </x:c>
-      <x:c r="D291" s="1" t="s">
+      <x:c r="F291" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G291" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H291" s="1" t="s">
         <x:v>1411</x:v>
       </x:c>
-      <x:c r="E291" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="F292" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G292" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H292" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
-      <x:c r="C292" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
-      <x:c r="C293" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="E294" s="1" t="s">
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H294" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="F294" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
         <x:v>1425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1180</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="F295" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G295" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H295" s="1" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="F295" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="C296" s="1" t="s">
+      <x:c r="E296" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="H296" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="D296" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="E297" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
-      <x:c r="E297" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="E299" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="F299" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G299" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="E299" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="I307" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J307" s="1" t="s">
         <x:v>1470</x:v>
       </x:c>
-      <x:c r="C307" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="F310" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G310" s="1" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="F310" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F328" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G328" s="1" t="s">
         <x:v>1550</x:v>
       </x:c>
-      <x:c r="F328" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
         <x:v>1627</x:v>
       </x:c>
-      <x:c r="D347" s="1" t="s">
+      <x:c r="E347" s="1" t="s">
         <x:v>1628</x:v>
       </x:c>
-      <x:c r="E347" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="E357" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F357" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G357" s="1" t="s">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="H357" s="1" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="I357" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J357" s="1" t="s">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="E357" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
+        <x:v>1703</x:v>
+      </x:c>
+      <x:c r="H365" s="1" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="I365" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J365" s="1" t="s">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H365" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
+        <x:v>1707</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
         <x:v>1703</x:v>
       </x:c>
-      <x:c r="E366" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G366" s="1" t="s">
+      <x:c r="H366" s="1" t="s">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="I366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J366" s="1" t="s">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H366" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="I367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J367" s="1" t="s">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="H367" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="E369" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F369" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G369" s="1" t="s">
         <x:v>1715</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1717</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="D370" s="1" t="s">
         <x:v>1719</x:v>
       </x:c>
-      <x:c r="D370" s="1" t="s">
+      <x:c r="E370" s="1" t="s">
         <x:v>1720</x:v>
       </x:c>
-      <x:c r="E370" s="1" t="s">
+      <x:c r="F370" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G370" s="1" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="H370" s="1" t="s">
         <x:v>1721</x:v>
       </x:c>
-      <x:c r="F370" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
         <x:v>1724</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
+      <x:c r="E371" s="1" t="s">
         <x:v>1725</x:v>
       </x:c>
-      <x:c r="E371" s="1" t="s">
+      <x:c r="F371" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G371" s="1" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="H371" s="1" t="s">
         <x:v>1726</x:v>
       </x:c>
-      <x:c r="F371" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="H373" s="1" t="s">
         <x:v>1734</x:v>
       </x:c>
-      <x:c r="H373" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
         <x:v>1778</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
         <x:v>1797</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="F390" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G390" s="1" t="s">
+        <x:v>1794</x:v>
+      </x:c>
+      <x:c r="H390" s="1" t="s">
         <x:v>1798</x:v>
       </x:c>
-      <x:c r="F390" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="D391" s="1" t="s">
+        <x:v>1800</x:v>
+      </x:c>
+      <x:c r="E391" s="1" t="s">
         <x:v>1801</x:v>
       </x:c>
-      <x:c r="D391" s="1" t="s">
+      <x:c r="F391" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G391" s="1" t="s">
         <x:v>1802</x:v>
       </x:c>
-      <x:c r="E391" s="1" t="s">
+      <x:c r="H391" s="1" t="s">
         <x:v>1803</x:v>
       </x:c>
-      <x:c r="F391" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="D392" s="1" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="E392" s="1" t="s">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="F392" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G392" s="1" t="s">
         <x:v>1806</x:v>
       </x:c>
-      <x:c r="D392" s="1" t="s">
+      <x:c r="H392" s="1" t="s">
         <x:v>1807</x:v>
       </x:c>
-      <x:c r="E392" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="D393" s="1" t="s">
         <x:v>1809</x:v>
       </x:c>
-      <x:c r="D393" s="1" t="s">
+      <x:c r="E393" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F393" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G393" s="1" t="s">
         <x:v>1810</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1804</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
+        <x:v>1806</x:v>
+      </x:c>
+      <x:c r="H394" s="1" t="s">
         <x:v>1814</x:v>
       </x:c>
-      <x:c r="H394" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="D395" s="1" t="s">
         <x:v>1816</x:v>
       </x:c>
-      <x:c r="D395" s="1" t="s">
+      <x:c r="E395" s="1" t="s">
         <x:v>1817</x:v>
       </x:c>
-      <x:c r="E395" s="1" t="s">
+      <x:c r="F395" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G395" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
-      <x:c r="F395" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G395" s="1" t="s">
+      <x:c r="H395" s="1" t="s">
         <x:v>1819</x:v>
       </x:c>
-      <x:c r="H395" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="D396" s="1" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="E396" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
-      <x:c r="D396" s="1" t="s">
+      <x:c r="F396" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G396" s="1" t="s">
+        <x:v>1818</x:v>
+      </x:c>
+      <x:c r="H396" s="1" t="s">
         <x:v>1822</x:v>
       </x:c>
-      <x:c r="E396" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="D397" s="1" t="s">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="E397" s="1" t="s">
         <x:v>1825</x:v>
       </x:c>
-      <x:c r="D397" s="1" t="s">
+      <x:c r="F397" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G397" s="1" t="s">
         <x:v>1826</x:v>
       </x:c>
-      <x:c r="E397" s="1" t="s">
+      <x:c r="H397" s="1" t="s">
         <x:v>1827</x:v>
       </x:c>
-      <x:c r="F397" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
+        <x:v>1828</x:v>
+      </x:c>
+      <x:c r="D398" s="1" t="s">
+        <x:v>1829</x:v>
+      </x:c>
+      <x:c r="E398" s="1" t="s">
         <x:v>1830</x:v>
       </x:c>
-      <x:c r="D398" s="1" t="s">
+      <x:c r="F398" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G398" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
-      <x:c r="E398" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G398" s="1" t="s">
+      <x:c r="H398" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
-      <x:c r="H398" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="E399" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
-      <x:c r="E399" s="1" t="s">
+      <x:c r="F399" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G399" s="1" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="H399" s="1" t="s">
         <x:v>1835</x:v>
       </x:c>
-      <x:c r="F399" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="D400" s="1" t="s">
         <x:v>1837</x:v>
       </x:c>
-      <x:c r="D400" s="1" t="s">
+      <x:c r="E400" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="F400" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G400" s="1" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="H400" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
-      <x:c r="E400" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D401" s="1" t="s">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="E401" s="1" t="s">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="F401" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G401" s="1" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="H401" s="1" t="s">
         <x:v>1841</x:v>
       </x:c>
-      <x:c r="D401" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
+        <x:v>1842</x:v>
+      </x:c>
+      <x:c r="D402" s="1" t="s">
+        <x:v>1843</x:v>
+      </x:c>
+      <x:c r="E402" s="1" t="s">
+        <x:v>1844</x:v>
+      </x:c>
+      <x:c r="F402" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G402" s="1" t="s">
         <x:v>1845</x:v>
       </x:c>
-      <x:c r="D402" s="1" t="s">
+      <x:c r="H402" s="1" t="s">
         <x:v>1846</x:v>
       </x:c>
-      <x:c r="E402" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C403" s="1" t="s">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="D403" s="1" t="s">
         <x:v>1848</x:v>
       </x:c>
-      <x:c r="C403" s="1" t="s">
+      <x:c r="E403" s="1" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="F403" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G403" s="1" t="s">
         <x:v>1849</x:v>
       </x:c>
-      <x:c r="D403" s="1" t="s">
+      <x:c r="H403" s="1" t="s">
         <x:v>1850</x:v>
       </x:c>
-      <x:c r="E403" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="C404" s="1" t="s">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="D404" s="1" t="s">
+        <x:v>1852</x:v>
+      </x:c>
+      <x:c r="E404" s="1" t="s">
         <x:v>1853</x:v>
       </x:c>
-      <x:c r="C404" s="1" t="s">
+      <x:c r="F404" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G404" s="1" t="s">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="H404" s="1" t="s">
         <x:v>1854</x:v>
       </x:c>
-      <x:c r="D404" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="C405" s="1" t="s">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="D405" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="E405" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="F405" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G405" s="1" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="H405" s="1" t="s">
         <x:v>1858</x:v>
       </x:c>
-      <x:c r="C405" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="E406" s="1" t="s">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="F406" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G406" s="1" t="s">
         <x:v>1863</x:v>
       </x:c>
-      <x:c r="E406" s="1" t="s">
+      <x:c r="H406" s="1" t="s">
         <x:v>1864</x:v>
       </x:c>
-      <x:c r="F406" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="C410" s="1" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="D410" s="1" t="s">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="E410" s="1" t="s">
         <x:v>1879</x:v>
       </x:c>
-      <x:c r="C410" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D410" s="1" t="s">
+      <x:c r="F410" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G410" s="1" t="s">
         <x:v>1880</x:v>
       </x:c>
-      <x:c r="E410" s="1" t="s">
+      <x:c r="H410" s="1" t="s">
         <x:v>1881</x:v>
       </x:c>
-      <x:c r="F410" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="D411" s="1" t="s">
+        <x:v>1882</x:v>
+      </x:c>
+      <x:c r="E411" s="1" t="s">
         <x:v>1883</x:v>
       </x:c>
-      <x:c r="D411" s="1" t="s">
+      <x:c r="F411" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G411" s="1" t="s">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="H411" s="1" t="s">
         <x:v>1884</x:v>
       </x:c>
-      <x:c r="E411" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
+        <x:v>1923</x:v>
+      </x:c>
+      <x:c r="E422" s="1" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="F422" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G422" s="1" t="s">
         <x:v>1919</x:v>
       </x:c>
-      <x:c r="E422" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="E425" s="1" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="F425" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G425" s="1" t="s">
         <x:v>1932</x:v>
       </x:c>
-      <x:c r="E425" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="D426" s="1" t="s">
+        <x:v>1940</x:v>
+      </x:c>
+      <x:c r="E426" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F426" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G426" s="1" t="s">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="H426" s="1" t="s">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="I426" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J426" s="1" t="s">
         <x:v>1934</x:v>
       </x:c>
-      <x:c r="D426" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C430" s="1" t="s">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="D430" s="1" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="E430" s="1" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="F430" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G430" s="1" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="H430" s="1" t="s">
+        <x:v>1957</x:v>
+      </x:c>
+      <x:c r="I430" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J430" s="1" t="s">
         <x:v>1953</x:v>
       </x:c>
-      <x:c r="C430" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A432" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B432" s="2" t="s">
+      <x:c r="A432" s="1">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="B432" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C432" s="1" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="D432" s="1" t="s">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="F432" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G432" s="1" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="H432" s="1" t="s">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="I432" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J432" s="1" t="s">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="K432" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="L432" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A433" s="1">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B433" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C433" s="1" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="D433" s="1" t="s">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="E433" s="1" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="F433" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G433" s="1" t="s">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="H433" s="1" t="s">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="I433" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J433" s="1" t="s">
+        <x:v>1968</x:v>
+      </x:c>
+      <x:c r="K433" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="L433" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A434" s="1">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="B434" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="C434" s="1" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="D434" s="1" t="s">
+        <x:v>1969</x:v>
+      </x:c>
+      <x:c r="E434" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F434" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G434" s="1" t="s">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="H434" s="1" t="s">
+        <x:v>1971</x:v>
+      </x:c>
+      <x:c r="I434" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J434" s="1" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="K434" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="L434" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A435" s="1">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B435" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="C435" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D435" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="E435" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F435" s="1" t="s">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="G435" s="1" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="H435" s="1" t="s">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="I435" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J435" s="1" t="s">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="K435" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="L435" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A436" s="1">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="B436" s="1" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="C436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F436" s="1" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="G436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H436" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="I436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J436" s="1" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="K436" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L436" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A437" s="2" t="s">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="B437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C432" s="2" t="s">
+      <x:c r="C437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D432" s="2" t="s">
+      <x:c r="D437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E432" s="2" t="s">
+      <x:c r="E437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F432" s="2" t="s">
+      <x:c r="F437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G432" s="2" t="s">
+      <x:c r="G437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H432" s="2" t="s">
+      <x:c r="H437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I432" s="2" t="s">
+      <x:c r="I437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J432" s="2" t="s">
+      <x:c r="J437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K432" s="2" t="s">
+      <x:c r="K437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L432" s="2" t="s">
+      <x:c r="L437" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A432:L432"/>
+    <x:mergeCell ref="A437:L437"/>
   </x:mergeCells>
 </x:worksheet>
 </file>