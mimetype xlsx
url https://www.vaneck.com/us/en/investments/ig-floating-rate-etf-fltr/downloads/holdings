--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,5988 +1,5895 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red737b5c4bbc40bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc5462e51524ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLTR_asof_20260305" sheetId="1" r:id="R1ab2e91db79840ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLTR_asof_20260326" sheetId="1" r:id="R40735ecf5f704d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4811" uniqueCount="1981">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4778" uniqueCount="1950">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Bank Of Australia</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SPCCZJ2</x:t>
   </x:si>
   <x:si>
+    <x:t>4.477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,833,791.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW9QYS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,580,985.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Trust Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMSWB01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,727,557.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Ufj Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0R1KF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,425,982.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVF5JW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,639,466.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia &amp; New Zealand Banking Group L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6F76M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,748,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,980,627.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMQ5CV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,443,163.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novartis Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBKC986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,933,782.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRXZ777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,631,389.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVPB8F9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,459,730.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFY405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,956,538.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of America Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVSC7K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,930,713.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Express Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8X4QF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,895,073.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SK2GHJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,809,657.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH517K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,782,231.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizuho Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS9NLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,740,930.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFMF3L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,722,944.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac New Zealand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRKFY79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,703,867.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Zealand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV6JPZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,453,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,599,623.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVZTJK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,582,618.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SK2GGS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,457,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,575,584.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV1X1Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,536,598.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citigroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJW05D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,400,992.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley Private Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W6RQDZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,400,519.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXV8JS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,296,218.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Groep Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX25XF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,295,568.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF48CT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,398,766.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Switzerland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR7VFL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,509,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,834,948.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNK2TK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,481,268.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFRS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,335,186.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008Q3B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,168,192.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morgan Stanley Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2Q51H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,557,547.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Markets Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8G31J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,246,429.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFY0Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,972,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,105,744.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFMCDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,922,772.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Electric Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y7DPLR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,889,437.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Korea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R2ST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,279,621.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Financial Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YGN3JR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,092,013.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NLCD8X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,451,322.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMH1XV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,370,245.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THJ1DP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,304,494.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TH8RTT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,243,246.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cooperatieve Rabobank Ua/Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q77SZ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,182,817.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THQFTQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,181,471.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWZ03X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,173,015.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQRX8S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,172,381.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0200517L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,160,611.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWZCW54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,160,560.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ntt Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYBW0C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,122,895.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0204QFB68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,995,548.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citibank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V58WMZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,956,495.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbs Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01STBY2D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,827,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,906,671.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,869,881.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Truist Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8XF787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,848,225.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FD7Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,826,618.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP27544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,821,552.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRW8HN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,813,519.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y7DNTF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,810,709.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL30DC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,810,392.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV9K324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,788,258.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02022R3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,787,287.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PLJN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,775,956.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK2JD50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,761,026.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRW8HJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,750,478.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDBRLD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,745,640.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHX5YM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,735,008.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0200YB429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,731,045.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz New Zealand Int'L Ltd/London</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKQSNV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,728,544.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKQSP23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,710,025.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZQVQ67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,699,540.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV1X1R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,699,352.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV6C4X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,697,918.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVZG5V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,693,081.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH03454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,672,883.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q9SL5N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,645,897.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFPN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,627,867.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNGFSV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,622,743.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008SYQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,561,975.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y64P7V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,544,004.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abn Amro Bank Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0HBJ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,535,012.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZG9JT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,531,979.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MFNV687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,389,555.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hartford Insurance Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQP2T04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,208,807.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DGXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,075,254.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZY04ZR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,990,959.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Capital America</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1PZV56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,843,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,954,632.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFCG0Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,347,160.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFT3S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,047,792.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQHX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,934,711.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRDNXG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,648,641.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP8S930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,637,699.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordea Bank Abp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV31RF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,579,319.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TS3NQ50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,576,739.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPLX95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,508,327.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMBZ983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,500,213.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YKRD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,475,868.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YF7J7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,335,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,456,682.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santander Uk Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9W1PN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,439,282.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQJ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,434,468.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG41LF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,431,394.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TMM5F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,424,844.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santander Holdings Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJJ5F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,411,661.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T2MN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,395,210.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYXHF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,361,616.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDZGXN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,186,480.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JF5N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,762,287.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QSG2DL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,514,139.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX42M01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,408,946.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,395,374.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell Finance Us Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBKPNN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,346,704.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Federative Du Credit Mutuel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR8CTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,164,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,308,800.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYQXB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,216,387.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F33ZQ28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,904,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,046,353.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020DGWXH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,020,197.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MGF2275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,005,304.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NTC30B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,982,134.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB4N1W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,950,061.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCNQJF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,920,702.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGF7145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,859,277.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01STBY290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,853,363.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SPCCZB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,838,910.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCJ2P69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,557,466.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYN3T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,463,642.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SRL4729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,326,148.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N3849L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,302,026.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9RYR28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,278,868.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2L6NN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,196,292.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asb Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y257G61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,192,485.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nationwide Building Society</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XJ04BH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,172,262.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corebridge Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1QSR02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,119,975.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2L6NS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,116,143.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT2BL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,111,936.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Financial Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL36PD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,092,437.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nonghyup Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRK37Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,082,310.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDYN3X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,074,219.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXVF0L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,009,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,068,301.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXFY1H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,067,729.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLS389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,967,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,065,782.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFVR87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,062,780.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S18XM85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,059,932.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMC5L41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,052,818.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYVYN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,052,627.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woori Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZQNBQN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,048,855.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDBRRR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,048,266.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PST09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,047,919.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4TZLZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,042,032.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S5KVGT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,974,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,038,648.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT11PH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,034,993.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y63DZG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,033,236.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skandinaviska Enskilda Banken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WXNL6F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,030,967.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF5RH29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,983,665.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Financial Services Group Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRCZ2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,971,062.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVR3T91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,942,505.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Motor Credit Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WRJY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,799,832.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020D1NKL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,561,778.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Honda Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0X05W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,534,309.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ76F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,289,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,317,850.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVGZ0M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,055,079.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massmutual Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WBZKX94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,050,054.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eli Lilly &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT06FW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,010,579.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MFNSP89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,908,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,976,603.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015DGBNN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,898,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,967,760.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC8BZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,931,532.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXRSYX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,909,280.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSG7ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,844,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,905,391.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0RWJ90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,873,987.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZVYTWJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,834,904.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP4LFP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,688,733.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT2BL37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,558,001.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V5816L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,487,477.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bmw Us Capital Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJQMC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,470,812.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKYSC89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,238,591.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV5P9P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,198,340.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6W1ZH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,144,146.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WNHZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,094,879.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZ7DN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,794,562.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMBZ910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,758,613.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YF5R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,738,443.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QW5F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,710,731.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFM9J35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,555,237.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZFQHZM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,549,891.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ6HW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,530,119.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKMKGD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,517,373.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYL585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,512,114.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19H016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,449,031.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercedes-Benz Finance North America Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZFZZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,385,553.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athene Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SNGXM56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,359,410.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2K1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,328,003.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0LCN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,144,401.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLHSXD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,128,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,137,430.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington National Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCYB6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,115,728.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Capital Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SY737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,082,279.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Finance Usa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSHC6Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,035,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,067,165.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>John Deere Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYQYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,066,146.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ33D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,044,746.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THQNV14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,967,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,026,500.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLSSXD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,020,973.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Funding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4TYVK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,019,684.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0NR4C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,962,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,017,822.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protective Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2MH836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,017,317.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PZ2H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,015,348.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ5DYR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,955,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,991,187.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYBW093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,989,092.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XV1PW83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,986,625.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZMZW34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,981,964.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PLJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,977,423.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRQB3S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,938,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,975,058.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0151CDD06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,965,971.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015DFNVZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,962,539.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTX6FW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,962,160.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bank Na/Cincinnati Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD8DDL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,118.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYG2544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,959,921.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackson National Life Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X58H969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,956,780.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9W41J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,953,412.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2NLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,952,231.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NXXHHZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,916,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,950,613.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V453T16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,946,351.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX42KR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,918,618.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6B4969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,917,911.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCGWM52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,917,070.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1WHS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,868,020.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs Bank Usa/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MW4CKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,867,510.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N58Z006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,830,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,848,978.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFNZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,826,574.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXLNYC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,744,179.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ663N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,738,982.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYLZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,694,131.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJWCKR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,667,849.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0QQCZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,628,104.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6W1ZL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,591,015.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2RRHF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,576,526.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Life Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VWNGHV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,563,262.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLS708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,543,894.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,533,119.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN5PD69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,518,639.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1WHP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,516,262.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SR0SRW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,453,650.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKHMH56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,379,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,409,408.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRLG383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,377,930.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC8TTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,364,628.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage Operating Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC1PNV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,331,618.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG41KW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,280,142.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0RG5G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,258,574.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZFQ2N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,151,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,209,186.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSGHBG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,203,407.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Life Global Funding I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WTP6VL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,196,152.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNJ5716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,195,429.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea National Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWQ2NV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,193,110.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M6882P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,188,269.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMK9S18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,180,211.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9C2893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,179,776.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HSS2CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,149,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,176,678.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXBRR20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,173,626.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY2L6Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,161,435.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR51Q87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,153,271.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7SJ8S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,138,942.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSHQTJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,134,915.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8G5KF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,070,682.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLS3GV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,004,549.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2NXGK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,001,634.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2RRH79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,960,925.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1PZTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,911,592.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWJQM49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,910,728.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLDYTJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,909,960.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Co Of New York Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVQD2L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,883,852.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federation Des Caisses Desjardins Du Qu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RW22R43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,873,842.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG0ZP36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,847,200.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC28C70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,824,779.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZJ6NM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,818,514.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MPH2F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,779,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,803,038.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JK446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,785,470.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZ7MD85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,781,162.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMFYRH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,780,922.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsbc Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V87DYX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,773,054.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHBZJG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,772,874.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Credit Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX48Q42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,758,458.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daimler Truck Finance North America Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC3MC16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,743,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,751,869.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RW20YY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,744,586.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glaxosmithkline Capital Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ8W2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,734,548.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VHKCK45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,734,097.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZW13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,719,251.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQT3S32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,705,687.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP8RRT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,674,535.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bpce Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JPH6Z99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,545,519.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marsh &amp; Mclennan Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKH9GW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,363.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cargill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S66FGZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,539,662.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG58Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,159.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Korea Gas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR7PZC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,529,797.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keb Hana Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWQY6C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,529,085.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Generation Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZF3M1J1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,519,727.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hca Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCGSBV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,514,844.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F&amp;G Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F3H91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,514,519.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRSFQ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,514,092.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1T3CD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,922.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PZT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,505,218.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXBS3J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,503,419.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fifth Third Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYY7ZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,495,014.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7G0GD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,474,389.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Principal Life Global Funding Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMCHPS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,458,040.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwestern Mutual Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WSZXDV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,457,764.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4RK9Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,452,576.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015ZB4VS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,433,906.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132QTP32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,401,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,426,772.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSWPWS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,415,926.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLKRFZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,410,254.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F7DFM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,404,909.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stellantis Financial Services Us Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5703D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,403,395.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RN0TZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,999.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pnc Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W6NJTN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,475.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQWLH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,412.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0157YWGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,397,635.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1F4Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,397,213.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013GLSTR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,241.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9CQ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,385,429.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKFVF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,381,293.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNHY9P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,376,504.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYFZB01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,375,861.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NSGJYW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,375,851.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD8GDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,374,559.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CYRCD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,345,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,373,052.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKZ8C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,050.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1VHY01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,367,966.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LG6KYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,364,423.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ6K9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,363,051.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9RYR00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,360,649.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K8YZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,352,563.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomura Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJJF599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,344,699.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7NM3V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,338,909.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015QF66H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,318,459.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR543Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,306,904.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KYMKC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,895.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Funding Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YK7N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,302,713.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HQ2PVP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,298,575.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPLWK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,292,282.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J686097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,292,158.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJXD6C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,287,903.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZKGK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,284,636.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0WQJX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,282,264.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH9QLQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,241,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,278,681.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,278,433.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L92T4N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,274,818.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0139NJXY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,255,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,273,170.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0103VHX05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,269,972.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TH9VG34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,269,070.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LYHB4N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,268,221.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KBN5RS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,267,060.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S67VK33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,263,186.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wells Fargo Bank Na</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFG4G20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,246,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,262,594.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9J2B63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,262,526.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CBWZC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,260,504.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JHZN70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,258,652.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2Y800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,258,208.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4563M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,236,638.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2FXNJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,206,787.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J97HYJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,189,379.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N499B82</x:t>
+  </x:si>
+  <x:si>
     <x:t>4.487</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...653 lines deleted...]
-    <x:t>BBG01X4R2ST7</x:t>
+    <x:t>2,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,060,817.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VW7LJG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,578.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKRD20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,019,647.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM0DX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,828.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Rural Utilities Cooperative Fi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNCN67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,407.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New Zealand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MZN5T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,894,819.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Securities Clearing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXP365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,886,886.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W26FDL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,183.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL1YRN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,843,173.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM3B86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,840,802.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N38B656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,828,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,839,597.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0104MWGZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,822,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,839,555.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZKKV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,817,510.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sammons Financial Group Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WXPBDV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,814,030.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZLXMZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,810,120.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL1QJ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,486.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LYQ7CP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,392.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M43SPR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,803,895.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKXB45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,791,733.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9VWZH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,765,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,783,561.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008H251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,760,602.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J678WY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,759,588.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSKGTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,759,424.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2P0MB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,754,495.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01198F4G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,748,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,753,770.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ57NX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,746,396.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFSR480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,727,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,740,990.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J6KH4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,714,418.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC5S2G3</x:t>
   </x:si>
   <x:si>
     <x:t>4.557</x:t>
   </x:si>
   <x:si>
-    <x:t>13,100,000</x:t>
-[...3131 lines deleted...]
-    <x:t>BBG01X2NXGK9</x:t>
+    <x:t>$1,707,317.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N74DQD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,685,180.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BZ1ML3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,654,369.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M81RHZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,641,028.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG6D5H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,614,645.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC6G820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,613,097.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TFG0B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,611,234.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQT6JN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,611,159.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N61GTP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,606,085.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,605,681.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6F76K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,604,491.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJJ5ZQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,599,597.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK95Y88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,594,850.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5X2P13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,556,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,579,103.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC4WYK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,544,254.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015RKT5Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,195.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equitable America Global Funding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4RJW01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,505,119.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1Z1HJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,782.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Singapore Financing I Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LG605Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,444,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,454,622.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L54RQ56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,414,041.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ5ZG75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,393,858.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L12PKZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,393,411.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J77122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,187.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5QCGS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,824.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5BB2S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,384,542.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Bank &amp; Trust Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYDK0Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,380,440.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV8N3C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,373,749.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJHT4D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,744.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Bank/New York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3R0M72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,364,342.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZF3N0M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,074.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMQB0H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,337,244.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ML50M15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,335,783.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volkswagen Group Of America Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX40PW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,330,264.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014FFF067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,312,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,316,102.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P51M368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,311,285.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG49DB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,027.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8BKWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,641.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JH236T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,718.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G1H3M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,661.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ20FF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$999,826.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Q5GR25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,405.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F5Q3X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,658.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DMZJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,507.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J0DKS4</x:t>
   </x:si>
   <x:si>
     <x:t>4.277</x:t>
   </x:si>
   <x:si>
-    <x:t>3,000,000</x:t>
-[...2051 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$752,080.67</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZF6ZJY4</x:t>
   </x:si>
   <x:si>
-    <x:t>350,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,610.86</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>1,347,735</x:t>
-[...2 lines deleted...]
-    <x:t>$1,347,735.32</x:t>
+    <x:t>11,363,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,363,580.55</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$200,324.85</x:t>
+    <x:t>$76,596.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -6010,56 +5917,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1604d05caec24223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcbad7b488c094fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ab2e91db79840ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d7e04f1c384814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra56bca099f1243c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40735ecf5f704d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L437"/>
+  <x:dimension ref="A1:L434"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -6288,16382 +6195,16268 @@
       <x:c r="B7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="K21" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="K29" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="I45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="I60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="F87" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="H94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="F112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="I117" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>662</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="F123" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="I126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="H129" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="I135" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J135" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="I163" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J163" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="H163" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="I174" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J174" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="I174" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="H177" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="I177" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J177" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="E177" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="E180" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="F180" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G180" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="E180" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H180" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="I180" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J180" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="I180" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="I185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J185" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F186" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G186" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F193" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G193" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="F193" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G193" s="1" t="s">
+      <x:c r="H193" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="H193" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
         <x:v>993</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>968</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
         <x:v>995</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>991</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="E201" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F201" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G201" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="H201" s="1" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="I201" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J201" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="H218" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="H218" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="E219" s="1" t="s">
+      <x:c r="H219" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="F219" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
-      <x:c r="E220" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
-      <x:c r="E221" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="H223" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="H223" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
+      <x:c r="E224" s="1" t="s">
         <x:v>1115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1047</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="H225" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="H225" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
+      <x:c r="E226" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G226" s="1" t="s">
         <x:v>1124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1112</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="H227" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
-      <x:c r="H227" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
+      <x:c r="E228" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
-      <x:c r="F228" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G228" s="1" t="s">
+      <x:c r="I228" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J228" s="1" t="s">
         <x:v>1133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1053</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
-      <x:c r="C229" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="E229" s="1" t="s">
+      <x:c r="F229" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
         <x:v>1137</x:v>
       </x:c>
-      <x:c r="F229" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G229" s="1" t="s">
+      <x:c r="H229" s="1" t="s">
         <x:v>1138</x:v>
       </x:c>
-      <x:c r="H229" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>1141</x:v>
       </x:c>
-      <x:c r="D230" s="1" t="s">
+      <x:c r="F230" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G230" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
-      <x:c r="E230" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G230" s="1" t="s">
+      <x:c r="H230" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
-      <x:c r="H230" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
+      <x:c r="F231" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="F231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G231" s="1" t="s">
+      <x:c r="H231" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
-      <x:c r="H231" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
-      <x:c r="D232" s="1" t="s">
+      <x:c r="E232" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="F232" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
-      <x:c r="E232" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G232" s="1" t="s">
+      <x:c r="H232" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="H232" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
-      <x:c r="D233" s="1" t="s">
+      <x:c r="E233" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="F233" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G233" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
-      <x:c r="E233" s="1" t="s">
+      <x:c r="H233" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="F233" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="E234" s="1" t="s">
+      <x:c r="F234" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G234" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
-      <x:c r="F234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G234" s="1" t="s">
+      <x:c r="H234" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="H234" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="C235" s="1" t="s">
+      <x:c r="D235" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="D235" s="1" t="s">
+      <x:c r="E235" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F235" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G235" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="H235" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="E235" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="E236" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G236" s="1" t="s">
+      <x:c r="H236" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="H236" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="C238" s="1" t="s">
+      <x:c r="D238" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="D238" s="1" t="s">
+      <x:c r="E238" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="E238" s="1" t="s">
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="H238" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
-      <x:c r="F238" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
-      <x:c r="E239" s="1" t="s">
+      <x:c r="F239" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G239" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="H239" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="F239" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
+      <x:c r="E240" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
-      <x:c r="E240" s="1" t="s">
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
-      <x:c r="F240" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G240" s="1" t="s">
+      <x:c r="H240" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="H240" s="1" t="s">
+      <x:c r="I240" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J240" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
-      <x:c r="I240" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
-      <x:c r="D241" s="1" t="s">
+      <x:c r="E241" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
-      <x:c r="E241" s="1" t="s">
+      <x:c r="F241" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G241" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
-      <x:c r="F241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G241" s="1" t="s">
+      <x:c r="H241" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="H241" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="D242" s="1" t="s">
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="E242" s="1" t="s">
+      <x:c r="H242" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="F242" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="C243" s="1" t="s">
+      <x:c r="E243" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
-      <x:c r="D243" s="1" t="s">
+      <x:c r="F243" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G243" s="1" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="H243" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="E243" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="E244" s="1" t="s">
+      <x:c r="H244" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
-      <x:c r="F244" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
-      <x:c r="D245" s="1" t="s">
+      <x:c r="H245" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="E245" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="D246" s="1" t="s">
+      <x:c r="E246" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="H246" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="F246" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
         <x:v>1217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
-      <x:c r="F248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G248" s="1" t="s">
+      <x:c r="H248" s="1" t="s">
         <x:v>1224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1225</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F249" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G249" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H249" s="1" t="s">
         <x:v>1228</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1229</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="C250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
-      <x:c r="D250" s="1" t="s">
+      <x:c r="F250" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
         <x:v>1232</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1218</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="C252" s="1" t="s">
+      <x:c r="D252" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="D252" s="1" t="s">
+      <x:c r="E252" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="E252" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="D253" s="1" t="s">
+      <x:c r="E253" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G253" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="H253" s="1" t="s">
         <x:v>1243</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1244</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="D254" s="1" t="s">
+      <x:c r="E254" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
         <x:v>1246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1248</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="D255" s="1" t="s">
+      <x:c r="F255" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="E255" s="1" t="s">
+      <x:c r="H255" s="1" t="s">
         <x:v>1251</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1253</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1263</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="D259" s="1" t="s">
+      <x:c r="E259" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="E259" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="H259" s="1" t="s">
         <x:v>1266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1267</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="D260" s="1" t="s">
+      <x:c r="E260" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="E260" s="1" t="s">
+      <x:c r="F260" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="H260" s="1" t="s">
         <x:v>1270</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1272</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="E261" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="F261" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G261" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="D261" s="1" t="s">
+      <x:c r="H261" s="1" t="s">
         <x:v>1274</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1276</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
         <x:v>1277</x:v>
       </x:c>
-      <x:c r="D262" s="1" t="s">
+      <x:c r="H262" s="1" t="s">
         <x:v>1278</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1281</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="F266" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G266" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="H266" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="D266" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="C268" s="1" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="E268" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="C268" s="1" t="s">
+      <x:c r="H268" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="D268" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="H269" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G271" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
-      <x:c r="E271" s="1" t="s">
+      <x:c r="H271" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
-      <x:c r="F271" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
         <x:v>1319</x:v>
       </x:c>
-      <x:c r="D272" s="1" t="s">
+      <x:c r="E272" s="1" t="s">
         <x:v>1320</x:v>
       </x:c>
-      <x:c r="E272" s="1" t="s">
+      <x:c r="F272" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
-      <x:c r="F272" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G272" s="1" t="s">
+      <x:c r="H272" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
-      <x:c r="H272" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C273" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="C273" s="1" t="s">
+      <x:c r="F273" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
         <x:v>1325</x:v>
       </x:c>
-      <x:c r="D273" s="1" t="s">
+      <x:c r="H273" s="1" t="s">
         <x:v>1326</x:v>
       </x:c>
-      <x:c r="E273" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="D319" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="F319" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G319" s="1" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="H319" s="1" t="s">
         <x:v>1514</x:v>
       </x:c>
-      <x:c r="C319" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1599</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1623</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="H367" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>1840</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
-        <x:v>1881</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C418" s="1" t="s">
+        <x:v>1890</x:v>
+      </x:c>
+      <x:c r="D418" s="1" t="s">
+        <x:v>1891</x:v>
+      </x:c>
+      <x:c r="E418" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C418" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="H418" s="1" t="s">
         <x:v>1892</x:v>
       </x:c>
-      <x:c r="H418" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F432" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="G432" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="H432" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A434" s="1">
-[...116 lines deleted...]
-      <x:c r="B437" s="2" t="s">
+      <x:c r="A434" s="2" t="s">
+        <x:v>1949</x:v>
+      </x:c>
+      <x:c r="B434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C437" s="2" t="s">
+      <x:c r="C434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D437" s="2" t="s">
+      <x:c r="D434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E437" s="2" t="s">
+      <x:c r="E434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F437" s="2" t="s">
+      <x:c r="F434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G437" s="2" t="s">
+      <x:c r="G434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H437" s="2" t="s">
+      <x:c r="H434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I437" s="2" t="s">
+      <x:c r="I434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J437" s="2" t="s">
+      <x:c r="J434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K437" s="2" t="s">
+      <x:c r="K434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L437" s="2" t="s">
+      <x:c r="L434" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A437:L437"/>
+    <x:mergeCell ref="A434:L434"/>
   </x:mergeCells>
 </x:worksheet>
 </file>