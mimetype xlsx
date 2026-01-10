--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1df14f6aef4623" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceae47239cae4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260108" sheetId="1" r:id="R69bb1585256c4b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260108" sheetId="1" r:id="R7dea69c34a4b408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="486">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1525,51 +1525,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79f2738b9cc4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde0aada539b04989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69bb1585256c4b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9c153cd19f40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde8ff3bd32a04087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dea69c34a4b408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">