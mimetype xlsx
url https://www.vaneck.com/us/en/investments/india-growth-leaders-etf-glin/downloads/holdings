--- v1 (2026-01-10)
+++ v2 (2026-01-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceae47239cae4a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9d26d7b356436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260108" sheetId="1" r:id="R7dea69c34a4b408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260108" sheetId="1" r:id="R1ebff72bf1b649b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="486">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1525,51 +1525,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9c153cd19f40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde8ff3bd32a04087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dea69c34a4b408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f4b81e3ce84a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc5ac4d2ea95e4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ebff72bf1b649b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">