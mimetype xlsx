--- v2 (2026-01-12)
+++ v3 (2026-02-07)
@@ -1,1503 +1,1521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9d26d7b356436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9feb237db70a4511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260108" sheetId="1" r:id="R1ebff72bf1b649b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260205" sheetId="1" r:id="Rc9f7853d47b94c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="486">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="492">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SBIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>State Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQ5749</x:t>
   </x:si>
   <x:si>
-    <x:t>610,749</x:t>
+    <x:t>586,547</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,778,306.01</x:t>
+    <x:t>$6,957,841.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.81%</x:t>
+    <x:t>6.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BHE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharat Electronics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CP4T57</x:t>
   </x:si>
   <x:si>
-    <x:t>1,328,147</x:t>
-[...5 lines deleted...]
-    <x:t>5.26%</x:t>
+    <x:t>1,275,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,090,534.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DX1FT6</x:t>
   </x:si>
   <x:si>
-    <x:t>260,867</x:t>
-[...5 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>250,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,516,126.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
   </x:si>
   <x:si>
     <x:t>INFY US</x:t>
   </x:si>
   <x:si>
     <x:t>Infosys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSGQL7</x:t>
   </x:si>
   <x:si>
-    <x:t>329,110</x:t>
-[...5 lines deleted...]
-    <x:t>5.09%</x:t>
+    <x:t>316,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,309,304.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICICIBC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icici Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBL437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>337,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,227,896.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>TCS IN</x:t>
   </x:si>
   <x:si>
     <x:t>Tata Consultancy Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q0WCK6</x:t>
   </x:si>
   <x:si>
-    <x:t>162,001</x:t>
-[...23 lines deleted...]
-    <x:t>4.80%</x:t>
+    <x:t>155,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,133,649.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>COAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Coal India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C45298</x:t>
   </x:si>
   <x:si>
-    <x:t>1,041,083</x:t>
-[...5 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>999,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,764,908.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Eicher Motors Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQTR98</x:t>
   </x:si>
   <x:si>
-    <x:t>57,471</x:t>
-[...5 lines deleted...]
-    <x:t>4.14%</x:t>
+    <x:t>55,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,397,168.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRENT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trent Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CVJLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,149,816.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.73%</x:t>
   </x:si>
   <x:si>
     <x:t>HNAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hindustan Aeronautics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FT6SB9</x:t>
   </x:si>
   <x:si>
-    <x:t>88,393</x:t>
-[...23 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>84,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,783,488.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>DRRD IN</x:t>
   </x:si>
   <x:si>
     <x:t>Dr Reddy's Laboratories Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQNB44</x:t>
   </x:si>
   <x:si>
-    <x:t>281,085</x:t>
-[...5 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>269,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,706,920.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CV9JV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,852,048.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDBI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idbi Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FK7TZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,497,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,838,083.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>SUEL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Suzlon Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWZ9X2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,406,170</x:t>
-[...23 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>5,191,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,741,037.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>BOB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Baroda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR4JZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>875,552</x:t>
-[...20 lines deleted...]
-    <x:t>$2,803,997.66</x:t>
+    <x:t>840,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,699,290.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8NK07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,679,007.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TDKBZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,676,549.41</x:t>
   </x:si>
   <x:si>
     <x:t>2.40%</x:t>
   </x:si>
   <x:si>
-    <x:t>INDUSTOW IN</x:t>
-[...14 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>MCX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Commodity Exchange Of India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q47HF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,663,036.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
   </x:si>
   <x:si>
     <x:t>LPC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Lupin Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CVRLC8</x:t>
   </x:si>
   <x:si>
-    <x:t>109,942</x:t>
-[...23 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>105,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,584,975.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>POLYCAB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Polycab India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P80977</x:t>
   </x:si>
   <x:si>
-    <x:t>30,115</x:t>
-[...23 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>28,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,406,699.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>CBK IN</x:t>
   </x:si>
   <x:si>
     <x:t>Canara Bank</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMBB10</x:t>
   </x:si>
   <x:si>
-    <x:t>1,477,989</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>1,419,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,324,366.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>RECL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Rec Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5L5T2</x:t>
   </x:si>
   <x:si>
-    <x:t>561,536</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>539,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,247,110.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>GVTD IN</x:t>
   </x:si>
   <x:si>
     <x:t>Alstom T&amp;D India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F0CHY4</x:t>
   </x:si>
   <x:si>
-    <x:t>59,895</x:t>
-[...5 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>57,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,236,949.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>MUTH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Muthoot Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00146SHF5</x:t>
   </x:si>
   <x:si>
-    <x:t>46,342</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>44,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,759,460.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>UNBK IN</x:t>
   </x:si>
   <x:si>
     <x:t>Union Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR5TW3</x:t>
   </x:si>
   <x:si>
-    <x:t>912,922</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>876,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,722,241.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>INBK IN</x:t>
   </x:si>
   <x:si>
     <x:t>Indian Bank</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYKHP3</x:t>
   </x:si>
   <x:si>
-    <x:t>165,278</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>158,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,542,437.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NACL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Aluminium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KCDZ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>374,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,472,831.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>CRIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Coromandel International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQ7F43</x:t>
   </x:si>
   <x:si>
-    <x:t>59,586</x:t>
-[...23 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>57,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,902.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karur Vysya Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LKK990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,153.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>NMDC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Nmdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5SCL3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,511,788</x:t>
-[...5 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>1,451,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,349,699.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ALKEM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Alkem Laboratories Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BSZXQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>20,116</x:t>
-[...23 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>19,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,527.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>ZYDUSLIF IN</x:t>
   </x:si>
   <x:si>
     <x:t>Zydus Lifesciences Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CM2C44</x:t>
   </x:si>
   <x:si>
-    <x:t>112,415</x:t>
-[...2 lines deleted...]
-    <x:t>$1,131,968.28</x:t>
+    <x:t>107,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,024.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>BOI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN921</x:t>
   </x:si>
   <x:si>
-    <x:t>565,190</x:t>
-[...5 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>542,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,002.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Life India Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HN55L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,242.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>KPITTECH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Kpit Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JX9H6X4</x:t>
   </x:si>
   <x:si>
-    <x:t>69,767</x:t>
-[...20 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>67,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,572.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>WAAREEEN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Waaree Energies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003QVC501</x:t>
   </x:si>
   <x:si>
-    <x:t>21,806</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>20,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,206.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOMH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Maharashtra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DTSRT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,004.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ECLX IN</x:t>
   </x:si>
   <x:si>
     <x:t>Eclerx Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GWYK27</x:t>
   </x:si>
   <x:si>
-    <x:t>10,417</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>10,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,554.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WLCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welspun Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLG6Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,234.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>HBLENGIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hbl Power Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CZ3004</x:t>
   </x:si>
   <x:si>
-    <x:t>52,235</x:t>
-[...23 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>50,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,024.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDPS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Td Power Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CS9208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,506.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>GP IN</x:t>
   </x:si>
   <x:si>
     <x:t>Godfrey Phillips India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRPKS4</x:t>
   </x:si>
   <x:si>
-    <x:t>18,777</x:t>
-[...23 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>18,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,152.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>SAGILITY IN</x:t>
   </x:si>
   <x:si>
     <x:t>Sagility Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017CSZ385</x:t>
   </x:si>
   <x:si>
-    <x:t>743,163</x:t>
-[...2 lines deleted...]
-    <x:t>$424,355.50</x:t>
+    <x:t>713,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,146.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V4SZS69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,305.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>NTCPH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Natco Pharma Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F4LS63</x:t>
   </x:si>
   <x:si>
-    <x:t>41,916</x:t>
-[...2 lines deleted...]
-    <x:t>$424,221.64</x:t>
+    <x:t>40,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,511.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005J78V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,038.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>DFPC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Deepak Fertilisers &amp; Petrochemicals Cor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQGC59</x:t>
   </x:si>
   <x:si>
-    <x:t>30,765</x:t>
-[...35 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>29,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,113.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>CHMB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Chambal Fertilizers And Chemicals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPW095</x:t>
   </x:si>
   <x:si>
-    <x:t>72,736</x:t>
-[...20 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>69,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,671.61</x:t>
   </x:si>
   <x:si>
     <x:t>GABR IN</x:t>
   </x:si>
   <x:si>
     <x:t>Gabriel India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRF5S8</x:t>
   </x:si>
   <x:si>
-    <x:t>29,119</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>27,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,182.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABSLAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aditya Birla Sun Life Asset Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PPGP35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,586.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sarda Energy &amp; Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CYBCK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,253.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>AIIL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Authum Investment &amp; Infrastucture Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009CKXXT2</x:t>
   </x:si>
   <x:si>
-    <x:t>9,327</x:t>
-[...38 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>44,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,586.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLNGR IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tilaknagar Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7Y7P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,298.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jammu &amp; Kashmir Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNWRK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,087.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOMS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doms Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D8HJD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,376.63</x:t>
   </x:si>
   <x:si>
     <x:t>SHEP IN</x:t>
   </x:si>
   <x:si>
     <x:t>Shaily Engineering Plastics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D2MF39</x:t>
   </x:si>
   <x:si>
-    <x:t>9,649</x:t>
-[...53 lines deleted...]
-    <x:t>$222,547.36</x:t>
+    <x:t>9,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,954.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Force Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNXR54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,992.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETWEB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netweb Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q4053Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,112.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLPL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caplin Point Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F1M7J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,317.04</x:t>
   </x:si>
   <x:si>
     <x:t>ELCN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Elecon Engineering Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQV2G2</x:t>
   </x:si>
   <x:si>
-    <x:t>38,592</x:t>
-[...38 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>37,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,277.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SKPI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Shakti Pumps India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY28Z4</x:t>
   </x:si>
   <x:si>
-    <x:t>25,173</x:t>
-[...20 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>24,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,256.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bls International Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGKTTY9</x:t>
   </x:si>
   <x:si>
-    <x:t>50,955</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>48,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,999.70</x:t>
   </x:si>
   <x:si>
     <x:t>IGIL IN</x:t>
   </x:si>
   <x:si>
     <x:t>International Gemmological Institute In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS2HK69</x:t>
   </x:si>
   <x:si>
-    <x:t>47,283</x:t>
-[...2 lines deleted...]
-    <x:t>$166,820.01</x:t>
+    <x:t>45,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,064.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>SHCR IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharda Cropchem Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006SZ83G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,680.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Products India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHRZ20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,395.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Power Infrastructures Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8MXB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,829.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transformers &amp; Rectifiers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QXSN70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,683.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANORAMA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manorama Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BMXKZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,878.27</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASMN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Ashapura Minechem Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNH6X7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,260</x:t>
-[...50 lines deleted...]
-    <x:t>$146,473.90</x:t>
+    <x:t>15,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,786.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CX2D93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,115.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YATHARTH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yatharth Hospital &amp; Trauma Care Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBY5R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,044.45</x:t>
   </x:si>
   <x:si>
     <x:t>WESL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Websol Energy System Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DS5C10</x:t>
   </x:si>
   <x:si>
-    <x:t>138,179</x:t>
-[...68 lines deleted...]
-    <x:t>$105,941.99</x:t>
+    <x:t>132,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,783.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
+    <x:t>TRANSRAI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transrail Lighting Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006GTB299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,927.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BALUFORG IN</x:t>
   </x:si>
   <x:si>
     <x:t>Balu Forge Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FLM6M4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,641</x:t>
-[...20 lines deleted...]
-    <x:t>$75,116.27</x:t>
+    <x:t>14,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,475.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
+    <x:t>SGM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanghvi Movers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F67BG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,592.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AGIG IN</x:t>
   </x:si>
   <x:si>
     <x:t>Agi Greenpac Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CSNZQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>9,196</x:t>
-[...20 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>8,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,978.35</x:t>
   </x:si>
   <x:si>
     <x:t>EIEL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Enviro Infra Engineers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHSG9V4</x:t>
   </x:si>
   <x:si>
-    <x:t>25,023</x:t>
-[...2 lines deleted...]
-    <x:t>$53,957.92</x:t>
+    <x:t>24,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,531.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEJET IN</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Jet Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JS4BTK0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,410</x:t>
-[...2 lines deleted...]
-    <x:t>$53,611.41</x:t>
+    <x:t>9,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,565.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARKADE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arkade Developers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHRJ7W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,045.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Vimta Labs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D1WVM4</x:t>
   </x:si>
   <x:si>
-    <x:t>5,548</x:t>
-[...20 lines deleted...]
-    <x:t>$35,899.86</x:t>
+    <x:t>5,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,243.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,915,898</x:t>
+    <x:t>491,226</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,915,897.51</x:t>
+    <x:t>$491,226.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>-INR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>7,268,372</x:t>
-[...2 lines deleted...]
-    <x:t>$80,735.02</x:t>
+    <x:t>15,123,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,397.63</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,330,289.23</x:t>
-[...2 lines deleted...]
-    <x:t>-2.86%</x:t>
+    <x:t>$-883,761.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1525,62 +1543,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f4b81e3ce84a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc5ac4d2ea95e4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ebff72bf1b649b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e754b6cef5c43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R334d54f1ce1a44f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9f7853d47b94c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="15" customWidth="1"/>
+    <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2613,109 +2631,109 @@
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
@@ -2729,1361 +2747,1361 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="2" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>