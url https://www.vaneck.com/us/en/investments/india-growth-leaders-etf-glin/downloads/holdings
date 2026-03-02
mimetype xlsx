--- v3 (2026-02-07)
+++ v4 (2026-03-02)
@@ -1,1521 +1,1527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9feb237db70a4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55caf38ca434690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260205" sheetId="1" r:id="Rc9f7853d47b94c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260227" sheetId="1" r:id="R13019f8a46a14243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="492">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="494">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SBIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>State Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQ5749</x:t>
   </x:si>
   <x:si>
-    <x:t>586,547</x:t>
+    <x:t>1,020,275</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,957,841.20</x:t>
+    <x:t>$13,489,771.73</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.25%</x:t>
+    <x:t>6.90%</x:t>
   </x:si>
   <x:si>
     <x:t>BHE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharat Electronics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CP4T57</x:t>
   </x:si>
   <x:si>
-    <x:t>1,275,517</x:t>
-[...5 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>2,218,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,863,792.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.56%</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DX1FT6</x:t>
   </x:si>
   <x:si>
-    <x:t>250,529</x:t>
-[...5 lines deleted...]
-    <x:t>4.95%</x:t>
+    <x:t>435,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,022,748.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICICIBC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icici Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBL437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>587,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,940,249.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQTR98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,459,838.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COAL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coal India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C45298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,739,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,239,202.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
   </x:si>
   <x:si>
     <x:t>INFY US</x:t>
   </x:si>
   <x:si>
     <x:t>Infosys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSGQL7</x:t>
   </x:si>
   <x:si>
-    <x:t>316,030</x:t>
-[...23 lines deleted...]
-    <x:t>4.69%</x:t>
+    <x:t>550,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,948,859.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TCS IN</x:t>
   </x:si>
   <x:si>
     <x:t>Tata Consultancy Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q0WCK6</x:t>
   </x:si>
   <x:si>
-    <x:t>155,581</x:t>
-[...41 lines deleted...]
-    <x:t>3.95%</x:t>
+    <x:t>270,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,865,371.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.02%</x:t>
   </x:si>
   <x:si>
     <x:t>TRENT IN</x:t>
   </x:si>
   <x:si>
     <x:t>Trent Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CVJLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>90,912</x:t>
-[...5 lines deleted...]
-    <x:t>3.73%</x:t>
+    <x:t>158,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,795,209.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRRD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Reddy's Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQNB44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,662,857.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>HNAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hindustan Aeronautics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FT6SB9</x:t>
   </x:si>
   <x:si>
-    <x:t>84,891</x:t>
-[...23 lines deleted...]
-    <x:t>3.33%</x:t>
+    <x:t>147,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,351,448.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDBI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idbi Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FK7TZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,344,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,545,376.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>KKC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Cummins India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CV9JV2</x:t>
   </x:si>
   <x:si>
-    <x:t>58,793</x:t>
-[...23 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>102,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,514,668.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Baroda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR4JZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,462,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,181,526.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TDKBZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>952,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,770,437.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLYCAB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polycab India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P80977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,766,448.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Commodity Exchange Of India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q47HF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,688,048.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lupin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CVRLC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,668,174.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8NK07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,523,831.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canara Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMBB10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,469,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,274,397.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SUEL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Suzlon Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWZ9X2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,191,938</x:t>
-[...131 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>9,031,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,243,832.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F0CHY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,234,505.83</x:t>
   </x:si>
   <x:si>
     <x:t>RECL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Rec Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5L5T2</x:t>
   </x:si>
   <x:si>
-    <x:t>539,284</x:t>
-[...23 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>938,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,612,825.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR5TW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,525,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,394,693.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indian Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYKHP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,008,917.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MUTH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Muthoot Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00146SHF5</x:t>
   </x:si>
   <x:si>
-    <x:t>44,506</x:t>
-[...41 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>77,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,857,164.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>NACL IN</x:t>
   </x:si>
   <x:si>
     <x:t>National Aluminium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KCDZ26</x:t>
   </x:si>
   <x:si>
-    <x:t>374,776</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>651,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,620.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karur Vysya Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LKK990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,453,351.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>CRIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Coromandel International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQ7F43</x:t>
   </x:si>
   <x:si>
-    <x:t>57,224</x:t>
-[...23 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>99,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,431,027.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>NMDC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Nmdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5SCL3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,451,880</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>2,525,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,272,634.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>ALKEM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Alkem Laboratories Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BSZXQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>19,318</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>33,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,084,011.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>ZYDUSLIF IN</x:t>
   </x:si>
   <x:si>
     <x:t>Zydus Lifesciences Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CM2C44</x:t>
   </x:si>
   <x:si>
-    <x:t>107,961</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>187,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,911,151.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>BOI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN921</x:t>
   </x:si>
   <x:si>
-    <x:t>542,794</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>944,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,829,687.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>NAM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Life India Asset Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HN55L0</x:t>
   </x:si>
   <x:si>
-    <x:t>77,646</x:t>
-[...2 lines deleted...]
-    <x:t>$793,242.44</x:t>
+    <x:t>135,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,383,410.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
+    <x:t>WAAREEEN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waaree Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003QVC501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,777.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOMH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Maharashtra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DTSRT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,224,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,883.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KPITTECH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Kpit Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JX9H6X4</x:t>
   </x:si>
   <x:si>
-    <x:t>67,003</x:t>
-[...38 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>116,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,599.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDPS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Td Power Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CS9208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$819,144.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTCPH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natco Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F4LS63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$761,731.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WLCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welspun Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLG6Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,148.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godfrey Phillips India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CRPKS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$729,035.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hbl Power Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZ3004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,544.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V4SZS69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,439.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambal Fertilizers And Chemicals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPW095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,362.60</x:t>
   </x:si>
   <x:si>
     <x:t>ECLX IN</x:t>
   </x:si>
   <x:si>
     <x:t>Eclerx Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GWYK27</x:t>
   </x:si>
   <x:si>
-    <x:t>10,005</x:t>
-[...74 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,774.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DFPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deepak Fertilisers &amp; Petrochemicals Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQGC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,385.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005J78V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,749.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABSLAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aditya Birla Sun Life Asset Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PPGP35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,294.40</x:t>
   </x:si>
   <x:si>
     <x:t>SAGILITY IN</x:t>
   </x:si>
   <x:si>
     <x:t>Sagility Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017CSZ385</x:t>
   </x:si>
   <x:si>
-    <x:t>713,713</x:t>
-[...89 lines deleted...]
-    <x:t>$329,671.61</x:t>
+    <x:t>1,241,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,759.57</x:t>
   </x:si>
   <x:si>
     <x:t>GABR IN</x:t>
   </x:si>
   <x:si>
     <x:t>Gabriel India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRF5S8</x:t>
   </x:si>
   <x:si>
-    <x:t>27,965</x:t>
-[...2 lines deleted...]
-    <x:t>$304,182.29</x:t>
+    <x:t>48,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,564.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>ABSLAMC IN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SEML IN</x:t>
   </x:si>
   <x:si>
     <x:t>Sarda Energy &amp; Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CYBCK0</x:t>
   </x:si>
   <x:si>
-    <x:t>42,520</x:t>
-[...2 lines deleted...]
-    <x:t>$248,253.12</x:t>
+    <x:t>73,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,827.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jammu &amp; Kashmir Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNWRK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,983.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>AIIL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Authum Investment &amp; Infrastucture Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009CKXXT2</x:t>
   </x:si>
   <x:si>
-    <x:t>44,787</x:t>
-[...2 lines deleted...]
-    <x:t>$246,586.52</x:t>
+    <x:t>77,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,978.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Force Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNXR54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,738.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETWEB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netweb Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q4053Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,873.88</x:t>
   </x:si>
   <x:si>
     <x:t>TLNGR IN</x:t>
   </x:si>
   <x:si>
     <x:t>Tilaknagar Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D7Y7P9</x:t>
   </x:si>
   <x:si>
-    <x:t>45,183</x:t>
-[...2 lines deleted...]
-    <x:t>$225,298.53</x:t>
+    <x:t>78,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,578.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>JKBK IN</x:t>
-[...14 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>SHEP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaily Engineering Plastics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2MF39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,069.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>DOMS IN</x:t>
   </x:si>
   <x:si>
     <x:t>Doms Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002D8HJD9</x:t>
   </x:si>
   <x:si>
-    <x:t>7,661</x:t>
-[...50 lines deleted...]
-    <x:t>$187,112.71</x:t>
+    <x:t>13,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,843.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>ELCN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elecon Engineering Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQV2G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,279.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Gemmological Institute In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GS2HK69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,404.15</x:t>
+  </x:si>
+  <x:si>
     <x:t>CLPL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Caplin Point Laboratories Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1M7J0</x:t>
   </x:si>
   <x:si>
-    <x:t>8,778</x:t>
-[...20 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>15,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,483.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bls International Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGKTTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,409.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHCR IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharda Cropchem Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006SZ83G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,997.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transformers &amp; Rectifiers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QXSN70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,878.05</x:t>
   </x:si>
   <x:si>
     <x:t>SKPI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Shakti Pumps India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY28Z4</x:t>
   </x:si>
   <x:si>
-    <x:t>24,175</x:t>
-[...56 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>42,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,323.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Power Infrastructures Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8MXB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,565.13</x:t>
   </x:si>
   <x:si>
     <x:t>BNCO IN</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Products India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHRZ20</x:t>
   </x:si>
   <x:si>
-    <x:t>19,189</x:t>
-[...20 lines deleted...]
-    <x:t>$127,829.41</x:t>
+    <x:t>33,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,985.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANORAMA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manorama Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BMXKZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,229.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>TARIL IN</x:t>
-[...26 lines deleted...]
-    <x:t>$118,878.27</x:t>
+    <x:t>YATHARTH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yatharth Hospital &amp; Trauma Care Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBY5R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,766.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CX2D93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,180.20</x:t>
   </x:si>
   <x:si>
     <x:t>ASMN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Ashapura Minechem Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNH6X7</x:t>
   </x:si>
   <x:si>
-    <x:t>15,616</x:t>
-[...35 lines deleted...]
-    <x:t>$107,044.45</x:t>
+    <x:t>27,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,943.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>WESL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Websol Energy System Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DS5C10</x:t>
   </x:si>
   <x:si>
-    <x:t>132,703</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>230,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,142.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TRANSRAI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Transrail Lighting Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006GTB299</x:t>
   </x:si>
   <x:si>
-    <x:t>12,336</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>21,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,519.55</x:t>
   </x:si>
   <x:si>
     <x:t>BALUFORG IN</x:t>
   </x:si>
   <x:si>
     <x:t>Balu Forge Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FLM6M4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,061</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>24,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,876.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGIG IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agi Greenpac Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CSNZQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,499.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>SGM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Sanghvi Movers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F67BG0</x:t>
   </x:si>
   <x:si>
-    <x:t>16,796</x:t>
-[...20 lines deleted...]
-    <x:t>$57,978.35</x:t>
+    <x:t>29,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,970.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>EIEL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Enviro Infra Engineers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHSG9V4</x:t>
   </x:si>
   <x:si>
-    <x:t>24,031</x:t>
-[...5 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>41,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,666.02</x:t>
   </x:si>
   <x:si>
     <x:t>BLUEJET IN</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Jet Healthcare Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JS4BTK0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,038</x:t>
-[...2 lines deleted...]
-    <x:t>$40,565.70</x:t>
+    <x:t>15,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,279.14</x:t>
   </x:si>
   <x:si>
     <x:t>ARKADE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Arkade Developers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHRJ7W6</x:t>
   </x:si>
   <x:si>
-    <x:t>23,610</x:t>
-[...2 lines deleted...]
-    <x:t>$33,045.81</x:t>
+    <x:t>41,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,926.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Vimta Labs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D1WVM4</x:t>
   </x:si>
   <x:si>
-    <x:t>5,328</x:t>
-[...2 lines deleted...]
-    <x:t>$25,243.45</x:t>
+    <x:t>9,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,012.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
+    <x:t>GENP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Prime Infra Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPWN05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,093.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>491,226</x:t>
+    <x:t>792,516</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$491,226.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$792,515.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>-INR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>15,123,748</x:t>
-[...2 lines deleted...]
-    <x:t>$167,397.63</x:t>
+    <x:t>17,228,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,370.40</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-883,761.17</x:t>
-[...2 lines deleted...]
-    <x:t>-0.79%</x:t>
+    <x:t>$-902,143.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1543,56 +1549,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e754b6cef5c43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R334d54f1ce1a44f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9f7853d47b94c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248c392bfd449d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3ca7e9a81eb340c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13019f8a46a14243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I87"/>
+  <x:dimension ref="A1:I88"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2109,689 +2115,689 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -2805,1312 +2811,1341 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F86" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A87" s="1">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="H86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I86" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A87" s="2" t="s">
+      <x:c r="G87" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B87" s="2" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A88" s="2" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="B88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C87" s="2" t="s">
+      <x:c r="C88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D87" s="2" t="s">
+      <x:c r="D88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E87" s="2" t="s">
+      <x:c r="E88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F87" s="2" t="s">
+      <x:c r="F88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G87" s="2" t="s">
+      <x:c r="G88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H87" s="2" t="s">
+      <x:c r="H88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I87" s="2" t="s">
+      <x:c r="I88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A87:I87"/>
+    <x:mergeCell ref="A88:I88"/>
   </x:mergeCells>
 </x:worksheet>
 </file>