--- v4 (2026-03-02)
+++ v5 (2026-03-24)
@@ -1,1527 +1,1521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55caf38ca434690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b092e894b34f1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260227" sheetId="1" r:id="R13019f8a46a14243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GLIN_asof_20260323" sheetId="1" r:id="R7c5dcfe925ca4f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="494">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/27/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="492">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>BHARTI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bharti Airtel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DX1FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,991,332.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bse Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GKW537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,841,117.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
     <x:t>SBIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>State Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQ5749</x:t>
   </x:si>
   <x:si>
-    <x:t>1,020,275</x:t>
-[...11 lines deleted...]
-    <x:t>6.90%</x:t>
+    <x:t>509,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,699,787.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eicher Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQTR98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,439,941.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>BHE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharat Electronics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CP4T57</x:t>
   </x:si>
   <x:si>
-    <x:t>2,218,709</x:t>
-[...113 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>1,223,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,378,237.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
   </x:si>
   <x:si>
     <x:t>TRENT IN</x:t>
   </x:si>
   <x:si>
     <x:t>Trent Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CVJLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>158,144</x:t>
-[...23 lines deleted...]
-    <x:t>3.41%</x:t>
+    <x:t>133,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,885,554.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
   </x:si>
   <x:si>
     <x:t>HNAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hindustan Aeronautics Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FT6SB9</x:t>
   </x:si>
   <x:si>
-    <x:t>147,662</x:t>
-[...5 lines deleted...]
-    <x:t>3.25%</x:t>
+    <x:t>123,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,815,950.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMCL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hero Motocorp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CSDVY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,622,030.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lupin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CVRLC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,935,184.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLYCAB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polycab India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P80977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,807,687.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Baroda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR4JZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,320,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,801,549.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Commodity Exchange Of India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q47HF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,494,393.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDFCAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hdfc Asset Management Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8NK07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,403,101.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUEL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzlon Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWZ9X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,475,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,252,681.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canara Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMBB10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,311,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,249,470.82</x:t>
   </x:si>
   <x:si>
     <x:t>IDBI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Idbi Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FK7TZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,344,133</x:t>
-[...2 lines deleted...]
-    <x:t>$5,545,376.64</x:t>
+    <x:t>4,334,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,195,346.11</x:t>
   </x:si>
   <x:si>
     <x:t>2.84%</x:t>
   </x:si>
   <x:si>
-    <x:t>KKC IN</x:t>
-[...157 lines deleted...]
-  <x:si>
     <x:t>GVTD IN</x:t>
   </x:si>
   <x:si>
     <x:t>Alstom T&amp;D India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F0CHY4</x:t>
   </x:si>
   <x:si>
-    <x:t>100,057</x:t>
-[...17 lines deleted...]
-    <x:t>$3,612,825.37</x:t>
+    <x:t>80,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,954,928.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUTH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muthoot Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00146SHF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,538,455.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Bank Of India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR5TW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,358,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,478,786.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indian Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYKHP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,232,489.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NACL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Aluminium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KCDZ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>546,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,078,878.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.85%</x:t>
   </x:si>
   <x:si>
-    <x:t>UNBK IN</x:t>
-[...104 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>WAAREEEN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waaree Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003QVC501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,914,656.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>NMDC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Nmdc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5SCL3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,525,487</x:t>
-[...23 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>2,331,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,894,152.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>ZYDUSLIF IN</x:t>
   </x:si>
   <x:si>
     <x:t>Zydus Lifesciences Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CM2C44</x:t>
   </x:si>
   <x:si>
-    <x:t>187,792</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>162,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,513,250.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BOI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVN921</x:t>
   </x:si>
   <x:si>
-    <x:t>944,166</x:t>
-[...2 lines deleted...]
-    <x:t>$1,829,687.63</x:t>
+    <x:t>886,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,150.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IKS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inventurus Knowledge Solutions Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Z8QDR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,244.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindustan Copper Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DFQMD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>227,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,011.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Life India Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HN55L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,059,179.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
-    <x:t>NAM IN</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>BOMH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Maharashtra</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTSRT0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,224,246</x:t>
-[...23 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>1,409,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$960,635.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAILIFE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Life Sciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW03Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$873,697.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOYDSME IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Metals &amp; Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CVQ295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,982.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AJP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ajanta Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQGB79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,306.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACUTAAS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acutaas Chemicals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006K7LT92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$823,194.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Force Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNXR54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$742,098.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PREMIERE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premier Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002YYBDN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$732,099.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>TDPS IN</x:t>
   </x:si>
   <x:si>
     <x:t>Td Power Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CS9208</x:t>
   </x:si>
   <x:si>
-    <x:t>82,401</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>81,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$720,840.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WLCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Welspun Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLG6Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,806.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V4SZS69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,850.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>NTCPH IN</x:t>
   </x:si>
   <x:si>
     <x:t>Natco Pharma Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F4LS63</x:t>
   </x:si>
   <x:si>
-    <x:t>70,021</x:t>
-[...35 lines deleted...]
-    <x:t>$729,035.57</x:t>
+    <x:t>53,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,122.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DATAPATT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data Patterns India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0149BYWZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,292.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBLENGIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hbl Power Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZ3004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,483.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHMB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambal Fertilizers And Chemicals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPW095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,366.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NETWEB IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netweb Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q4053Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,961.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garden Reach Shipbuilders &amp; Engineers L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001WSYRF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,394.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYRMA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syrma Sgs Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BMXKM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,849.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
-    <x:t>HBLENGIN IN</x:t>
-[...11 lines deleted...]
-    <x:t>$657,544.16</x:t>
+    <x:t>ABSLAMC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aditya Birla Sun Life Asset Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PPGP35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,001.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECLX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eclerx Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GWYK27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,813.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005J78V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$409,465.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAGILITY IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagility Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017CSZ385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,008,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,574.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voltamp Transformers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P62BQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,187.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>KFINTECH IN</x:t>
-[...44 lines deleted...]
-    <x:t>$607,774.53</x:t>
+    <x:t>ENGR IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engineers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVY1D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,161.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHEP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaily Engineering Plastics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2MF39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,762.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
-    <x:t>DFPC IN</x:t>
-[...11 lines deleted...]
-    <x:t>$563,385.04</x:t>
+    <x:t>JKBK IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jammu &amp; Kashmir Bank Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNWRK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,608.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>INMART IN</x:t>
-[...11 lines deleted...]
-    <x:t>$554,749.75</x:t>
+    <x:t>AIIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Authum Investment &amp; Infrastucture Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009CKXXT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,253.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>ABSLAMC IN</x:t>
-[...95 lines deleted...]
-    <x:t>$412,978.55</x:t>
+    <x:t>SPRL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Pistons &amp; Rings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001C7T5Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,309.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRICOL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pricol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FGS38P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,044.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SJS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sjs Enterprises Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WN2RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,361.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Gemmological Institute In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GS2HK69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,648.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>FML IN</x:t>
-[...59 lines deleted...]
-    <x:t>$347,069.33</x:t>
+    <x:t>TARIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transformers &amp; Rectifiers India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QXSN70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,963.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUPD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cupid Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BY2KD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,275.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
-    <x:t>DOMS IN</x:t>
-[...11 lines deleted...]
-    <x:t>$341,843.91</x:t>
+    <x:t>SKPI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shakti Pumps India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BY28Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,582.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>ELCN IN</x:t>
-[...11 lines deleted...]
-    <x:t>$295,279.95</x:t>
+    <x:t>VREL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V2 Retail Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,523.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAJAJCON IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bajaj Consumer Care Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QF3J02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,382.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YATHARTH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yatharth Hospital &amp; Trauma Care Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBY5R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,855.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSIN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bls International Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGKTTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,588.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Products India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHRZ20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,205.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKYGOLD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sky Gold And Diamonds Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHS6C20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,772.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>IGIL IN</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>SHCR IN</x:t>
   </x:si>
   <x:si>
     <x:t>Sharda Cropchem Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006SZ83G6</x:t>
   </x:si>
   <x:si>
-    <x:t>19,706</x:t>
-[...32 lines deleted...]
-    <x:t>$238,323.68</x:t>
+    <x:t>16,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,180.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIPSMUSI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tips Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGSPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,913.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALUFORG IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balu Forge Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FLM6M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,441.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>GPIN IN</x:t>
-[...41 lines deleted...]
-    <x:t>$206,229.05</x:t>
+    <x:t>WESL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Websol Energy System Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DS5C10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,808.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>YATHARTH IN</x:t>
-[...11 lines deleted...]
-    <x:t>$203,766.67</x:t>
+    <x:t>POCL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pondy Oxides &amp; Chemicals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYYXW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,479.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANSRAI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transrail Lighting Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006GTB299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,213.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
-    <x:t>NSE IN</x:t>
-[...26 lines deleted...]
-    <x:t>$157,943.48</x:t>
+    <x:t>QPOWER IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quality Power Electrical Equipments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHS3KM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,302.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SENORES IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Senores Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HGR523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,937.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krn Heat Exchanger And Refrigeration Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSQ3R93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,763.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piccadily Agro Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8GQW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,905.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>WESL IN</x:t>
-[...11 lines deleted...]
-    <x:t>$140,142.15</x:t>
+    <x:t>ZAGGLE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zaggle Prepaid Ocean Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017XH2907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,358.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
-    <x:t>TRANSRAI IN</x:t>
-[...128 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>INTERARC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interarch Building Products Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BMYKD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,153.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMEW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Knowledge Marine &amp; Engineering Works Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQT3MM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,493.20</x:t>
   </x:si>
   <x:si>
     <x:t>GENP IN</x:t>
   </x:si>
   <x:si>
     <x:t>Genus Prime Infra Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWN05</x:t>
   </x:si>
   <x:si>
     <x:t>7,611</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,093.99</x:t>
+    <x:t>$1,741.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>-INR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,792,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,139.16</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...20 lines deleted...]
-    <x:t>$189,370.40</x:t>
+    <x:t>97,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,614.93</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-902,143.45</x:t>
-[...2 lines deleted...]
-    <x:t>-0.46%</x:t>
+    <x:t>$-123,193.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1549,51 +1543,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248c392bfd449d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3ca7e9a81eb340c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13019f8a46a14243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e73d91865c46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7bc2b5f5f6c94530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c5dcfe925ca4f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I88"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2086,80 +2080,80 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
@@ -2289,312 +2283,312 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2608,254 +2602,254 @@
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
@@ -2898,80 +2892,80 @@
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2985,312 +2979,312 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
@@ -3391,752 +3385,752 @@
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
+      <x:c r="G85" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="G85" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="2" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I88" s="2" t="s">
         <x:v>1</x:v>
       </x:c>