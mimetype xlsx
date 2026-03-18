--- v0 (2026-02-25)
+++ v1 (2026-03-18)
@@ -1,1218 +1,1269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c41fcf00e34c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964e0e1269134e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INDZ_asof_20260223" sheetId="1" r:id="R1c12fb3e4c154949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INDZ_asof_20260317" sheetId="1" r:id="R03c0b908a3864a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="391">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/23/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="408">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>RELIANCE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKVP93</x:t>
   </x:si>
   <x:si>
-    <x:t>3,698</x:t>
+    <x:t>6,778</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,102.78</x:t>
+    <x:t>$102,536.18</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.90%</x:t>
+    <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>HDFCB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hdfc Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F8W9K8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,699</x:t>
-[...5 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>10,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,610.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
   </x:si>
   <x:si>
     <x:t>SBIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>State Bank Of India</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQ5749</x:t>
   </x:si>
   <x:si>
-    <x:t>3,898</x:t>
-[...5 lines deleted...]
-    <x:t>3.53%</x:t>
+    <x:t>7,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,376.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>MSIL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Maruti Suzuki India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>312</x:t>
-[...5 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,314.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Commodity Exchange Of India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q47HF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,926.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TATACONS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Global Beverages Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,268.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cholamandalam Investment And Finance Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQ07P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,283.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bharat Electronics Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CP4T57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,287.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>LT IN</x:t>
   </x:si>
   <x:si>
     <x:t>Larsen &amp; Toubro Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CVM7D3</x:t>
   </x:si>
   <x:si>
-    <x:t>837</x:t>
-[...71 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>1,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,940.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
   </x:si>
   <x:si>
     <x:t>ICICIBC IN</x:t>
   </x:si>
   <x:si>
     <x:t>Icici Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBL437</x:t>
   </x:si>
   <x:si>
-    <x:t>2,160</x:t>
-[...5 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>3,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,238.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DX1FT6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,505</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>2,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,580.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>TPW IN</x:t>
   </x:si>
   <x:si>
     <x:t>Torrent Power Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GM3296</x:t>
   </x:si>
   <x:si>
-    <x:t>1,790</x:t>
-[...5 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>3,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,245.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bse Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GKW537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,889.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>DELHIVER IN</x:t>
   </x:si>
   <x:si>
     <x:t>Delhivery Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00736JCG3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,216</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>11,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,624.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>VEDL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Vedanta Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CZG8N8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,539</x:t>
-[...23 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>6,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,120.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBCP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jb Chemicals &amp; Pharmaceuticals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTJG97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,763.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOYDSME IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Metals &amp; Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CVQ295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,539.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>NETWEB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Netweb Technologies India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q4053Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>580</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>1,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,092.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GVTD IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom T&amp;D India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F0CHY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,908.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Finance Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXJH24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,639.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLICYBZ IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pb Fintech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004DZ49P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,638.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDOCKS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mazagon Dock Shipbuilders Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001S4LHD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,434.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biocon Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJHB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,360.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APHS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Hospitals Enterprise Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNBS38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,262.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KKC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cummins India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CV9JV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,716.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHEL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bharat Heavy Electricals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,624.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZENT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zensar Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTDFS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,416.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTAN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D17Q16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,394.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRCO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marico Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPNZ21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,864.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JSTL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1ZGP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,185.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIMS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krishna Institute Of Medical Sciences L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q0SWW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,818.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>KEII IN</x:t>
   </x:si>
   <x:si>
     <x:t>Kei Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37T05</x:t>
   </x:si>
   <x:si>
-    <x:t>414</x:t>
-[...41 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,640.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAVL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Havells India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D44YN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,486.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>FB IN</x:t>
   </x:si>
   <x:si>
     <x:t>Federal Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CLJQK9</x:t>
   </x:si>
   <x:si>
-    <x:t>6,550</x:t>
-[...38 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>12,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,390.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCAP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aditya Birla Capital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BKN6FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,291.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIDI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pidilite Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,076.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHNX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Mills Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D649J7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,958.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUVAMA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuvama Wealth Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004DF4053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,649.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuland Laboratories Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DWVW81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,609.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APAT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apl Apollo Tubes Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KFZ1K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,211.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceat Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPSFJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,965.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRISIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crisil Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D38LZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,849.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYTM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One 97 Communications Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QYN0B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,832.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindustan Copper Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DFQMD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,401.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEMONTRE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lemon Tree Hotels Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ13M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,072.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>AL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Ashok Leyland Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>9,110</x:t>
-[...332 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>16,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,834.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ETERNAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Zomato Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003DKJ5C9</x:t>
   </x:si>
   <x:si>
-    <x:t>6,721</x:t>
-[...23 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>12,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,291.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>COFORGE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Coforge Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q36Y03</x:t>
   </x:si>
   <x:si>
-    <x:t>1,372</x:t>
-[...23 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>2,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,257.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DATAPATT IN</x:t>
   </x:si>
   <x:si>
     <x:t>Data Patterns India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0149BYWZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>336</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,006.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NACL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Aluminium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KCDZ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,770.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solar Industries India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,899.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astra Microwave Products Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,730.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>SCHFL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Schaeffler India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR3H05</x:t>
   </x:si>
   <x:si>
-    <x:t>250</x:t>
-[...2 lines deleted...]
-    <x:t>$10,865.78</x:t>
+    <x:t>460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,489.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCLP IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ccl Products India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F33GL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,384.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supreme Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0M704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,730.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGCL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capri Global Capital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C25504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,404.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>CCLP IN</x:t>
-[...14 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>ERIS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eris Lifesciences Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0022GB3Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,003.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAURUS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laurus Labs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RJ3CM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,961.36</x:t>
   </x:si>
   <x:si>
     <x:t>INFO IN</x:t>
   </x:si>
   <x:si>
     <x:t>Infosys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT9HP8</x:t>
   </x:si>
   <x:si>
-    <x:t>729</x:t>
-[...38 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>1,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,869.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLPL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr Lal Pathlabs Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NBPF62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,398.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRF IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Srf Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZ1MD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,169.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGIL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pearl Global Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MYRJR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,129.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLAND IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gland Pharma Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BSZVL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,712.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>CEMPRO IN</x:t>
   </x:si>
   <x:si>
     <x:t>Cemindia Projects Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPTRS9</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,444.93</x:t>
-[...74 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$16,506.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>CHALET IN</x:t>
   </x:si>
   <x:si>
     <x:t>Chalet Hotels Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TVBD75</x:t>
   </x:si>
   <x:si>
-    <x:t>1,084</x:t>
-[...35 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>1,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,445.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FML IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Force Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNXR54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,222.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>LODHA IN</x:t>
   </x:si>
   <x:si>
     <x:t>Lodha Developers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V15XP7</x:t>
   </x:si>
   <x:si>
-    <x:t>862</x:t>
-[...50 lines deleted...]
-    <x:t>$9,954.47</x:t>
+    <x:t>1,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,421.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>14,940</x:t>
+    <x:t>31,747</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,940.07</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$31,746.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-INR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$5.87</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$-770.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1240,56 +1291,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34883c622c747eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R043524714dc44870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c12fb3e4c154949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R689c79717a64450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R52d90db4ef3d4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03c0b908a3864a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I73"/>
+  <x:dimension ref="A1:I74"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1501,443 +1552,443 @@
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1994,1414 +2045,1443 @@
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A73" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+      <x:c r="A73" s="1">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A74" s="2" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="B74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C73" s="2" t="s">
+      <x:c r="C74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D73" s="2" t="s">
+      <x:c r="D74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E73" s="2" t="s">
+      <x:c r="E74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F73" s="2" t="s">
+      <x:c r="F74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G73" s="2" t="s">
+      <x:c r="G74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H73" s="2" t="s">
+      <x:c r="H74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I73" s="2" t="s">
+      <x:c r="I74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A73:I73"/>
+    <x:mergeCell ref="A74:I74"/>
   </x:mergeCells>
 </x:worksheet>
 </file>