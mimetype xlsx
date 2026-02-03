--- v0 (2026-01-10)
+++ v1 (2026-02-03)
@@ -1,1152 +1,1158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re066fbd3982448c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015daec12fa64610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260108" sheetId="1" r:id="R390c5434d041498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260130" sheetId="1" r:id="R70baba8d95a94c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="369">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="371">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BBRI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Rakyat Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MJGQ35</x:t>
   </x:si>
   <x:si>
-    <x:t>19,547,633</x:t>
+    <x:t>18,064,833</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,316,130.72</x:t>
+    <x:t>$4,100,786.06</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.93%</x:t>
+    <x:t>8.71%</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Central Asia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC3P00</x:t>
   </x:si>
   <x:si>
-    <x:t>8,860,400</x:t>
-[...5 lines deleted...]
-    <x:t>7.81%</x:t>
+    <x:t>8,188,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,617,907.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.69%</x:t>
   </x:si>
   <x:si>
     <x:t>BMRI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Mandiri Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGNY64</x:t>
   </x:si>
   <x:si>
-    <x:t>12,596,704</x:t>
-[...5 lines deleted...]
-    <x:t>6.63%</x:t>
+    <x:t>11,640,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,349,538.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.11%</x:t>
   </x:si>
   <x:si>
     <x:t>TLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FS2KR5</x:t>
   </x:si>
   <x:si>
-    <x:t>158,654</x:t>
-[...5 lines deleted...]
-    <x:t>6.24%</x:t>
+    <x:t>146,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,096,487.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.58%</x:t>
   </x:si>
   <x:si>
     <x:t>DSSA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Dian Swastatika Sentosa Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYSDZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>490,200</x:t>
-[...5 lines deleted...]
-    <x:t>5.53%</x:t>
+    <x:t>452,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,671,260.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
-    <x:t>5,110,400</x:t>
-[...5 lines deleted...]
-    <x:t>5.34%</x:t>
+    <x:t>4,722,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,732.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ASII IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDMXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,750,000</x:t>
-[...5 lines deleted...]
-    <x:t>5.18%</x:t>
+    <x:t>6,237,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,365,156.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>5,150,900</x:t>
-[...5 lines deleted...]
-    <x:t>4.46%</x:t>
+    <x:t>4,760,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,140,237.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPIA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chandra Asri Petrochemical Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GY6RP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,259,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,643,320.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>27,191,500</x:t>
-[...23 lines deleted...]
-    <x:t>3.42%</x:t>
+    <x:t>25,128,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,594,418.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBNI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Negara Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HNGYH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,773,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,328.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOTO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goto Gojek Tokopedia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016C7S899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,185,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,223,268.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>BRPT IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Pacific Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK9L42</x:t>
   </x:si>
   <x:si>
-    <x:t>9,655,048</x:t>
-[...23 lines deleted...]
-    <x:t>2.49%</x:t>
+    <x:t>8,922,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,197.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,497,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,804.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNTR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Tractors Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJWQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,840.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMRT IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumber Alfaria Trijaya Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK6336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,814,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,022.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BUMI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFY979</x:t>
   </x:si>
   <x:si>
-    <x:t>48,795,500</x:t>
-[...59 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>45,092,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,332.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTM IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aneka Tambang Tbk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGW9S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,760,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,542.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>CUAN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Petrindo Jaya Kreasi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F8ZMDN1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,387,600</x:t>
-[...23 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>5,903,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$638,345.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDF IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN4PR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,441,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$585,217.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADRO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Energy Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FRJN57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,340,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,457.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBMA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Battery Materials Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G291HM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,114,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,452.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPIN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2H49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,045,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,464.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Pacific Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDW3Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,508.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANPU-R TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banpu Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNT5S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,024,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,409.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JCNC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardine Cycle &amp; Carriage Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDGG14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,761.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nickel Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LCXSCH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>712,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,678.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLBF IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kalbe Farma Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRVS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,452,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,132.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGAS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perusahaan Gas Negara Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F3KKQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,421,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,118.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INKP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indah Kiat Pulp &amp; Paper Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDRCS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>772,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,443.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXCL IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xl Axiata Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRZBZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,031,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,317.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>PTRO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Petrosea Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4G10</x:t>
   </x:si>
   <x:si>
-    <x:t>1,003,200</x:t>
-[...218 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>926,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,421.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,539,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,385.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICBP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Cbp Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015J3KR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>727,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,982.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>PANI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Pantai Indah Kapuk Dua Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LY52Y16</x:t>
   </x:si>
   <x:si>
-    <x:t>643,637</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>594,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,468.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indokripto Koin Semesta Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VQV40X2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,245,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>2,075,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,972.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>CDIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Chandra Daya Investasi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VP3Z2B1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,433,100</x:t>
-[...59 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>4,096,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,781.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPFA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japfa Comfeed Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRT73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,731,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,171.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG0YH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,025.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEAL IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medikaloka Hermina Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF093V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,746.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMTK IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elang Mahkota Teknologi Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q467L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,029,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,389.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitra Keluarga Karyasehat Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00875ZS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,643,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,008.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISAT IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indosat Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DL53H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,693,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,192.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AADI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Andalan Indonesia Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QSN4LX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,781.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>UNVR IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Unilever Indonesia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGJG7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,032,900</x:t>
-[...89 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>1,878,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,402.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>TOWR IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Sarana Menara Nusantara Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J65T60</x:t>
   </x:si>
   <x:si>
-    <x:t>7,345,800</x:t>
-[...2 lines deleted...]
-    <x:t>$242,823.14</x:t>
+    <x:t>6,788,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,330.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>ISAT IJ</x:t>
-[...32 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>PTBA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bukit Asam Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CLKXY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,285,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,357.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAPI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitra Adiperkasa Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MKPK08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,669,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,735.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indocement Tunggal Prakarsa Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDRBK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>472,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,671.63</x:t>
   </x:si>
   <x:si>
     <x:t>TKIM IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Pabrik Kertas Tjiwi Kimia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFS0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>442,400</x:t>
-[...20 lines deleted...]
-    <x:t>$207,425.81</x:t>
+    <x:t>408,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,140.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>PTBA IJ</x:t>
-[...11 lines deleted...]
-    <x:t>$198,036.28</x:t>
+    <x:t>AKRA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akr Corporindo Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVJBC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,372,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,705.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITMG IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indo Tambangraya Megah Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PCWV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,004.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>MAPI IJ</x:t>
-[...44 lines deleted...]
-    <x:t>$184,113.14</x:t>
+    <x:t>SMGR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Semen Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,085,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,178.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>SMGR IJ</x:t>
-[...11 lines deleted...]
-    <x:t>$182,739.58</x:t>
+    <x:t>JSMR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jasa Marga Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FRYC09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>714,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,815.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTRA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ciputra Development Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3F164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,859,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,736.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>AVIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Avia Avian Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012YQNZQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,500,700</x:t>
-[...20 lines deleted...]
-    <x:t>$161,762.71</x:t>
+    <x:t>5,083,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,151.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSDE IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bumi Serpong Damai Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYFK01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,362,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,576.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Jago Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BNNZWD6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,329,500</x:t>
-[...41 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>1,228,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,563.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>73,123</x:t>
+    <x:t>310,263</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$73,123.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$310,262.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,910.88</x:t>
+    <x:t>$-253,698.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1174,51 +1180,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7268036573364b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5e9cf0be733a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R390c5434d041498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75631cb2be24b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R300864b1bdf84649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70baba8d95a94c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I65"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2146,341 +2152,341 @@
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
@@ -2494,370 +2500,370 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
@@ -2871,230 +2877,230 @@
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="2" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I65" s="2" t="s">
         <x:v>1</x:v>
       </x:c>