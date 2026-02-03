--- v1 (2026-02-03)
+++ v2 (2026-02-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015daec12fa64610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e278af3b0584b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260130" sheetId="1" r:id="R70baba8d95a94c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260130" sheetId="1" r:id="R571c8cb16c19455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="371">
   <x:si>
     <x:t>Daily Holdings (%)  01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1180,51 +1180,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75631cb2be24b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R300864b1bdf84649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70baba8d95a94c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712dac70c2a04f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra75f405429164102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R571c8cb16c19455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I65"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">