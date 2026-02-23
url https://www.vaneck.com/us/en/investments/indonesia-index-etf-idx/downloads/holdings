--- v2 (2026-02-03)
+++ v3 (2026-02-23)
@@ -1,1158 +1,1161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e278af3b0584b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab19f69ec2549d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260130" sheetId="1" r:id="R571c8cb16c19455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260220" sheetId="1" r:id="R48bbdfc5f4054ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="371">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/30/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="372">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BBRI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Rakyat Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MJGQ35</x:t>
   </x:si>
   <x:si>
-    <x:t>18,064,833</x:t>
+    <x:t>14,079,433</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,100,786.06</x:t>
+    <x:t>$3,230,946.92</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.71%</x:t>
+    <x:t>8.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Mandiri Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGNY64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,072,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,772,102.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Central Asia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC3P00</x:t>
   </x:si>
   <x:si>
-    <x:t>8,188,100</x:t>
-[...23 lines deleted...]
-    <x:t>7.11%</x:t>
+    <x:t>6,381,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,747,601.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.42%</x:t>
   </x:si>
   <x:si>
     <x:t>TLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FS2KR5</x:t>
   </x:si>
   <x:si>
-    <x:t>146,614</x:t>
-[...5 lines deleted...]
-    <x:t>6.58%</x:t>
+    <x:t>114,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,399,670.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASII IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astra International Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDMXJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,861,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,889,880.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>DSSA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Dian Swastatika Sentosa Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYSDZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>452,900</x:t>
-[...5 lines deleted...]
-    <x:t>5.67%</x:t>
+    <x:t>352,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,819,958.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
-    <x:t>4,722,900</x:t>
-[...23 lines deleted...]
-    <x:t>5.02%</x:t>
+    <x:t>3,680,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,756,871.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>4,760,200</x:t>
-[...5 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>3,709,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,743,029.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
   </x:si>
   <x:si>
     <x:t>TPIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Chandra Asri Petrochemical Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GY6RP4</x:t>
   </x:si>
   <x:si>
-    <x:t>4,259,036</x:t>
-[...5 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>3,319,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,327.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>25,128,200</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>19,584,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,243,596.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
   </x:si>
   <x:si>
     <x:t>BBNI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Negara Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HNGYH0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,773,864</x:t>
-[...5 lines deleted...]
-    <x:t>2.72%</x:t>
+    <x:t>3,720,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$986,772.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>GOTO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Goto Gojek Tokopedia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016C7S899</x:t>
   </x:si>
   <x:si>
-    <x:t>318,185,800</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>247,989,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$892,084.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BRPT IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Pacific Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK9L42</x:t>
   </x:si>
   <x:si>
-    <x:t>8,922,448</x:t>
-[...5 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>6,954,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$836,347.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>MDKA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Merdeka Copper Gold Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NVSB85</x:t>
   </x:si>
   <x:si>
-    <x:t>4,497,695</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>3,505,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$749,307.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>UNTR IJ</x:t>
   </x:si>
   <x:si>
     <x:t>United Tractors Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDJWQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>501,869</x:t>
-[...5 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>391,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,660.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUMI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bumi Resources Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFY979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,144,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,624.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>AMRT IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Sumber Alfaria Trijaya Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK6336</x:t>
   </x:si>
   <x:si>
-    <x:t>6,814,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>5,311,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,568.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTM IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Aneka Tambang Tbk</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGW9S6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,760,300</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>2,151,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,556.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBMA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Battery Materials Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G291HM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,221,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,472.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>CUAN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Petrindo Jaya Kreasi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F8ZMDN1</x:t>
   </x:si>
   <x:si>
-    <x:t>5,903,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>4,600,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,246.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANPU-R TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banpu Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNT5S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,327.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADRO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Energy Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FRJN57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,383,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$462,868.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>INDF IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indofood Sukses Makmur Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4PR7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,441,100</x:t>
-[...41 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>1,123,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,554.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Pacific Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDW3Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>519,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,378.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JCNC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardine Cycle &amp; Carriage Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDGG14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,458.01</x:t>
   </x:si>
   <x:si>
     <x:t>CPIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2H49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,045,000</x:t>
-[...59 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>1,593,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$409,500.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>NIC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Nickel Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LCXSCH2</x:t>
   </x:si>
   <x:si>
-    <x:t>712,343</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>555,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,592.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INKP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indah Kiat Pulp &amp; Paper Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDRCS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,768.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGAS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perusahaan Gas Negara Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F3KKQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,666,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,019.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>KLBF IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kalbe Farma Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRVS5</x:t>
   </x:si>
   <x:si>
-    <x:t>6,452,900</x:t>
-[...41 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>5,029,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,986.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTRO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrosea Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG4G10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>722,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,576.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>EXCL IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Xl Axiata Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRZBZ1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,031,075</x:t>
-[...23 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>1,582,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,716.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantai Indah Kapuk Dua Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY52Y16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,819.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>GGR SP</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Agri-Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK1581</x:t>
   </x:si>
   <x:si>
-    <x:t>1,539,800</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>1,200,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,111.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>ICBP IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indofood Cbp Sukses Makmur Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015J3KR3</x:t>
   </x:si>
   <x:si>
-    <x:t>727,000</x:t>
-[...2 lines deleted...]
-    <x:t>$344,982.95</x:t>
+    <x:t>567,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,785.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>PANI IJ</x:t>
-[...14 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>INCO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG0YH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,681.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDIA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chandra Daya Investasi Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VP3Z2B1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,193,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,846.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEAL IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medikaloka Hermina Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF093V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,712,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,873.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AADI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Andalan Indonesia Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QSN4LX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,831.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNVR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGJG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,463,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,381.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPFA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japfa Comfeed Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRT73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,349,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,847.69</x:t>
   </x:si>
   <x:si>
     <x:t>COIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indokripto Koin Semesta Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VQV40X2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,075,300</x:t>
-[...71 lines deleted...]
-    <x:t>$275,746.20</x:t>
+    <x:t>1,617,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,501.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>EMTK IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Elang Mahkota Teknologi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q467L7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,029,800</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>3,140,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,401.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISAT IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indosat Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DL53H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,320,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,404.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>MIKA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mitra Keluarga Karyasehat Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00875ZS03</x:t>
   </x:si>
   <x:si>
-    <x:t>1,643,297</x:t>
-[...38 lines deleted...]
-    <x:t>$219,781.95</x:t>
+    <x:t>1,280,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,403.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
-    <x:t>UNVR IJ</x:t>
-[...14 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>MAPI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitra Adiperkasa Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MKPK08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,080,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,228.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>TOWR IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Sarana Menara Nusantara Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J65T60</x:t>
   </x:si>
   <x:si>
-    <x:t>6,788,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>5,290,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,566.17</x:t>
   </x:si>
   <x:si>
     <x:t>PTBA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bukit Asam Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CLKXY7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,285,500</x:t>
-[...20 lines deleted...]
-    <x:t>$188,735.88</x:t>
+    <x:t>1,002,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,737.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMGR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Semen Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>846,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,860.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKRA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akr Corporindo Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVJBC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,848,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,131.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>INTP IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indocement Tunggal Prakarsa Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDRBK2</x:t>
   </x:si>
   <x:si>
-    <x:t>472,900</x:t>
-[...2 lines deleted...]
-    <x:t>$187,671.63</x:t>
+    <x:t>368,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,534.66</x:t>
   </x:si>
   <x:si>
     <x:t>TKIM IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Pabrik Kertas Tjiwi Kimia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFS0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>408,500</x:t>
-[...20 lines deleted...]
-    <x:t>$178,705.34</x:t>
+    <x:t>318,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,942.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>ITMG IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indo Tambangraya Megah Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PCWV65</x:t>
   </x:si>
   <x:si>
-    <x:t>129,800</x:t>
-[...2 lines deleted...]
-    <x:t>$170,004.70</x:t>
+    <x:t>101,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,045.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>SMGR IJ</x:t>
-[...11 lines deleted...]
-    <x:t>$159,178.40</x:t>
+    <x:t>JSMR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jasa Marga Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FRYC09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>557,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,284.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>JSMR IJ</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CTRA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Ciputra Development Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3F164</x:t>
   </x:si>
   <x:si>
-    <x:t>2,859,095</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>2,228,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,951.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>AVIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Avia Avian Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012YQNZQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,083,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>3,961,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,113.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BSDE IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Serpong Damai Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYFK01</x:t>
   </x:si>
   <x:si>
-    <x:t>2,362,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>1,841,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,751.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Jago Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BNNZWD6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,228,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>957,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,934.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>310,263</x:t>
+    <x:t>132,298</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,262.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$132,297.92</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.16</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-253,698.61</x:t>
-[...2 lines deleted...]
-    <x:t>-0.54%</x:t>
+    <x:t>$-91,904.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1180,56 +1183,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712dac70c2a04f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra75f405429164102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R571c8cb16c19455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0964b870134f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R937bd5e9963b4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48bbdfc5f4054ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I65"/>
+  <x:dimension ref="A1:I66"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2007,1109 +2010,1138 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="G62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A65" s="1">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="H64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I64" s="1" t="s">
+      <x:c r="G65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A65" s="2" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="B65" s="2" t="s">
+    </x:row>
+    <x:row r="66" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A66" s="2" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="B66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C65" s="2" t="s">
+      <x:c r="C66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D65" s="2" t="s">
+      <x:c r="D66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E65" s="2" t="s">
+      <x:c r="E66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F65" s="2" t="s">
+      <x:c r="F66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G65" s="2" t="s">
+      <x:c r="G66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H65" s="2" t="s">
+      <x:c r="H66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I65" s="2" t="s">
+      <x:c r="I66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A65:I65"/>
+    <x:mergeCell ref="A66:I66"/>
   </x:mergeCells>
 </x:worksheet>
 </file>