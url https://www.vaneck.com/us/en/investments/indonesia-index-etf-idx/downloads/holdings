--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,1161 +1,1167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab19f69ec2549d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b524e1735941dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260220" sheetId="1" r:id="R48bbdfc5f4054ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IDX_asof_20260312" sheetId="1" r:id="R0ec0d69ae9304125"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="372">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/20/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="374">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BBRI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Rakyat Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MJGQ35</x:t>
   </x:si>
   <x:si>
     <x:t>14,079,433</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,230,946.92</x:t>
+    <x:t>$2,953,209.76</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.72%</x:t>
+    <x:t>9.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BMRI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Mandiri Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGNY64</x:t>
   </x:si>
   <x:si>
     <x:t>9,072,204</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,772,102.71</x:t>
-[...2 lines deleted...]
-    <x:t>7.48%</x:t>
+    <x:t>$2,640,167.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.15%</x:t>
   </x:si>
   <x:si>
     <x:t>BBCA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Central Asia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC3P00</x:t>
   </x:si>
   <x:si>
     <x:t>6,381,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,747,601.45</x:t>
-[...2 lines deleted...]
-    <x:t>7.42%</x:t>
+    <x:t>$2,585,859.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.99%</x:t>
   </x:si>
   <x:si>
     <x:t>TLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Telkom Indonesia Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FS2KR5</x:t>
   </x:si>
   <x:si>
     <x:t>114,270</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,399,670.00</x:t>
-[...2 lines deleted...]
-    <x:t>6.48%</x:t>
+    <x:t>$2,052,289.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.34%</x:t>
   </x:si>
   <x:si>
     <x:t>ASII IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDMXJ1</x:t>
   </x:si>
   <x:si>
     <x:t>4,861,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,889,880.46</x:t>
-[...2 lines deleted...]
-    <x:t>5.10%</x:t>
+    <x:t>$1,701,138.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
   </x:si>
   <x:si>
     <x:t>DSSA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Dian Swastatika Sentosa Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYSDZ0</x:t>
   </x:si>
   <x:si>
     <x:t>352,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,819,958.49</x:t>
-[...2 lines deleted...]
-    <x:t>4.91%</x:t>
+    <x:t>$1,579,140.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
     <x:t>3,680,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,756,871.33</x:t>
-[...2 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>$1,422,131.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
     <x:t>3,709,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,743,029.48</x:t>
-[...2 lines deleted...]
-    <x:t>4.71%</x:t>
+    <x:t>$1,200,268.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.71%</x:t>
   </x:si>
   <x:si>
     <x:t>TPIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Chandra Asri Petrochemical Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GY6RP4</x:t>
   </x:si>
   <x:si>
     <x:t>3,319,136</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,322,327.65</x:t>
-[...2 lines deleted...]
-    <x:t>3.57%</x:t>
+    <x:t>$1,116,178.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBNI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Negara Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HNGYH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,720,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$935,452.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
     <x:t>19,584,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,243,596.55</x:t>
-[...20 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>$922,102.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>GOTO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Goto Gojek Tokopedia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016C7S899</x:t>
   </x:si>
   <x:si>
     <x:t>247,989,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$892,084.56</x:t>
-[...2 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>$826,990.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNTR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Tractors Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJWQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,314.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,505,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,604.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BRPT IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Pacific Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK9L42</x:t>
   </x:si>
   <x:si>
     <x:t>6,954,248</x:t>
   </x:si>
   <x:si>
-    <x:t>$836,347.91</x:t>
-[...38 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>$584,213.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADRO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Energy Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FRJN57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,383,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,805.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTM IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aneka Tambang Tbk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGW9S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,151,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,780.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMRT IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumber Alfaria Trijaya Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK6336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,311,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,332.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>BUMI IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFY979</x:t>
   </x:si>
   <x:si>
     <x:t>35,144,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$617,624.26</x:t>
-[...38 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$445,765.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANPU-R TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banpu Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNT5S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,242.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>MBMA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Merdeka Battery Materials Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G291HM8</x:t>
   </x:si>
   <x:si>
     <x:t>10,221,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$520,472.78</x:t>
-[...2 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>$428,697.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JCNC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardine Cycle &amp; Carriage Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDGG14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,091.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDF IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN4PR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,123,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,236.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Pacific Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDW3Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>519,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,479.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nickel Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LCXSCH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,375.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPIN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2H49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,593,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,620.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>CUAN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Petrindo Jaya Kreasi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F8ZMDN1</x:t>
   </x:si>
   <x:si>
     <x:t>4,600,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$473,246.51</x:t>
-[...125 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>$330,015.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>INKP IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indah Kiat Pulp &amp; Paper Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDRCS2</x:t>
   </x:si>
   <x:si>
     <x:t>601,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$350,768.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>$322,298.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>PGAS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Perusahaan Gas Negara Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F3KKQ1</x:t>
   </x:si>
   <x:si>
     <x:t>2,666,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$347,019.54</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$320,650.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>KLBF IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kalbe Farma Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRVS5</x:t>
   </x:si>
   <x:si>
     <x:t>5,029,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$315,986.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$295,696.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,687.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXCL IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xl Axiata Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRZBZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,582,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,126.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICBP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indofood Cbp Sukses Makmur Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015J3KR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>567,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,291.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AADI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adaro Andalan Indonesia Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QSN4LX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,061.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantai Indah Kapuk Dua Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY52Y16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,951.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEAL IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medikaloka Hermina Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF093V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,712,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,140.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG0YH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,067.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>PTRO IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Petrosea Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4G10</x:t>
   </x:si>
   <x:si>
     <x:t>722,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$303,576.53</x:t>
-[...92 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$195,997.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPFA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japfa Comfeed Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRT73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,349,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,553.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTBA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bukit Asam Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CLKXY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,002,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,773.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITMG IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indo Tambangraya Megah Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PCWV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,469.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISAT IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indosat Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DL53H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,320,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,901.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNVR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGJG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,463,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,990.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TKIM IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pabrik Kertas Tjiwi Kimia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,384.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitra Keluarga Karyasehat Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00875ZS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,280,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,947.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CDIA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Chandra Daya Investasi Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VP3Z2B1</x:t>
   </x:si>
   <x:si>
     <x:t>3,193,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$215,846.31</x:t>
-[...68 lines deleted...]
-    <x:t>$190,847.69</x:t>
+    <x:t>$151,973.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOWR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sarana Menara Nusantara Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J65T60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,290,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,772.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAPI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitra Adiperkasa Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MKPK08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,080,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,498.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKRA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akr Corporindo Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVJBC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,848,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,162.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMTK IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elang Mahkota Teknologi Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q467L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,140,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,134.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMGR IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Semen Indonesia Persero Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>846,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,761.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTP IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indocement Tunggal Prakarsa Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDRBK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,836.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Indokripto Koin Semesta Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VQV40X2</x:t>
   </x:si>
   <x:si>
     <x:t>1,617,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$184,501.53</x:t>
-[...191 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$112,947.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>JSMR IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Jasa Marga Persero Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FRYC09</x:t>
   </x:si>
   <x:si>
     <x:t>557,150</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,284.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$102,840.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avia Avian Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012YQNZQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,961,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,337.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>CTRA IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Ciputra Development Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3F164</x:t>
   </x:si>
   <x:si>
     <x:t>2,228,595</x:t>
   </x:si>
   <x:si>
-    <x:t>$106,951.75</x:t>
-[...20 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>$91,967.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTO IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Jago Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNNZWD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,074.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BSDE IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Serpong Damai Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYFK01</x:t>
   </x:si>
   <x:si>
     <x:t>1,841,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$94,751.71</x:t>
-[...20 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$80,488.23</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>132,298</x:t>
+    <x:t>114,445</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$132,297.92</x:t>
+    <x:t>$114,445.40</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>$-.16</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-91,904.90</x:t>
-[...2 lines deleted...]
-    <x:t>-0.25%</x:t>
+    <x:t>$-84,703.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1183,51 +1189,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0964b870134f42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R937bd5e9963b4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48bbdfc5f4054ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266899a6b75c46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2d384bf90e204193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ec0d69ae9304125" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I66"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2010,602 +2016,602 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2648,491 +2654,491 @@
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>