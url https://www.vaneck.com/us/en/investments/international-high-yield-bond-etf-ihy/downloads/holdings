--- v3 (2026-01-16)
+++ v4 (2026-02-09)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2949a0762b24494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22af6184a234a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260115" sheetId="1" r:id="R17e4b9e006bf4a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260206" sheetId="1" r:id="R4b0ba8730fe24be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6285" uniqueCount="2241">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6670" uniqueCount="2359">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,6708 +61,7062 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Petroleos Mexicanos</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PXLJ57</x:t>
   </x:si>
   <x:si>
     <x:t>6.700</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,259.45</x:t>
+    <x:t>$283,840.03</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.58%</x:t>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005TSHYD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,177.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>British Telecommunications Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5D2J84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,925.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/23/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKLY8D9</x:t>
   </x:si>
   <x:si>
     <x:t>7.690</x:t>
   </x:si>
   <x:si>
-    <x:t>$256,391.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$250,026.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wepa Hygieneprodukte Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0FT0K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,669.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Finance Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNQ18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,210.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bpm Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXVDV03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,740.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bper Banca Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014LK64B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,787.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ima Industria Macchine Automatiche Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG1WC85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,069.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mundys Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6NSJ30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,149.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inpost Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4PH3Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,914.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X6ZBM75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,052.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zf Europe Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKHKDY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,254.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vz Vendor Financing Ii Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG1TGD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,005.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,253.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yapi Ve Kredi Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J6F67Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,050.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Oil Co Of The Azerbaijan Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00882VRP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,105.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azerbaijan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otp Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3K9HR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,404.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpha Star Holding Viii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLRW446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,706.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bapco Energies Bsc Closed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZYT9D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,020.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bahrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fibercop Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL845N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,874.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al-Arkan Sukuk Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR86881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,221.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virgin Media Vendor Financing Notes Iii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V7Q1L44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,495.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPCXC41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,840.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfamc Iii Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3QGMZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,872.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Binghatti Sukuk 2 Spv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH55QQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,729.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samarco Mineracao Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KH0FB04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,173.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVF2T51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,987.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/19/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H33CYF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,881.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upl Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VCMHVJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,573.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NR6TKJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,198.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Nutresa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVRY5T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,350.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YT6N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,641.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S/Genmab Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YGQ23X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,645.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belron Uk Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32YVC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,106.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1Y58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,451.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GSLNZH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,795.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZP0J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,914.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YS2P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,353.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Aircraft Leasing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P6VXL50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,669.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altice France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFCMZX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,640.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edge Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33CRW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,713.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP18479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,029.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLXL14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,665.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boots Group Finco Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W397K49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,606.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B&amp;M European Value Retail Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4FP2S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,843.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000098L86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,408.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerrold Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5DX679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,049.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saavi Energia Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4PQ936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,390.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XB5F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,575.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dresdner Funding Trust I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000259Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,686.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FNWDH25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,013.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air France-Klm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6ZFD76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,956.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accor Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLS20H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,838.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Europe Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W8ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,455.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5S4K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,504.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpi Property Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDG2W98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,462.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JG299X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,229.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Greece Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJ37CH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,209.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greece</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heathrow Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTXHV01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,844.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DC6BPT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,659.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lhmc Finco 2 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT1BNW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,319.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV3QX00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,798.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Ifis Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLZ1BQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,673.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Webuild Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFH97L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,180.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpha Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5CJPY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,517.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NLGHQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,435.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ams-Osram Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4G61H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,381.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Immo Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JDFZZP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,177.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurofins Scientific Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCV3F85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,065.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saipem Finance International Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N088FQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,816.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellis Acquisition Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJSDH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,654.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennet Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY08T93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,021.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virgin Media Secured Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QG1H2Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,864.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBYJ538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,729.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metro Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SHZSY97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,571.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engineering - Ingegneria Informatica -</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJV2S46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,531.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07Q5P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,386.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piraeus Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNLTN45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,955.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abertis Infraestructuras Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ9BY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,826.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energo - Pro As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW2P4Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,757.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FM535P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,736.65</x:t>
   </x:si>
   <x:si>
     <x:t>Alstria Office Reit-Ag</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SRM1GG5</x:t>
   </x:si>
   <x:si>
-    <x:t>5.500</x:t>
-[...914 lines deleted...]
-    <x:t>BBG01BHWTD41</x:t>
+    <x:t>$127,583.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zf North America Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG436C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,330.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prysmian Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYD7GC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,188.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNL53P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,951.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portugal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luna 1.5 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WH3DTJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,899.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rci Banque Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH7FJV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,556.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schaeffler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M429GJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,456.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essendi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSNKHP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,440.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07D7S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,340.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BW9JZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,860.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWLJT53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,858.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finnair Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPDP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,858.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2a Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5B1BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,721.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeo Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M9GLHB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,601.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W38BPZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,464.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iho Verwaltungs Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G12YF15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,224.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forvia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX2CN93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,063.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fnac Darty Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2CM426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,055.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nidda Healthcare Holding Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6TN3J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,997.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Kpn Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LTDL83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,902.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexans Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07TD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,830.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXPPSX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,769.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Transilvania Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q06GZ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,756.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trivium Packaging Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4239Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,707.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volvo Car Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017QJS4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,608.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rossini Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP68348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,437.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastrutture Wireless Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1WYGB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,430.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Holding Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ7G91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,361.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amber Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKW8L19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,284.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czechoslovak Group As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VQYYKM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,178.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picard Groupe Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH85HB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,144.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LR2M2L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,001.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Bidco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJV30Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,942.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2Q2DC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,898.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techem Verwaltungsgesellschaft 675 Mbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBKQN04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,862.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tereos Finance Groupe I Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCNVHC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,813.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cidron Aida Finco Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4LH210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,813.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYV7555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,785.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boels Topholding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG2C923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,739.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azelis Finance Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PPNGHJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,737.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belgium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurobank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCS2C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,713.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisure Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJFHS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,504.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKRF7X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,501.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opal Bidco Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0J02L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,374.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Currenta Group Holdings Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVP8QJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,311.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottomatica Group Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV9PYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,309.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loarre Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0178HB399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,125.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tui Cruises Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ0KJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,973.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progroup Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2DPTW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,948.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYGH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,882.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matterhorn Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR68B85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,877.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1011778 Bc Ulc / New Red Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XY80957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,866.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Cgm Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHB3LJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,862.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Power Corp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY1FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,819.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardonagh Finco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC3NKY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,607.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seche Environnement Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWH14M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,520.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivion Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W9DH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,383.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF09400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,372.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHGH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,163.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eircom Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR27XX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,124.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmed O2 Uk Financing I Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K2BYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,768.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisure Midholding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVS6VX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,521.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fressnapf Holding Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY3QS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,131.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlen Energy &amp; Metals Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6BTJJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,917.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castellum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0129033V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,670.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mbh Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX1TYL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,649.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNNQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,432.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Group Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHC2G52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,352.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRR6GD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,283.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paprec Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011JFZ815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,148.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrise Finco I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V563Z00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,058.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruenenthal Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010814Z05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,020.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eramet Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07JR66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,956.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5N8DM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,857.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPJL7F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,747.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRC95Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,669.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renault Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS963N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,637.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jaguar Land Rover Automotive Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011QKYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,632.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014GTYWY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,468.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eutelsat Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PD35882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,115.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heimstaden Bostad Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1683Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,996.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odido Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YMPPH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,868.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKB6KD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,748.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q-Park Holding I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMFKL67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,738.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZTW559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,705.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X9BTJL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,635.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dufry One Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QS9WC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,632.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telenet Finance Luxembourg Notes Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCPV9Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,555.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheplapharm Arzneimittel Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRR28C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,552.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grifols Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NHPYP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,528.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT4YB55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,110.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV15TC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,085.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5CYGN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,003.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Game Technology Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6WL5D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,856.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010RS7YS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,836.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngg Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41DZT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,580.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Bidco Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYDFF22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,545.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citycon Treasury Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5STVX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,372.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV8V6Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,245.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flora Food Management Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC0VCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,007.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snf Group Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD11ZP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,755.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almaviva-The Italian Innovation Co Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFZ9SW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,755.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipd 3 Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR3KN97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,734.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cab Selas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1667H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,612.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FN1YC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,550.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomad Foods Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F3XBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,365.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F46LK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,168.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgarian Energy Holding Ead</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RJGLQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,159.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teamsystem Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKR4F64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,951.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bcp V Modular Services Finance Ii Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VFPFX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,872.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4GPF10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,698.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MR1PW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,972.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R00V308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,884.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wintershall Dea Finance 2 Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVS7P79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,683.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rakuten Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7V9D79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,656.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Spa/Milano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV01QT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,295.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3Z6LN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,038.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecopetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136Y1ZJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,906.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011XTZZP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,550.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zegona Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL7CDB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,454.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allwyn Entertainment Financing Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G9HK8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,980.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X6ZGSY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,867.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holding D'Infrastructures Des Metiers D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F0KZS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,432.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loxam Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFNFRW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,318.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fs Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L8DV0M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,642.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eg Global Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K200S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,436.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNPY7J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,850.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L7ZHZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,494.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Vakiflar Bankasi Tao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ8TBL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,310.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fidelis Insurance Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V47SXF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,846.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altice Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RBBHG54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,804.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJX7WS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,670.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nickel Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHJXTJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,667.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ithaca Energy North Sea Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75MTP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,650.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avianca Midco 2 Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T07B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,526.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH51709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,451.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albion Financing 1 Sarl / Aggreko Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXTNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,359.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Latam Airlines Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3N0BS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,240.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33MTD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,179.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Is Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N67MNY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,080.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bell Telephone Co Of Canada Or Bell Can</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S8F16R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,554.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calderys Financing Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHN1S92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,536.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tgs Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ4P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,377.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akbank Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9SPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,325.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Sinai Kalkinma Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75YTN6</x:t>
   </x:si>
   <x:si>
     <x:t>7.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,622.40</x:t>
-[...1490 lines deleted...]
-    <x:t>$110,131.27</x:t>
+    <x:t>$106,132.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017186YY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,080.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Otomotiv Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MD8S542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,020.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006BRH1Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,000.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxam Prill Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VQYZ2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,945.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cerdia Finanz Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSJ379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,931.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oztel Holdings Spc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN0ZM84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,859.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navoi Mining &amp; Metallurgical Combinat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,816.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turk Telekomunikasyon As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRRB516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,805.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delhi International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2XL2D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,768.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>Yinson Bergenia Production Bv</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VT73ZK0</x:t>
   </x:si>
   <x:si>
     <x:t>8.498</x:t>
   </x:si>
   <x:si>
-    <x:t>$110,116.53</x:t>
-[...71 lines deleted...]
-    <x:t>$109,403.65</x:t>
+    <x:t>98,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,650.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQT69D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,611.16</x:t>
   </x:si>
   <x:si>
     <x:t>Transnet/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01DD2RLC2</x:t>
   </x:si>
   <x:si>
-    <x:t>8.250</x:t>
-[...2 lines deleted...]
-    <x:t>$109,402.83</x:t>
+    <x:t>$105,582.85</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
-    <x:t>Turkiye Vakiflar Bankasi Tao</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Vedanta Resources Finance Ii Plc</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RQQTM94</x:t>
   </x:si>
   <x:si>
     <x:t>9.475</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,845.32</x:t>
-[...26 lines deleted...]
-    <x:t>$108,797.40</x:t>
+    <x:t>$105,569.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rede D'Or Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KNBG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,517.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Brasil Sa/Cayman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCW637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,417.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KCBW6L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,248.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seadrill Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDK4L29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,132.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGS92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,862.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kioxia Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W344DX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,801.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rb Global Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP4C6R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,791.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Garanti Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QZB6RQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,763.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intrum Investments And Financing Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8ZD908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,678.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pluspetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V69BJ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,652.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bond Co Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMZ36S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,606.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZK6858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,543.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WMZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,505.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMJD21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,443.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV19P16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,426.48</x:t>
   </x:si>
   <x:si>
     <x:t>Iifl Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RKZF949</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,573.84</x:t>
-[...29 lines deleted...]
-    <x:t>$108,293.20</x:t>
+    <x:t>$104,401.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Financing Usa Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF4KYT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,378.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worldline Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXHXVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,315.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,250.43</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel International Finance Ltd / Dif</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W9T70R8</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,200.73</x:t>
-[...53 lines deleted...]
-    <x:t>$107,185.42</x:t>
+    <x:t>$104,225.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC23V57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,216.55</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY1MDH3</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,169.88</x:t>
+    <x:t>$104,169.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014G3F2J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,118.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emeria Sasu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DD5KKQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,099.22</x:t>
   </x:si>
   <x:si>
     <x:t>Tc Ziraat Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S1708B0</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,168.27</x:t>
+    <x:t>$104,077.58</x:t>
   </x:si>
   <x:si>
     <x:t>Muangthai Capital Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZ3KGC4</x:t>
   </x:si>
   <x:si>
     <x:t>7.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,138.87</x:t>
+    <x:t>$104,069.74</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
+    <x:t>Muthoot Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q9MJGK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,670.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V276L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,581.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biocon Biologics Global Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3XHGD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,549.13</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VW0XPW7</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,128.84</x:t>
-[...254 lines deleted...]
-    <x:t>$104,647.09</x:t>
+    <x:t>$103,442.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stena International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXPP228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,346.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TGKZJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,194.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecommunications Co Telekom Srbija Ad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB0YBZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,183.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Economica Federal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX7B402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,146.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omgrid Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNX2K81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,075.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Ihracat Kredi Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF3GQS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,045.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobico Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JCXZ137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,941.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wynn Macau Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WS5XGN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,506.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierracol Energy Andina Llc/Sierracol E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDMMPG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,263.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inversiones Cmpc Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KQX08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,760.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atos Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8W8Y70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,747.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JDBC51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,598.12</x:t>
   </x:si>
   <x:si>
     <x:t>Azule Energy Finance Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RQTCMK3</x:t>
   </x:si>
   <x:si>
-    <x:t>$104,542.28</x:t>
-[...14 lines deleted...]
-    <x:t>$104,443.36</x:t>
+    <x:t>$101,545.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,461.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbm Us Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVN4KX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,442.64</x:t>
   </x:si>
   <x:si>
     <x:t>Froneri Lux Finco Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W0ZNHQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$104,364.27</x:t>
-[...38 lines deleted...]
-    <x:t>$104,073.49</x:t>
+    <x:t>$101,170.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Global Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,090.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bapco Energies Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVV47G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,070.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central American Bottling Corp / Cbc Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZPM26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,583.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tk Elevator Us Newco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VSHFQR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,408.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Btg Pactual Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZSYBZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,383.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegea Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XL79P48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,921.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toucan Finco Ltd/Toucan Finco Can Inc/T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLYDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,885.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jersey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melco Resorts Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYZLJ02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,679.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YZ28JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,645.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgm China Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSKZRB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,622.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuum Green Energy India Pvt / Co-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2PCYN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,310.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6SB3S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,669.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlantica Sustainable Infrastructure Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0110RHYG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,594.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellium Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6PNZ07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,197.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globo Comunicacao E Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014FG46G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,118.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Miguel Industrias Pet Sa / Ng Pet R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7VGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,680.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Studio City Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRFTQK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,159.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XDH1DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,926.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motion Bondco Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKDSSF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,686.61</x:t>
   </x:si>
   <x:si>
     <x:t>Ion Platform Finance Us Inc / Ion Platf</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRTDZT0</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,962.22</x:t>
-[...83 lines deleted...]
-    <x:t>$102,864.28</x:t>
+    <x:t>$96,437.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXQW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,369.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canpack Sa / Canpack Us Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TG3JT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,278.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natura &amp;Co Luxembourg Holdings Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FXDT92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,089.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QL6KSS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,599.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00582F0G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,460.92</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XS5YP01</x:t>
   </x:si>
   <x:si>
-    <x:t>$102,780.85</x:t>
-[...146 lines deleted...]
-    <x:t>BBG01TS3D682</x:t>
+    <x:t>$95,064.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asg Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS0QRS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,007.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XKVS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,006.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enfragen Energia Sur Sa / Enfragen Spai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGL2V64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,924.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K2BTP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,455.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klabin Austria Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YS3VZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,208.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cerba Healthcare Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010WH0NQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,177.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paysafe Finance Plc / Paysafe Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BYLRJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,460.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ion Platform Finance Us Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZDMM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,989.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2DPW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,170.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Quattro Finance 2 Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1X8412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,272.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csn Resources Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD6MWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,602.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L6Y6ZC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,790.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connect Finco Sarl / Connect Us Finco L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNMWYR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,476.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1Z2S29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,077.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XWJT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,219.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9JG584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,137.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Argentina Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR55KZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,910.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,716.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7PCM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,574.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK89BC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,990.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy Argentina Sau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTPN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,968.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5Y4NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,887.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garda World Security Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK41LZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,661.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama Infrastructure Receivable Purcha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8LQMT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,386.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K5W8536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,230.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDM0L65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,536.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pampa Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JH3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,535.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sable International Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0829S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,463.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6VXC30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,354.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006JMY0P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,995.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQM92M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,983.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z73N6V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,361.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFDXS85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,213.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y65982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,675.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R28RQ49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,091.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6KWZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,042.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,507.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goeasy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2D4T97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,019.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJ6YV32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,753.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greenko Power Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y4NYJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,179.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amer Sports Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCJHJ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,941.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009BNFQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,073.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Luxembourg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJ0C016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,261.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresas Publicas De Medellin Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPPYQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,033.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FZTRY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,882.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN7FXK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,732.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY7Z5X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,146.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mong Duong Finance Holdings Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PV1N2T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,477.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Netherlands Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7C9V78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,445.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLH8JY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,302.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX43T2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,088.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleos Del Peru Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GXFJWB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,590.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0616K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,546.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,088.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PK89165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,696.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCY2QG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,381.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Israel Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H754DC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,252.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNT8JM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,694.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019SQ9ZW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,550.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVSWJ66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,548.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcpr Senior Secured Financing Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJCQBG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,376.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yinson Boronia Production Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1PJKD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,010.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cemex Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTY26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,985.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7RQ9N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,854.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V46KCT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,831.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M4T02S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,690.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itau Unibanco Holding Sa/Cayman Island</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SGH85Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,659.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Bow Canadian Infrastructure Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZZ64G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,656.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garrett Motion Holdings Inc / Garrett L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC7JY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,611.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihs Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVH0Q47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,522.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Termocandelaria Power Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNG3L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,487.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNY62R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,426.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Chemicals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2LJKD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,421.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMXWT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,406.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KP7PJ85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,365.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We Soda Investments Holding Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJ4K2R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,334.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QGG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,272.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eushi Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8YWGX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,269.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Uk Refinance Plc / Howden Uk Ref</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81FSK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,267.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ3FV17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,201.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJW4PT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,171.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sisecam Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,167.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZG8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,157.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGX55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,135.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mersin Uluslararasi Liman Isletmeciligi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XCKP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,117.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SZYR852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,090.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banijay Entertainment Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7C5F95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,043.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeromexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJTB2T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,042.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7NLHJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,001.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Internacional Del Peru Saa Interb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0P2VJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,928.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,910.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ld Celulose International Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0W1NP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,871.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4WNB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,799.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8K3762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,712.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bradesco Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR8DS42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,692.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,585.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R329JC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,451.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX4465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,203.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mhp Lux Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRBM4J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,161.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;W Senior Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S67NQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,067.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KG232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,053.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQJG7L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,031.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcor Saic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T6FD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,980.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Votorantim Sa/Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5XYRZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,850.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N73ZBQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,812.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mazoon Assets Co Saoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32ZMJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,793.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosan Luxembourg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT7JK20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,650.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oryx Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1WYYL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,520.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL7JJV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,461.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Residential Properties Inc /</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72H2D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,446.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistajet Malta Finance Plc / Vista Mana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XSPMY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,430.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Buyer Ltd / Atlantica Sustai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG10N00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,413.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP2B2J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,381.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK37FS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,353.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG435M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,215.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNRY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,192.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investment Energy Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010423G00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,185.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000H86Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,134.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015476304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,060.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LYB0LD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,944.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL820F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,720.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrorio Luxembourg Holding Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ1F31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,640.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instituto Costarricense De Electricidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004CZFY54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,471.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DJX3T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,416.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNVM791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,258.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amaggi Luxembourg International Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z0HH595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,198.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumo Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VSZG693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,170.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W26SNM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,097.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renew Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHG9140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,019.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P3B2R77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,985.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01136V362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,979.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM1VL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,933.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mattamy Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTVJ9N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,907.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J7ZRW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,811.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banistmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC6FPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,514.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekneftegaz Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FT6XR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,448.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RD5CJS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,179.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQT8CF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,117.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minsur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135W9LG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,700.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLT4FJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,605.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,544.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9CZ0R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,526.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB0QPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,525.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MRX6D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,024.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Auto Holdings Ltd/Aag Fh Uk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXQBMR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,880.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JJ5104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,720.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMHJC65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,122.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aval Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RKLP6Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,028.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia Telecomunicaciones Sa Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VYK0RJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,802.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Energy Finance Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L8DHMM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,854.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csn Inova Ventures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RJSXJQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,677.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aston Martin Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY7J2N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,499.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marb Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YXT5SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,324.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ai Candelaria -Spain- Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z7ZJX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,219.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Falabella Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y3XSM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,142.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borr Ihc Ltd / Borr Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JWX7X45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,041.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMDN5R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,677.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0021PGYX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,556.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007JLB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,787.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanzania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemak Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011KMQCZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,715.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP4C6V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,983.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leviathan Bond Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WBMK1K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,430.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,309.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076DCXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,142.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQT7JP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,638.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mc Brazil Downstream Trading Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RV1HN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,356.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S6ZX4Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,280.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7RCX68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,302.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120R4JV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,199.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVJKH27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,671.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011991JM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,019.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZH95YG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,837.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kosmos Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP4PD29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,282.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,978.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercer International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BQFNL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,144.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T66W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,476.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC4HF71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,737.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nufarm Australia Ltd / Nufarm Americas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QLLCL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,659.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,479.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Flyer Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8S34J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,258.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W00BB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,255.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMR0VB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,184.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SNF87H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,155.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taseko Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBN6YF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,149.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJHWN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,066.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage Petroleum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0178K40P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,974.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad And Tobago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jones Deslauriers Insurance Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHCQY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,969.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Iron Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS14PS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,883.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0064M2HN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,837.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,717.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSR8PF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,681.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N09RMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,660.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golomt Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRYH9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,633.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,617.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWTBP10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,571.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire Communities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG4S8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,566.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma International Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDBLW25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,564.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeropuertos Dominicanos Siglo Xxi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK9DQZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,519.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Finance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BW204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,447.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Usa Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRJB2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,426.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z73L2C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,250.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,178.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H6WSCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,134.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enerflex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV6B735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,111.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCWPVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,078.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Canadian Gaming Corp/Raptor Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK72LJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,053.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SVBL1</x:t>
   </x:si>
   <x:si>
     <x:t>6.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,673.89</x:t>
-[...2330 lines deleted...]
-    <x:t>$26,693.64</x:t>
+    <x:t>$26,015.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascades Inc/Cascades Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8RDY21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,963.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Energia Electrica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q782C61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,927.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tecpetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQZXH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,882.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012311Y48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,879.20</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQK9ZF0</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,681.30</x:t>
-[...89 lines deleted...]
-    <x:t>$26,310.93</x:t>
+    <x:t>$25,856.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K5LF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,823.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122ZBW29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,775.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y75K2K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,744.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKXZ8F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,672.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teine Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0HF63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,640.48</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MKQBK40</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,302.30</x:t>
-[...44 lines deleted...]
-    <x:t>$26,106.65</x:t>
+    <x:t>$25,598.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northriver Midstream Finance Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH91847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,597.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70CQJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,556.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burkina Faso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indika Energy Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLQCVM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,518.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precision Drilling Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011917W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,477.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6B3SX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,470.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WBMK194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,465.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3LZFM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,454.37</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H5RJ6W8</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,064.04</x:t>
-[...140 lines deleted...]
-    <x:t>$25,309.55</x:t>
+    <x:t>$25,354.62</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0136VL8H8</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,273.84</x:t>
+    <x:t>$25,340.65</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3XS182</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,133.42</x:t>
+    <x:t>$25,331.96</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZH95TN0</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,128.14</x:t>
+    <x:t>$25,313.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermilion Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19DB34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,150.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,128.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYP589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,105.61</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01210LSM3</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,067.79</x:t>
-[...8 lines deleted...]
-    <x:t>$25,059.82</x:t>
+    <x:t>$25,073.99</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0118Z53R9</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,997.92</x:t>
-[...11 lines deleted...]
-    <x:t>$24,872.49</x:t>
+    <x:t>$25,031.67</x:t>
   </x:si>
   <x:si>
     <x:t>Superior Plus Lp / Superior General Par</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZHC2JW8</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,795.35</x:t>
+    <x:t>$24,973.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saturn Oil &amp; Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N641V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,870.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010H455F8</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,709.74</x:t>
-[...23 lines deleted...]
-    <x:t>$24,508.54</x:t>
+    <x:t>$24,749.24</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2170</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101ZKQV5</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,452.72</x:t>
+    <x:t>$24,572.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01103BGG4</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,340.11</x:t>
+    <x:t>$24,527.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgian Railway Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DF2Q99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,152.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QG0XJM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,119.08</x:t>
-[...26 lines deleted...]
-    <x:t>Georgia</x:t>
+    <x:t>$24,147.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HWFLW45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,827.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5V0F16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,250.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65F56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,823.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF1FQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,742.26</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FZTNB4</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,537.33</x:t>
+    <x:t>$22,566.02</x:t>
   </x:si>
   <x:si>
     <x:t>Playtika Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZHSBT79</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,574.95</x:t>
-[...35 lines deleted...]
-    <x:t>$21,144.94</x:t>
+    <x:t>$21,803.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVRVFF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,077.81</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01198GJR1</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,837.72</x:t>
-[...11 lines deleted...]
-    <x:t>$20,573.96</x:t>
+    <x:t>$21,067.46</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2083</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K2CXZ47</x:t>
   </x:si>
   <x:si>
     <x:t>8.900</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,308.98</x:t>
+    <x:t>$20,908.97</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00006QFM9</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,790.27</x:t>
+    <x:t>$20,276.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65JL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,042.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Pipeline Ltd/Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NPHH8B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,886.62</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Property Finance Ulc</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F6NJ0V3</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,488.90</x:t>
-[...11 lines deleted...]
-    <x:t>$19,412.05</x:t>
+    <x:t>$19,880.70</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2082</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01922BRF4</x:t>
   </x:si>
   <x:si>
     <x:t>7.350</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,407.27</x:t>
+    <x:t>$19,840.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T08GTB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,556.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doman Building Materials Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNN5F35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,479.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cogeco Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNVK7B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,442.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T022WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,442.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P85Z1H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,359.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North American Energy Partners Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQ1TZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,348.95</x:t>
   </x:si>
   <x:si>
     <x:t>Cineplex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LK9GSV7</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,369.54</x:t>
-[...50 lines deleted...]
-    <x:t>$18,881.26</x:t>
+    <x:t>$19,179.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9ZZSH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,039.32</x:t>
   </x:si>
   <x:si>
     <x:t>Sleep Country Canada Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYFBZQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,536.40</x:t>
+    <x:t>$19,005.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamarack Valley Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0152YZMR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,877.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laurentian Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169YGX10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,707.57</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Lng Srl</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KB82RQ5</x:t>
   </x:si>
   <x:si>
     <x:t>18,753</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,528.84</x:t>
-[...47 lines deleted...]
-    <x:t>$18,006.94</x:t>
+    <x:t>$18,646.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recipe Unltd Corp/Societe De Re Cettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y4J2HL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,627.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gibson Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGLCGY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,618.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secure Energy Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKP4R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,579.02</x:t>
   </x:si>
   <x:si>
     <x:t>Superior Plus Lp</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010H509T7</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,941.42</x:t>
+    <x:t>$18,401.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kronos Acquisition Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH93523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,379.69</x:t>
   </x:si>
   <x:si>
     <x:t>Mv24 Capital Bv</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PWN9WQ0</x:t>
   </x:si>
   <x:si>
     <x:t>6.748</x:t>
   </x:si>
   <x:si>
     <x:t>17,351</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,662.58</x:t>
-[...8 lines deleted...]
-    <x:t>$17,310.42</x:t>
+    <x:t>$17,749.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K4JHPS4</x:t>
   </x:si>
   <x:si>
     <x:t>15,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,658.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$15,698.66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LM17SJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,895.44</x:t>
+    <x:t>$14,950.37</x:t>
   </x:si>
   <x:si>
     <x:t>Dye &amp; Durham Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M7TZ180</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,487.09</x:t>
-[...14 lines deleted...]
-    <x:t>$11,051.50</x:t>
+    <x:t>$13,841.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014DCZNQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,168.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/11/2082</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ardagh Packaging Finance Plc / Ardagh H</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>$10,260.00</x:t>
   </x:si>
   <x:si>
     <x:t>Altice France Lux 3 / Altice Holdings 1</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMSM4F1</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t>452</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,062.81</x:t>
+    <x:t>$8,213.97</x:t>
   </x:si>
   <x:si>
     <x:t>Corus Entertainment Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0109ZR5H2</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,418.72</x:t>
+    <x:t>$6,573.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Bakrie Telecom Pte Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00006Z907</x:t>
   </x:si>
   <x:si>
     <x:t>11.500</x:t>
   </x:si>
   <x:si>
     <x:t>$1,312.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Abengoa Abenewco 2 Sa</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P1GDRN8</x:t>
   </x:si>
   <x:si>
     <x:t>63,265</x:t>
   </x:si>
   <x:si>
     <x:t>$632.65</x:t>
   </x:si>
   <x:si>
     <x:t>Abengoa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CMY94</x:t>
   </x:si>
   <x:si>
-    <x:t>$581.26</x:t>
+    <x:t>$592.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P1H0V60</x:t>
   </x:si>
   <x:si>
     <x:t>$104.39</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KFKHGF3</x:t>
   </x:si>
   <x:si>
     <x:t>31,361</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>152,370</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>247,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,529.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,547.10</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
-    <x:t>74,004</x:t>
-[...14 lines deleted...]
-    <x:t>$15,618.98</x:t>
+    <x:t>52,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,718.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,330.32</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,243.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$203,270.94</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -6790,56 +7144,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb244f7292894458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R80e52085cd494035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17e4b9e006bf4a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3649a62d2c467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50ce72956feb454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b0ba8730fe24be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L571"/>
+  <x:dimension ref="A1:L606"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -6968,21574 +7322,22904 @@
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K4" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L4" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:12" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H7" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K7" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="K11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="K19" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="K20" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="I21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J21" s="1" t="s">
+      <x:c r="K21" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="I22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J22" s="1" t="s">
+      <x:c r="K22" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="K23" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="I24" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="K27" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K28" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H30" s="1" t="s">
+      <x:c r="K30" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="K33" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="K37" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="K39" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="K41" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="I41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="H57" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="I58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="K62" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="K62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="K69" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="K69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="K75" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L75" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="K82" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="K82" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="I97" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J97" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="K97" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="D108" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H108" s="1" t="s">
+      <x:c r="I108" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="K108" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="I108" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="D117" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="F118" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="E120" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="D123" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="F123" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="I125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J125" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="K125" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H127" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="F155" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
+      <x:c r="D156" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H156" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="E156" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H157" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="I164" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D166" s="1" t="s">
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H169" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H171" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="C171" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H172" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H173" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="C173" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="C240" s="1" t="s">
+      <x:c r="H240" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
-      <x:c r="C265" s="1" t="s">
+      <x:c r="D265" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
-      <x:c r="D265" s="1" t="s">
+      <x:c r="E265" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="F266" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G266" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H266" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
-      <x:c r="C266" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="C279" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="E280" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H280" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="D280" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="C281" s="1" t="s">
+      <x:c r="E281" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H281" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="D282" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="C282" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D282" s="1" t="s">
+      <x:c r="E282" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F282" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G282" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="E282" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="C283" s="1" t="s">
+      <x:c r="D283" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
-      <x:c r="D283" s="1" t="s">
+      <x:c r="E283" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F283" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G283" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H283" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
-      <x:c r="E283" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="C284" s="1" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="D284" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
-      <x:c r="C284" s="1" t="s">
+      <x:c r="E284" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
-      <x:c r="D284" s="1" t="s">
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
         <x:v>1223</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
-      <x:c r="C285" s="1" t="s">
+      <x:c r="D285" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="D285" s="1" t="s">
+      <x:c r="E285" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
-      <x:c r="E285" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="C306" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H306" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="I306" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J306" s="1" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="C306" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="I321" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J321" s="1" t="s">
         <x:v>1354</x:v>
       </x:c>
-      <x:c r="I321" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="E326" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F326" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G326" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H326" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="I326" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J326" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="E326" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H330" s="1" t="s">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="I330" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J330" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="H330" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="D331" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="D331" s="1" t="s">
+      <x:c r="E331" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F331" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G331" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H331" s="1" t="s">
         <x:v>1398</x:v>
       </x:c>
-      <x:c r="E331" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="C358" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="D358" s="1" t="s">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F358" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G358" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H358" s="1" t="s">
         <x:v>1497</x:v>
       </x:c>
-      <x:c r="C358" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D358" s="1" t="s">
+      <x:c r="I358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J358" s="1" t="s">
         <x:v>1498</x:v>
       </x:c>
-      <x:c r="E358" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="F364" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G364" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H364" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="I364" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J364" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
-      <x:c r="E364" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H367" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="C372" s="1" t="s">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="D372" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E372" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="F372" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G372" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H372" s="1" t="s">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="I372" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J372" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="C372" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1599</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1623</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F432" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G432" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H432" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F438" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G438" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H438" s="1" t="s">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F439" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G439" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H439" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="D440" s="1" t="s">
+        <x:v>1789</x:v>
+      </x:c>
+      <x:c r="E440" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F440" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G440" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H440" s="1" t="s">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="I440" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J440" s="1" t="s">
         <x:v>1787</x:v>
       </x:c>
-      <x:c r="D440" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F441" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G441" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H441" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F442" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G442" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H442" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F443" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G443" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H443" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F444" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G444" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H444" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F445" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G445" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H445" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F447" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G447" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H447" s="1" t="s">
         <x:v>1813</x:v>
       </x:c>
-      <x:c r="F447" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F449" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G449" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H449" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="D450" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="E450" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F450" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G450" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H450" s="1" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F451" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G451" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H451" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F453" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G453" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H453" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F455" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G455" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H455" s="1" t="s">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
+        <x:v>1755</x:v>
+      </x:c>
+      <x:c r="D456" s="1" t="s">
         <x:v>1842</x:v>
       </x:c>
-      <x:c r="D456" s="1" t="s">
+      <x:c r="E456" s="1" t="s">
         <x:v>1843</x:v>
       </x:c>
-      <x:c r="E456" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F456" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G456" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H456" s="1" t="s">
         <x:v>1844</x:v>
       </x:c>
-      <x:c r="H456" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="C457" s="1" t="s">
         <x:v>1846</x:v>
       </x:c>
-      <x:c r="C457" s="1" t="s">
+      <x:c r="D457" s="1" t="s">
         <x:v>1847</x:v>
       </x:c>
-      <x:c r="D457" s="1" t="s">
+      <x:c r="E457" s="1" t="s">
         <x:v>1848</x:v>
       </x:c>
-      <x:c r="E457" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H457" s="1" t="s">
         <x:v>1849</x:v>
       </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F458" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G458" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H458" s="1" t="s">
         <x:v>1852</x:v>
       </x:c>
-      <x:c r="H458" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F459" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G459" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H459" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F460" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G460" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H460" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F461" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G461" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H461" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F462" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G462" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H462" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F463" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G463" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H463" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="D464" s="1" t="s">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="E464" s="1" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="F464" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G464" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H464" s="1" t="s">
         <x:v>1872</x:v>
       </x:c>
-      <x:c r="D464" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="C465" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D465" s="1" t="s">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="E465" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="F465" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G465" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H465" s="1" t="s">
         <x:v>1875</x:v>
       </x:c>
-      <x:c r="C465" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="C466" s="1" t="s">
+        <x:v>1792</x:v>
+      </x:c>
+      <x:c r="D466" s="1" t="s">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="E466" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F466" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G466" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H466" s="1" t="s">
         <x:v>1878</x:v>
       </x:c>
-      <x:c r="C466" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
+        <x:v>1879</x:v>
+      </x:c>
+      <x:c r="C467" s="1" t="s">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="D467" s="1" t="s">
         <x:v>1881</x:v>
       </x:c>
-      <x:c r="C467" s="1" t="s">
+      <x:c r="E467" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="F467" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G467" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H467" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
-      <x:c r="D467" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
+        <x:v>1883</x:v>
+      </x:c>
+      <x:c r="C468" s="1" t="s">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
         <x:v>1885</x:v>
       </x:c>
-      <x:c r="C468" s="1" t="s">
+      <x:c r="E468" s="1" t="s">
         <x:v>1886</x:v>
       </x:c>
-      <x:c r="D468" s="1" t="s">
+      <x:c r="F468" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G468" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H468" s="1" t="s">
         <x:v>1887</x:v>
       </x:c>
-      <x:c r="E468" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="D469" s="1" t="s">
+        <x:v>1889</x:v>
+      </x:c>
+      <x:c r="E469" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F469" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G469" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H469" s="1" t="s">
         <x:v>1890</x:v>
       </x:c>
-      <x:c r="D469" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
+        <x:v>1892</x:v>
+      </x:c>
+      <x:c r="E470" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F470" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G470" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H470" s="1" t="s">
         <x:v>1893</x:v>
       </x:c>
-      <x:c r="E470" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H470" s="1" t="s">
+      <x:c r="I470" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J470" s="1" t="s">
         <x:v>1894</x:v>
       </x:c>
-      <x:c r="I470" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
         <x:v>1895</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="D471" s="1" t="s">
         <x:v>1896</x:v>
       </x:c>
-      <x:c r="D471" s="1" t="s">
+      <x:c r="E471" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="F471" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G471" s="1" t="s">
         <x:v>1897</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1864</x:v>
       </x:c>
       <x:c r="H471" s="1" t="s">
         <x:v>1898</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="C472" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="D472" s="1" t="s">
         <x:v>1899</x:v>
       </x:c>
-      <x:c r="C472" s="1" t="s">
+      <x:c r="E472" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F472" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G472" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H472" s="1" t="s">
         <x:v>1900</x:v>
       </x:c>
-      <x:c r="D472" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="E473" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F473" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G473" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H473" s="1" t="s">
         <x:v>1903</x:v>
       </x:c>
-      <x:c r="E473" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="C474" s="1" t="s">
         <x:v>1905</x:v>
       </x:c>
-      <x:c r="C474" s="1" t="s">
+      <x:c r="D474" s="1" t="s">
         <x:v>1906</x:v>
       </x:c>
-      <x:c r="D474" s="1" t="s">
+      <x:c r="E474" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F474" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G474" s="1" t="s">
         <x:v>1907</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1864</x:v>
       </x:c>
       <x:c r="H474" s="1" t="s">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
         <x:v>1909</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F475" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G475" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H475" s="1" t="s">
         <x:v>1913</x:v>
       </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
         <x:v>1915</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="H476" s="1" t="s">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
         <x:v>1920</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
         <x:v>1921</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
         <x:v>1922</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
         <x:v>1940</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="C484" s="1" t="s">
+        <x:v>1461</x:v>
+      </x:c>
+      <x:c r="D484" s="1" t="s">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="E484" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F484" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G484" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H484" s="1" t="s">
         <x:v>1943</x:v>
       </x:c>
-      <x:c r="C484" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="D485" s="1" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="E485" s="1" t="s">
         <x:v>1947</x:v>
       </x:c>
-      <x:c r="D485" s="1" t="s">
+      <x:c r="F485" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G485" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H485" s="1" t="s">
         <x:v>1948</x:v>
       </x:c>
-      <x:c r="E485" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="C486" s="1" t="s">
+        <x:v>1949</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
         <x:v>1950</x:v>
       </x:c>
-      <x:c r="C486" s="1" t="s">
+      <x:c r="E486" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F486" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G486" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H486" s="1" t="s">
         <x:v>1951</x:v>
       </x:c>
-      <x:c r="D486" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
+        <x:v>1952</x:v>
+      </x:c>
+      <x:c r="D487" s="1" t="s">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="E487" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F487" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G487" s="1" t="s">
         <x:v>1954</x:v>
       </x:c>
-      <x:c r="D487" s="1" t="s">
+      <x:c r="H487" s="1" t="s">
         <x:v>1955</x:v>
       </x:c>
-      <x:c r="E487" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="C488" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="C488" s="1" t="s">
+      <x:c r="D488" s="1" t="s">
         <x:v>1958</x:v>
       </x:c>
-      <x:c r="D488" s="1" t="s">
+      <x:c r="E488" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F488" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G488" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="H488" s="1" t="s">
         <x:v>1959</x:v>
       </x:c>
-      <x:c r="E488" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H488" s="1" t="s">
+      <x:c r="I488" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J488" s="1" t="s">
         <x:v>1960</x:v>
       </x:c>
-      <x:c r="I488" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D489" s="1" t="s">
         <x:v>1961</x:v>
       </x:c>
-      <x:c r="D489" s="1" t="s">
+      <x:c r="E489" s="1" t="s">
         <x:v>1962</x:v>
       </x:c>
-      <x:c r="E489" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
         <x:v>1969</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
         <x:v>1971</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="s">
         <x:v>1972</x:v>
       </x:c>
-      <x:c r="D492" s="1" t="s">
+      <x:c r="E492" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F492" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G492" s="1" t="s">
         <x:v>1973</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1864</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="D493" s="1" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="E493" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F493" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G493" s="1" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="H493" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="I493" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J493" s="1" t="s">
         <x:v>1975</x:v>
       </x:c>
-      <x:c r="D493" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>1981</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>1982</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>1986</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
-        <x:v>1988</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>1989</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>1990</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
-        <x:v>1993</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
-        <x:v>1994</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="E499" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="F499" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G499" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H499" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="D500" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>1999</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F501" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G501" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>2003</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>2021</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="D508" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="E508" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="F508" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G508" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H508" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>2026</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="D510" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="E510" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F510" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G510" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
-        <x:v>2030</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D512" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="E512" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F512" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G512" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H512" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
       <x:c r="A513" s="1">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B513" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="C513" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="D513" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="E513" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F513" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G513" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H513" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="I513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J513" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K513" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="L513" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12" ht="15" customHeight="1">
       <x:c r="A514" s="1">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C514" s="1" t="s">
-        <x:v>2038</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="D514" s="1" t="s">
-        <x:v>2039</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E514" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="F514" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G514" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H514" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="I514" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J514" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K514" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L514" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12" ht="15" customHeight="1">
       <x:c r="A515" s="1">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B515" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="C515" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="D515" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="E515" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F515" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G515" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H515" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="I515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J515" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K515" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L515" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12" ht="15" customHeight="1">
       <x:c r="A516" s="1">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B516" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C516" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="D516" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="E516" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F516" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G516" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H516" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="I516" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J516" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K516" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L516" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12" ht="15" customHeight="1">
       <x:c r="A517" s="1">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B517" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C517" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="D517" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="E517" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F517" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G517" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H517" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="I517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J517" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K517" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L517" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12" ht="15" customHeight="1">
       <x:c r="A518" s="1">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B518" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C518" s="1" t="s">
-        <x:v>2051</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="D518" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="E518" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F518" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G518" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H518" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="I518" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J518" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K518" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L518" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12" ht="15" customHeight="1">
       <x:c r="A519" s="1">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B519" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="C519" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D519" s="1" t="s">
-        <x:v>2055</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="E519" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F519" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G519" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H519" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="I519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J519" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K519" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L519" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12" ht="15" customHeight="1">
       <x:c r="A520" s="1">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B520" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C520" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D520" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="E520" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F520" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G520" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H520" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="I520" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J520" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K520" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L520" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12" ht="15" customHeight="1">
       <x:c r="A521" s="1">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B521" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="C521" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="D521" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="E521" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F521" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G521" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H521" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="I521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J521" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K521" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L521" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12" ht="15" customHeight="1">
       <x:c r="A522" s="1">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B522" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="C522" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="D522" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="E522" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="F522" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G522" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H522" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="I522" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J522" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K522" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L522" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12" ht="15" customHeight="1">
       <x:c r="A523" s="1">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B523" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C523" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D523" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="E523" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F523" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G523" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H523" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="I523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J523" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K523" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L523" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12" ht="15" customHeight="1">
       <x:c r="A524" s="1">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B524" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="C524" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="D524" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="E524" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F524" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G524" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H524" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="I524" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J524" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K524" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L524" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12" ht="15" customHeight="1">
       <x:c r="A525" s="1">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B525" s="1" t="s">
-        <x:v>2073</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="C525" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="D525" s="1" t="s">
-        <x:v>2074</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E525" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F525" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G525" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H525" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="I525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J525" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K525" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L525" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12" ht="15" customHeight="1">
       <x:c r="A526" s="1">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B526" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="C526" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D526" s="1" t="s">
-        <x:v>2077</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="E526" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F526" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G526" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H526" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="I526" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J526" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K526" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L526" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12" ht="15" customHeight="1">
       <x:c r="A527" s="1">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B527" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C527" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="D527" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="E527" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F527" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G527" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H527" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="I527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J527" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K527" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L527" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12" ht="15" customHeight="1">
       <x:c r="A528" s="1">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B528" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="C528" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D528" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E528" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="F528" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G528" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H528" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="I528" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J528" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K528" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="L528" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12" ht="15" customHeight="1">
       <x:c r="A529" s="1">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B529" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C529" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D529" s="1" t="s">
-        <x:v>2086</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="E529" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F529" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G529" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H529" s="1" t="s">
-        <x:v>2087</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="I529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J529" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K529" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L529" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12" ht="15" customHeight="1">
       <x:c r="A530" s="1">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B530" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="C530" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="D530" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="E530" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F530" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G530" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H530" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="I530" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J530" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K530" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L530" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12" ht="15" customHeight="1">
       <x:c r="A531" s="1">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B531" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C531" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="D531" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="E531" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F531" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G531" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H531" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="I531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J531" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K531" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L531" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12" ht="15" customHeight="1">
       <x:c r="A532" s="1">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B532" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="C532" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D532" s="1" t="s">
-        <x:v>2096</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="E532" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F532" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G532" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H532" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="I532" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J532" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K532" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L532" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12" ht="15" customHeight="1">
       <x:c r="A533" s="1">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B533" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C533" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="D533" s="1" t="s">
-        <x:v>2100</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="E533" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F533" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G533" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H533" s="1" t="s">
-        <x:v>2101</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="I533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J533" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K533" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L533" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12" ht="15" customHeight="1">
       <x:c r="A534" s="1">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B534" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="C534" s="1" t="s">
-        <x:v>2103</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="D534" s="1" t="s">
-        <x:v>2104</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="E534" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F534" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G534" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H534" s="1" t="s">
-        <x:v>2105</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="I534" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J534" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K534" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L534" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12" ht="15" customHeight="1">
       <x:c r="A535" s="1">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B535" s="1" t="s">
-        <x:v>2106</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="C535" s="1" t="s">
-        <x:v>2107</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D535" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="E535" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F535" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G535" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H535" s="1" t="s">
-        <x:v>2109</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="I535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J535" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K535" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="L535" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12" ht="15" customHeight="1">
       <x:c r="A536" s="1">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B536" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="C536" s="1" t="s">
-        <x:v>2110</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="D536" s="1" t="s">
-        <x:v>2111</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="E536" s="1" t="s">
-        <x:v>2112</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F536" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G536" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H536" s="1" t="s">
-        <x:v>2113</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="I536" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J536" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K536" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="L536" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12" ht="15" customHeight="1">
       <x:c r="A537" s="1">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B537" s="1" t="s">
-        <x:v>2114</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="C537" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D537" s="1" t="s">
-        <x:v>2115</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="E537" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F537" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G537" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H537" s="1" t="s">
-        <x:v>2116</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="I537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J537" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K537" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L537" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12" ht="15" customHeight="1">
       <x:c r="A538" s="1">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B538" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C538" s="1" t="s">
-        <x:v>2117</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="D538" s="1" t="s">
-        <x:v>2118</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E538" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F538" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G538" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H538" s="1" t="s">
-        <x:v>2119</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="I538" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J538" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K538" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L538" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12" ht="15" customHeight="1">
       <x:c r="A539" s="1">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B539" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="C539" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="D539" s="1" t="s">
-        <x:v>2121</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="E539" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F539" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G539" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H539" s="1" t="s">
-        <x:v>2122</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="I539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J539" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K539" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="L539" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12" ht="15" customHeight="1">
       <x:c r="A540" s="1">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B540" s="1" t="s">
-        <x:v>2123</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C540" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="D540" s="1" t="s">
-        <x:v>2124</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="E540" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="F540" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G540" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H540" s="1" t="s">
-        <x:v>2125</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="I540" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J540" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K540" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L540" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12" ht="15" customHeight="1">
       <x:c r="A541" s="1">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B541" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C541" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="D541" s="1" t="s">
-        <x:v>2126</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="E541" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F541" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G541" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H541" s="1" t="s">
-        <x:v>2127</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="I541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J541" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K541" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L541" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12" ht="15" customHeight="1">
       <x:c r="A542" s="1">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B542" s="1" t="s">
-        <x:v>2128</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C542" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D542" s="1" t="s">
-        <x:v>2129</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="E542" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F542" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G542" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H542" s="1" t="s">
-        <x:v>2130</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="I542" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J542" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K542" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L542" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12" ht="15" customHeight="1">
       <x:c r="A543" s="1">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B543" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="C543" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="D543" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="E543" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="F543" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G543" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H543" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="I543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J543" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K543" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L543" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12" ht="15" customHeight="1">
       <x:c r="A544" s="1">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B544" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="C544" s="1" t="s">
-        <x:v>2135</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="D544" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="E544" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F544" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G544" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H544" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="I544" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J544" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K544" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L544" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12" ht="15" customHeight="1">
       <x:c r="A545" s="1">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B545" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="C545" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="D545" s="1" t="s">
-        <x:v>2140</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="E545" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F545" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G545" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H545" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="I545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J545" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K545" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L545" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12" ht="15" customHeight="1">
       <x:c r="A546" s="1">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B546" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="C546" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="D546" s="1" t="s">
-        <x:v>2144</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="E546" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F546" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G546" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H546" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="I546" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J546" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K546" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L546" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12" ht="15" customHeight="1">
       <x:c r="A547" s="1">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B547" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C547" s="1" t="s">
-        <x:v>2147</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D547" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="E547" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F547" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G547" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H547" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="I547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J547" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K547" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L547" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12" ht="15" customHeight="1">
       <x:c r="A548" s="1">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B548" s="1" t="s">
-        <x:v>2150</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C548" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D548" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E548" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F548" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G548" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H548" s="1" t="s">
-        <x:v>2154</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="I548" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J548" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K548" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L548" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12" ht="15" customHeight="1">
       <x:c r="A549" s="1">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B549" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C549" s="1" t="s">
-        <x:v>2155</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D549" s="1" t="s">
-        <x:v>2156</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="E549" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F549" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G549" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H549" s="1" t="s">
-        <x:v>2158</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="I549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J549" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K549" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L549" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12" ht="15" customHeight="1">
       <x:c r="A550" s="1">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B550" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="C550" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="D550" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="E550" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F550" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G550" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H550" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="I550" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J550" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K550" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L550" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12" ht="15" customHeight="1">
       <x:c r="A551" s="1">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B551" s="1" t="s">
-        <x:v>2163</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="C551" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D551" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="E551" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F551" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G551" s="1" t="s">
         <x:v>2167</x:v>
       </x:c>
       <x:c r="H551" s="1" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="I551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J551" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K551" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L551" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12" ht="15" customHeight="1">
       <x:c r="A552" s="1">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B552" s="1" t="s">
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="C552" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D552" s="1" t="s">
         <x:v>2169</x:v>
       </x:c>
-      <x:c r="C552" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D552" s="1" t="s">
+      <x:c r="E552" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F552" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G552" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H552" s="1" t="s">
         <x:v>2170</x:v>
       </x:c>
-      <x:c r="E552" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I552" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J552" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K552" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L552" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12" ht="15" customHeight="1">
       <x:c r="A553" s="1">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B553" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C553" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="D553" s="1" t="s">
         <x:v>2172</x:v>
       </x:c>
       <x:c r="E553" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F553" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G553" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H553" s="1" t="s">
         <x:v>2173</x:v>
       </x:c>
-      <x:c r="H553" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J553" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K553" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L553" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12" ht="15" customHeight="1">
       <x:c r="A554" s="1">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B554" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="C554" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D554" s="1" t="s">
-        <x:v>2176</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="E554" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F554" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G554" s="1" t="s">
-        <x:v>2173</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H554" s="1" t="s">
-        <x:v>2177</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="I554" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J554" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K554" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L554" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12" ht="15" customHeight="1">
       <x:c r="A555" s="1">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B555" s="1" t="s">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="C555" s="1" t="s">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="D555" s="1" t="s">
         <x:v>2178</x:v>
       </x:c>
-      <x:c r="C555" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D555" s="1" t="s">
+      <x:c r="E555" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F555" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G555" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H555" s="1" t="s">
         <x:v>2179</x:v>
       </x:c>
-      <x:c r="E555" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H555" s="1" t="s">
+      <x:c r="I555" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J555" s="1" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="K555" s="1" t="s">
         <x:v>2180</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
       <x:c r="L555" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12" ht="15" customHeight="1">
       <x:c r="A556" s="1">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B556" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="C556" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D556" s="1" t="s">
         <x:v>2181</x:v>
       </x:c>
-      <x:c r="C556" s="1" t="s">
+      <x:c r="E556" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F556" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G556" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H556" s="1" t="s">
         <x:v>2182</x:v>
       </x:c>
-      <x:c r="D556" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I556" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J556" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="K556" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L556" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:12" ht="15" customHeight="1">
       <x:c r="A557" s="1">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B557" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C557" s="1" t="s">
-        <x:v>2187</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="D557" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="E557" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F557" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G557" s="1" t="s">
-        <x:v>2173</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H557" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="I557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J557" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K557" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L557" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12" ht="15" customHeight="1">
       <x:c r="A558" s="1">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B558" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C558" s="1" t="s">
-        <x:v>2191</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="D558" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="E558" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F558" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G558" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H558" s="1" t="s">
-        <x:v>2193</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="I558" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J558" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K558" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L558" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12" ht="15" customHeight="1">
       <x:c r="A559" s="1">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B559" s="1" t="s">
-        <x:v>2194</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="D559" s="1" t="s">
-        <x:v>2195</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="E559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F559" s="1" t="s">
-        <x:v>2196</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G559" s="1" t="s">
-        <x:v>2197</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H559" s="1" t="s">
-        <x:v>2198</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="I559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J559" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K559" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L559" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12" ht="15" customHeight="1">
       <x:c r="A560" s="1">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B560" s="1" t="s">
-        <x:v>2199</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C560" s="1" t="s">
-        <x:v>2200</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="D560" s="1" t="s">
-        <x:v>2201</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="E560" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F560" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G560" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H560" s="1" t="s">
-        <x:v>2202</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="I560" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J560" s="1" t="s">
-        <x:v>2203</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K560" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="L560" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12" ht="15" customHeight="1">
       <x:c r="A561" s="1">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B561" s="1" t="s">
-        <x:v>2204</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C561" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="D561" s="1" t="s">
-        <x:v>2205</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="E561" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F561" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G561" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H561" s="1" t="s">
-        <x:v>2207</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="I561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J561" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K561" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L561" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12" ht="15" customHeight="1">
       <x:c r="A562" s="1">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B562" s="1" t="s">
-        <x:v>2209</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="C562" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="D562" s="1" t="s">
-        <x:v>2211</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="E562" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F562" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G562" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H562" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="I562" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J562" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K562" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L562" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12" ht="15" customHeight="1">
       <x:c r="A563" s="1">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B563" s="1" t="s">
-        <x:v>2214</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="C563" s="1" t="s">
-        <x:v>2215</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="D563" s="1" t="s">
-        <x:v>2216</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="E563" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F563" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G563" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H563" s="1" t="s">
-        <x:v>2217</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="I563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J563" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K563" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L563" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12" ht="15" customHeight="1">
       <x:c r="A564" s="1">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B564" s="1" t="s">
-        <x:v>2209</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C564" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="D564" s="1" t="s">
-        <x:v>2218</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="E564" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F564" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G564" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H564" s="1" t="s">
-        <x:v>2219</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="I564" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J564" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K564" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L564" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12" ht="15" customHeight="1">
       <x:c r="A565" s="1">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B565" s="1" t="s">
-        <x:v>2220</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="C565" s="1" t="s">
-        <x:v>2221</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="D565" s="1" t="s">
-        <x:v>2222</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="E565" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="F565" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G565" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H565" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="I565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J565" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K565" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L565" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12" ht="15" customHeight="1">
       <x:c r="A566" s="1">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B566" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="C566" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D566" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="E566" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F566" s="1" t="s">
-        <x:v>2225</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G566" s="1" t="s">
-        <x:v>2226</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H566" s="1" t="s">
-        <x:v>2227</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="I566" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J566" s="1" t="s">
-        <x:v>2228</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K566" s="1" t="s">
-        <x:v>2229</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L566" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12" ht="15" customHeight="1">
       <x:c r="A567" s="1">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B567" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C567" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="D567" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="E567" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F567" s="1" t="s">
-        <x:v>2225</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G567" s="1" t="s">
-        <x:v>2230</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H567" s="1" t="s">
-        <x:v>2231</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="I567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J567" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K567" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L567" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12" ht="15" customHeight="1">
       <x:c r="A568" s="1">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B568" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="C568" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="D568" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="E568" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F568" s="1" t="s">
-        <x:v>2225</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G568" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H568" s="1" t="s">
-        <x:v>2233</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="I568" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J568" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K568" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L568" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12" ht="15" customHeight="1">
       <x:c r="A569" s="1">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B569" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="C569" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="D569" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="E569" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F569" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G569" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H569" s="1" t="s">
         <x:v>2225</x:v>
       </x:c>
-      <x:c r="G569" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J569" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="K569" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L569" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12" ht="15" customHeight="1">
       <x:c r="A570" s="1">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B570" s="1" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="C570" s="1" t="s">
+        <x:v>2226</x:v>
+      </x:c>
+      <x:c r="D570" s="1" t="s">
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="E570" s="1" t="s">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="F570" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G570" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H570" s="1" t="s">
+        <x:v>2229</x:v>
+      </x:c>
+      <x:c r="I570" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J570" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K570" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L570" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="571" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A571" s="1">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B571" s="1" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="C571" s="1" t="s">
+        <x:v>2230</x:v>
+      </x:c>
+      <x:c r="D571" s="1" t="s">
+        <x:v>2231</x:v>
+      </x:c>
+      <x:c r="E571" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F571" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G571" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H571" s="1" t="s">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="I571" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J571" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K571" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L571" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="572" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A572" s="1">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B572" s="1" t="s">
+        <x:v>2233</x:v>
+      </x:c>
+      <x:c r="C572" s="1" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="D572" s="1" t="s">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="E572" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F572" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G572" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H572" s="1" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="I572" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J572" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K572" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L572" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="573" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A573" s="1">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B573" s="1" t="s">
         <x:v>2236</x:v>
       </x:c>
-      <x:c r="C570" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F570" s="1" t="s">
+      <x:c r="C573" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D573" s="1" t="s">
         <x:v>2237</x:v>
       </x:c>
-      <x:c r="G570" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H570" s="1" t="s">
+      <x:c r="E573" s="1" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="F573" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G573" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H573" s="1" t="s">
         <x:v>2238</x:v>
       </x:c>
-      <x:c r="I570" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J570" s="1" t="s">
+      <x:c r="I573" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J573" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K573" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L573" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="574" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A574" s="1">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B574" s="1" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="C574" s="1" t="s">
+        <x:v>2230</x:v>
+      </x:c>
+      <x:c r="D574" s="1" t="s">
         <x:v>2239</x:v>
       </x:c>
-      <x:c r="K570" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A571" s="2" t="s">
+      <x:c r="E574" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F574" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G574" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H574" s="1" t="s">
         <x:v>2240</x:v>
       </x:c>
-      <x:c r="B571" s="2" t="s">
+      <x:c r="I574" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J574" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K574" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L574" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A575" s="1">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="B575" s="1" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="C575" s="1" t="s">
+        <x:v>2241</x:v>
+      </x:c>
+      <x:c r="D575" s="1" t="s">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="E575" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F575" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G575" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H575" s="1" t="s">
+        <x:v>2243</x:v>
+      </x:c>
+      <x:c r="I575" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J575" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K575" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L575" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="576" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A576" s="1">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="B576" s="1" t="s">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="C576" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="D576" s="1" t="s">
+        <x:v>2245</x:v>
+      </x:c>
+      <x:c r="E576" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F576" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G576" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H576" s="1" t="s">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="I576" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J576" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K576" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L576" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="577" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A577" s="1">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B577" s="1" t="s">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="C577" s="1" t="s">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="D577" s="1" t="s">
+        <x:v>2248</x:v>
+      </x:c>
+      <x:c r="E577" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="F577" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G577" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H577" s="1" t="s">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="I577" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J577" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K577" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L577" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="578" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A578" s="1">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="B578" s="1" t="s">
+        <x:v>2250</x:v>
+      </x:c>
+      <x:c r="C578" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="D578" s="1" t="s">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="E578" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F578" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G578" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H578" s="1" t="s">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="I578" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J578" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K578" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L578" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="579" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A579" s="1">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B579" s="1" t="s">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="C579" s="1" t="s">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="D579" s="1" t="s">
+        <x:v>2255</x:v>
+      </x:c>
+      <x:c r="E579" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F579" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G579" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H579" s="1" t="s">
+        <x:v>2256</x:v>
+      </x:c>
+      <x:c r="I579" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J579" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K579" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L579" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="580" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A580" s="1">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B580" s="1" t="s">
+        <x:v>2257</x:v>
+      </x:c>
+      <x:c r="C580" s="1" t="s">
+        <x:v>2258</x:v>
+      </x:c>
+      <x:c r="D580" s="1" t="s">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="E580" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F580" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G580" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H580" s="1" t="s">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="I580" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J580" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K580" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L580" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="581" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A581" s="1">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B581" s="1" t="s">
+        <x:v>2261</x:v>
+      </x:c>
+      <x:c r="C581" s="1" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="D581" s="1" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="E581" s="1" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="F581" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G581" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H581" s="1" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="I581" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J581" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K581" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L581" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A582" s="1">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B582" s="1" t="s">
+        <x:v>2266</x:v>
+      </x:c>
+      <x:c r="C582" s="1" t="s">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="D582" s="1" t="s">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="E582" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F582" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G582" s="1" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="H582" s="1" t="s">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="I582" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J582" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K582" s="1" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="L582" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="583" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A583" s="1">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B583" s="1" t="s">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="C583" s="1" t="s">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="D583" s="1" t="s">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="E583" s="1" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="F583" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G583" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H583" s="1" t="s">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="I583" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J583" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K583" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L583" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A584" s="1">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="B584" s="1" t="s">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="C584" s="1" t="s">
+        <x:v>2277</x:v>
+      </x:c>
+      <x:c r="D584" s="1" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="E584" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F584" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G584" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H584" s="1" t="s">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="I584" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J584" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K584" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L584" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="585" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A585" s="1">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B585" s="1" t="s">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="C585" s="1" t="s">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="D585" s="1" t="s">
+        <x:v>2282</x:v>
+      </x:c>
+      <x:c r="E585" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F585" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G585" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H585" s="1" t="s">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="I585" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J585" s="1" t="s">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="K585" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L585" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="586" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A586" s="1">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="B586" s="1" t="s">
+        <x:v>2284</x:v>
+      </x:c>
+      <x:c r="C586" s="1" t="s">
+        <x:v>2285</x:v>
+      </x:c>
+      <x:c r="D586" s="1" t="s">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="E586" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F586" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G586" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H586" s="1" t="s">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="I586" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J586" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K586" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L586" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="587" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A587" s="1">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="B587" s="1" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="C587" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D587" s="1" t="s">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="E587" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F587" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G587" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H587" s="1" t="s">
+        <x:v>2291</x:v>
+      </x:c>
+      <x:c r="I587" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J587" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K587" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="L587" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="588" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A588" s="1">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B588" s="1" t="s">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="C588" s="1" t="s">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="D588" s="1" t="s">
+        <x:v>2294</x:v>
+      </x:c>
+      <x:c r="E588" s="1" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="F588" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G588" s="1" t="s">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="H588" s="1" t="s">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="I588" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J588" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K588" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="L588" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="589" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A589" s="1">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B589" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="C589" s="1" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="D589" s="1" t="s">
+        <x:v>2298</x:v>
+      </x:c>
+      <x:c r="E589" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F589" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G589" s="1" t="s">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="H589" s="1" t="s">
+        <x:v>2300</x:v>
+      </x:c>
+      <x:c r="I589" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J589" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K589" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L589" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="590" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A590" s="1">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="B590" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="C590" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D590" s="1" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="E590" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="F590" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G590" s="1" t="s">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="H590" s="1" t="s">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="I590" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J590" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K590" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L590" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="591" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A591" s="1">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B591" s="1" t="s">
+        <x:v>2303</x:v>
+      </x:c>
+      <x:c r="C591" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="D591" s="1" t="s">
+        <x:v>2304</x:v>
+      </x:c>
+      <x:c r="E591" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="F591" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G591" s="1" t="s">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="H591" s="1" t="s">
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="I591" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J591" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="K591" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L591" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="592" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A592" s="1">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B592" s="1" t="s">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="C592" s="1" t="s">
+        <x:v>2306</x:v>
+      </x:c>
+      <x:c r="D592" s="1" t="s">
+        <x:v>2307</x:v>
+      </x:c>
+      <x:c r="E592" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F592" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G592" s="1" t="s">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="H592" s="1" t="s">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="I592" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J592" s="1" t="s">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="K592" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L592" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="593" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A593" s="1">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="B593" s="1" t="s">
+        <x:v>2310</x:v>
+      </x:c>
+      <x:c r="C593" s="1" t="s">
+        <x:v>2311</x:v>
+      </x:c>
+      <x:c r="D593" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E593" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F593" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G593" s="1" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="H593" s="1" t="s">
+        <x:v>2313</x:v>
+      </x:c>
+      <x:c r="I593" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J593" s="1" t="s">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="K593" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="L593" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="594" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A594" s="1">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="B594" s="1" t="s">
+        <x:v>2314</x:v>
+      </x:c>
+      <x:c r="C594" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D594" s="1" t="s">
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="E594" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F594" s="1" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="G594" s="1" t="s">
+        <x:v>2317</x:v>
+      </x:c>
+      <x:c r="H594" s="1" t="s">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="I594" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J594" s="1" t="s">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="K594" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="L594" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="595" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A595" s="1">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="B595" s="1" t="s">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="C595" s="1" t="s">
+        <x:v>2320</x:v>
+      </x:c>
+      <x:c r="D595" s="1" t="s">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="E595" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="F595" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G595" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="H595" s="1" t="s">
+        <x:v>2322</x:v>
+      </x:c>
+      <x:c r="I595" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J595" s="1" t="s">
+        <x:v>2323</x:v>
+      </x:c>
+      <x:c r="K595" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L595" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="596" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A596" s="1">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B596" s="1" t="s">
+        <x:v>2324</x:v>
+      </x:c>
+      <x:c r="C596" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D596" s="1" t="s">
+        <x:v>2325</x:v>
+      </x:c>
+      <x:c r="E596" s="1" t="s">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="F596" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G596" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H596" s="1" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="I596" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J596" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="K596" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="L596" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="597" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A597" s="1">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B597" s="1" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C597" s="1" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D597" s="1" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="E597" s="1" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="F597" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G597" s="1" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="H597" s="1" t="s">
+        <x:v>2333</x:v>
+      </x:c>
+      <x:c r="I597" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J597" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="K597" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="L597" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A598" s="1">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="B598" s="1" t="s">
+        <x:v>2334</x:v>
+      </x:c>
+      <x:c r="C598" s="1" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="D598" s="1" t="s">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="E598" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F598" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G598" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H598" s="1" t="s">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="I598" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J598" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="K598" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="L598" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="599" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A599" s="1">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B599" s="1" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="C599" s="1" t="s">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="D599" s="1" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="E599" s="1" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="F599" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G599" s="1" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="H599" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="I599" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J599" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="K599" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="L599" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="600" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A600" s="1">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B600" s="1" t="s">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="C600" s="1" t="s">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="D600" s="1" t="s">
+        <x:v>2342</x:v>
+      </x:c>
+      <x:c r="E600" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F600" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G600" s="1" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="H600" s="1" t="s">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="I600" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J600" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="K600" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="L600" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A601" s="1">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="B601" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="C601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D601" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F601" s="1" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="G601" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="H601" s="1" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="I601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J601" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K601" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="L601" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A602" s="1">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B602" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="C602" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D602" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E602" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F602" s="1" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="G602" s="1" t="s">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="H602" s="1" t="s">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="I602" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J602" s="1" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="K602" s="1" t="s">
+        <x:v>2350</x:v>
+      </x:c>
+      <x:c r="L602" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A603" s="1">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B603" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="C603" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D603" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E603" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F603" s="1" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="G603" s="1" t="s">
+        <x:v>2351</x:v>
+      </x:c>
+      <x:c r="H603" s="1" t="s">
+        <x:v>2352</x:v>
+      </x:c>
+      <x:c r="I603" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J603" s="1" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="K603" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="L603" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A604" s="1">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B604" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="C604" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D604" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E604" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F604" s="1" t="s">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="G604" s="1" t="s">
+        <x:v>2353</x:v>
+      </x:c>
+      <x:c r="H604" s="1" t="s">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="I604" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J604" s="1" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="K604" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L604" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A605" s="1">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="B605" s="1" t="s">
+        <x:v>2355</x:v>
+      </x:c>
+      <x:c r="C605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F605" s="1" t="s">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="G605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H605" s="1" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="I605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J605" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L605" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A606" s="2" t="s">
+        <x:v>2358</x:v>
+      </x:c>
+      <x:c r="B606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C571" s="2" t="s">
+      <x:c r="C606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D571" s="2" t="s">
+      <x:c r="D606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E571" s="2" t="s">
+      <x:c r="E606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F571" s="2" t="s">
+      <x:c r="F606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G571" s="2" t="s">
+      <x:c r="G606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H571" s="2" t="s">
+      <x:c r="H606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I571" s="2" t="s">
+      <x:c r="I606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J571" s="2" t="s">
+      <x:c r="J606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K571" s="2" t="s">
+      <x:c r="K606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L571" s="2" t="s">
+      <x:c r="L606" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A571:L571"/>
+    <x:mergeCell ref="A606:L606"/>
   </x:mergeCells>
 </x:worksheet>
 </file>