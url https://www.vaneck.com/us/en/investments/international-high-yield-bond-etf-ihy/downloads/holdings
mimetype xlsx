--- v4 (2026-02-09)
+++ v5 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22af6184a234a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416de496eb034e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260206" sheetId="1" r:id="R4b0ba8730fe24be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260206" sheetId="1" r:id="R743994fe82da489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6670" uniqueCount="2359">
   <x:si>
     <x:t>Daily Holdings (%)  02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -7144,51 +7144,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3649a62d2c467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50ce72956feb454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b0ba8730fe24be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7de281e620450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3037d27347a249e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R743994fe82da489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L606"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">