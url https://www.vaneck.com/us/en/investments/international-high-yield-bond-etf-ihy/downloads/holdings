--- v5 (2026-02-10)
+++ v6 (2026-03-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416de496eb034e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80a21d3f7584996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260206" sheetId="1" r:id="R743994fe82da489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260226" sheetId="1" r:id="R5c1eaac0fdf54f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6670" uniqueCount="2359">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/06/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6681" uniqueCount="2362">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,7062 +61,7071 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Petroleos Mexicanos</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PXLJ57</x:t>
   </x:si>
   <x:si>
     <x:t>6.700</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$283,840.03</x:t>
+    <x:t>$277,610.21</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.53%</x:t>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Electricite De France Sa</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TSHYD8</x:t>
   </x:si>
   <x:si>
     <x:t>5.875</x:t>
   </x:si>
   <x:si>
     <x:t>200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$276,177.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$275,105.29</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>GBP</x:t>
   </x:si>
   <x:si>
+    <x:t>01/23/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLY8D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,034.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
     <x:t>British Telecommunications Plc</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M5D2J84</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$250,925.23</x:t>
+    <x:t>$251,717.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
-    <x:t>01/23/2050</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Wepa Hygieneprodukte Gmbh</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L0FT0K4</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,669.52</x:t>
+    <x:t>$248,283.72</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bpm Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXVDV03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,093.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
     <x:t>Teva Pharmaceutical Finance Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0136TNQ18</x:t>
   </x:si>
   <x:si>
     <x:t>4.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,210.23</x:t>
+    <x:t>$247,456.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bpm Spa</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Bper Banca Spa</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014LK64B5</x:t>
   </x:si>
   <x:si>
     <x:t>3.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$243,787.94</x:t>
+    <x:t>$243,699.59</x:t>
   </x:si>
   <x:si>
     <x:t>Ima Industria Macchine Automatiche Spa</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG1WC85</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$237,069.65</x:t>
+    <x:t>$237,246.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
+    <x:t>Inpost Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4PH3Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,215.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X6ZBM75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,803.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,340.42</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mundys Spa</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z6NSJ30</x:t>
   </x:si>
   <x:si>
     <x:t>1.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$236,149.38</x:t>
-[...32 lines deleted...]
-    <x:t>$232,052.27</x:t>
+    <x:t>$232,071.31</x:t>
   </x:si>
   <x:si>
     <x:t>Zf Europe Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QKHKDY4</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$228,254.86</x:t>
+    <x:t>$229,176.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Vz Vendor Financing Ii Bv</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG1TGD4</x:t>
   </x:si>
   <x:si>
     <x:t>2.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$228,005.86</x:t>
-[...14 lines deleted...]
-    <x:t>$227,253.11</x:t>
+    <x:t>$229,059.15</x:t>
   </x:si>
   <x:si>
     <x:t>Yapi Ve Kredi Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J6F67Z7</x:t>
   </x:si>
   <x:si>
     <x:t>9.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$225,050.50</x:t>
+    <x:t>$226,993.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Oil Co Of The Azerbaijan Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00882VRP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,905.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>Turkey</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Azerbaijan</x:t>
   </x:si>
   <x:si>
     <x:t>Otp Bank Nyrt</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3K9HR1</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$217,404.26</x:t>
+    <x:t>$219,339.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Hungary</x:t>
   </x:si>
   <x:si>
     <x:t>Alpha Star Holding Viii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLRW446</x:t>
   </x:si>
   <x:si>
     <x:t>8.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$211,706.03</x:t>
+    <x:t>$212,434.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>Bapco Energies Bsc Closed</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZYT9D4</x:t>
   </x:si>
   <x:si>
     <x:t>7.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$211,020.20</x:t>
+    <x:t>$211,700.75</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
   <x:si>
     <x:t>Fibercop Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NL845N6</x:t>
   </x:si>
   <x:si>
-    <x:t>$208,874.84</x:t>
+    <x:t>$210,658.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al-Arkan Sukuk Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR86881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,298.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>United States</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Cayman Islands</x:t>
   </x:si>
   <x:si>
-    <x:t>Virgin Media Vendor Financing Notes Iii</x:t>
+    <x:t>Softbank Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPCXC41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,288.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfamc Iii Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3QGMZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,366.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Binghatti Sukuk 2 Spv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH55QQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,649.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVF2T51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,458.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samarco Mineracao Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KH0FB04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,028.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/19/2067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H33CYF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,829.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upl Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VCMHVJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,019.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NR6TKJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,380.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Nutresa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVRY5T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YT6N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,634.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bradesco Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR8DS42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,225.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZP0J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,267.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S/Genmab Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YGQ23X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,139.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1Y58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,111.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belron Uk Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32YVC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,669.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GSLNZH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,163.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YS2P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,837.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altice France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFCMZX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,877.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Aircraft Leasing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P6VXL50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,752.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edge Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33CRW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,593.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP18479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,483.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLXL14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,394.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boots Group Finco Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W397K49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,882.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000098L86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,331.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B&amp;M European Value Retail Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4FP2S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,160.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerrold Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5DX679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,044.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dresdner Funding Trust I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000259Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,489.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saavi Energia Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4PQ936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,523.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air France-Klm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6ZFD76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,513.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FNWDH25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,020.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accor Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLS20H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,355.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Europe Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W8ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,143.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lhmc Finco 2 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT1BNW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,554.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Bank Of Greece Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJ37CH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,413.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greece</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DC6BPT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,144.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JG299X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,771.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpi Property Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDG2W98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,487.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heathrow Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTXHV01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,414.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV3QX00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,651.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Webuild Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFH97L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,314.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XB5F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,858.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Immo Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JDFZZP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,710.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NLGHQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,584.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpha Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5CJPY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,524.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ams-Osram Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4G61H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,478.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saipem Finance International Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N088FQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,241.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FM535P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,189.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurofins Scientific Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCV3F85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,144.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennet Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY08T93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,513.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBYJ538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,983.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellis Acquisition Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJSDH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,916.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07Q5P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,842.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metro Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SHZSY97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,622.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luna 1.5 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WH3DTJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,566.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zf North America Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG436C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,395.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstria Office Reit-Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SRM1GG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,062.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abertis Infraestructuras Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ9BY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,034.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energo - Pro As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW2P4Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,915.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piraeus Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNLTN45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,674.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5S4K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,513.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virgin Media Secured Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QG1H2Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,315.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNL53P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,306.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portugal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rci Banque Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH7FJV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,297.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07D7S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,912.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schaeffler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M429GJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,891.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prysmian Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYD7GC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,882.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W38BPZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,674.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finnair Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPDP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,645.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essendi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSNKHP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,261.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWLJT53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,914.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BW9JZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,893.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeo Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M9GLHB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,831.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engineering - Ingegneria Informatica -</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJV2S46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,802.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Transilvania Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q06GZ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,777.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2a Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5B1BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,753.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forvia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX2CN93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,537.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cidron Aida Finco Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4LH210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,508.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Ifis Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLZ1BQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,496.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trivium Packaging Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4239Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,305.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nidda Healthcare Holding Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6TN3J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,300.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iho Verwaltungs Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G12YF15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,283.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYGH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,203.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexans Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07TD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,193.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fnac Darty Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2CM426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,027.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czechoslovak Group As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VQYYKM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,962.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Holding Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ7G91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,854.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Kpn Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LTDL83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,837.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rossini Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP68348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,657.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volvo Car Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017QJS4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,626.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picard Groupe Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH85HB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,499.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LR2M2L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,370.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastrutture Wireless Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1WYGB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,343.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amber Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKW8L19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,285.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Bidco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJV30Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,246.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azelis Finance Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PPNGHJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,243.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belgium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progroup Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2DPTW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,183.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2Q2DC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,997.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurobank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCS2C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,975.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYV7555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,937.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boels Topholding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG2C923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,897.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tui Cruises Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ0KJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,874.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisure Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJFHS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,871.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opal Bidco Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0J02L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,830.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Currenta Group Holdings Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVP8QJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,782.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techem Verwaltungsgesellschaft 675 Mbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBKQN04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,610.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottomatica Group Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV9PYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,510.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seche Environnement Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWH14M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,467.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Cgm Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHB3LJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,361.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKRF7X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,339.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matterhorn Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR68B85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,307.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Power Corp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY1FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,278.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tereos Finance Groupe I Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCNVHC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,154.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivion Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W9DH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,982.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loarre Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0178HB399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,866.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF09400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,530.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHGH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,429.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eircom Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR27XX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,369.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fressnapf Holding Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY3QS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,339.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegis Lux 1a Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y2C50C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,973.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1011778 Bc Ulc / New Red Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XY80957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,325.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlen Energy &amp; Metals Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6BTJJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,319.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmed O2 Uk Financing I Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K2BYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,274.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castellum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0129033V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,984.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mbh Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX1TYL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,959.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardonagh Finco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC3NKY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,953.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRR6GD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,486.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRC95Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,375.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paprec Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011JFZ815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,356.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5N8DM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,291.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNNQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,210.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrise Finco I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V563Z00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,180.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruenenthal Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010814Z05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,988.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jaguar Land Rover Automotive Plc</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00V7Q1L44</x:t>
-[...1109 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>BBG011QKYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,748.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renault Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS963N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,733.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eutelsat Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PD35882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,710.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Group Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014GTYWY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,694.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPJL7F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,610.83</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXPPSX8</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,769.65</x:t>
-[...449 lines deleted...]
-    <x:t>$121,768.49</x:t>
+    <x:t>$119,473.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grifols Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NHPYP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,140.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heimstaden Bostad Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1683Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,053.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X9BTJL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,969.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZTW559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,786.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q-Park Holding I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMFKL67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,712.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telenet Finance Luxembourg Notes Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCPV9Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,662.19</x:t>
   </x:si>
   <x:si>
     <x:t>Verisure Midholding Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YVS6VX8</x:t>
   </x:si>
   <x:si>
-    <x:t>$121,521.56</x:t>
-[...59 lines deleted...]
-    <x:t>United Group Bv</x:t>
+    <x:t>$118,596.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odido Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YMPPH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,508.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citycon Treasury Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5STVX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,383.24</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RHC2G52</x:t>
   </x:si>
   <x:si>
     <x:t>3.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$120,352.55</x:t>
-[...41 lines deleted...]
-    <x:t>$120,020.01</x:t>
+    <x:t>$118,255.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT4YB55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,225.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV15TC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,158.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Game Technology Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6WL5D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,116.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010RS7YS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,088.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKB6KD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,027.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngg Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41DZT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,665.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5CYGN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,442.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cab Selas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1667H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,382.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dufry One Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QS9WC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,376.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV8V6Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,359.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Bidco Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYDFF22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,149.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snf Group Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD11ZP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,069.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FN1YC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,993.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almaviva-The Italian Innovation Co Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFZ9SW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,833.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flora Food Management Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC0VCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,790.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgarian Energy Holding Ead</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RJGLQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,569.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F46LK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,426.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3Z6LN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,148.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bcp V Modular Services Finance Ii Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VFPFX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,142.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomad Foods Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F3XBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,128.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4GPF10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,535.52</x:t>
   </x:si>
   <x:si>
     <x:t>Eramet Sa</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N07JR66</x:t>
   </x:si>
   <x:si>
-    <x:t>$119,956.77</x:t>
-[...326 lines deleted...]
-    <x:t>$116,755.39</x:t>
+    <x:t>$115,369.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R00V308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,279.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFGJXM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,151.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rakuten Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7V9D79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,896.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wintershall Dea Finance 2 Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVS7P79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,840.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MR1PW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,832.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Spa/Milano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV01QT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,642.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecopetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136Y1ZJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,322.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Ipd 3 Bv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TR3KN97</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,734.80</x:t>
-[...65 lines deleted...]
-    <x:t>Bulgaria</x:t>
+    <x:t>$113,713.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011XTZZP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,646.42</x:t>
   </x:si>
   <x:si>
     <x:t>Teamsystem Spa</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VKR4F64</x:t>
   </x:si>
   <x:si>
-    <x:t>$115,951.20</x:t>
-[...125 lines deleted...]
-    <x:t>$113,550.20</x:t>
+    <x:t>$113,109.69</x:t>
   </x:si>
   <x:si>
     <x:t>Zegona Finance Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NL7CDB5</x:t>
   </x:si>
   <x:si>
     <x:t>90,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,454.52</x:t>
+    <x:t>$112,467.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holding D'Infrastructures Des Metiers D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F0KZS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,715.58</x:t>
   </x:si>
   <x:si>
     <x:t>Allwyn Entertainment Financing Uk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G9HK8Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>$111,980.62</x:t>
+    <x:t>$111,634.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loxam Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFNFRW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,451.69</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X6ZGSY7</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$111,867.13</x:t>
-[...38 lines deleted...]
-    <x:t>$110,642.09</x:t>
+    <x:t>$111,085.12</x:t>
   </x:si>
   <x:si>
     <x:t>Eg Global Finance Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K200S63</x:t>
   </x:si>
   <x:si>
     <x:t>12.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$110,436.13</x:t>
+    <x:t>$110,823.82</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MNPY7J6</x:t>
   </x:si>
   <x:si>
     <x:t>8.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,850.58</x:t>
+    <x:t>$110,518.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Vakiflar Bankasi Tao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ8TBL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,045.27</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L7ZHZT0</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,494.43</x:t>
-[...14 lines deleted...]
-    <x:t>$109,310.22</x:t>
+    <x:t>$109,963.35</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelis Insurance Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V47SXF1</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,846.33</x:t>
+    <x:t>$109,555.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH51709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,405.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bermuda</x:t>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ithaca Energy North Sea Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75MTP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,357.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nickel Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHJXTJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,324.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albion Financing 1 Sarl / Aggreko Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXTNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,171.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006BRH1Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,106.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Is Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N67MNY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,883.78</x:t>
   </x:si>
   <x:si>
     <x:t>Altice Financing Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RBBHG54</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,804.26</x:t>
+    <x:t>$107,821.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33MTD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,712.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Latam Airlines Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3N0BS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,709.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bell Telephone Co Of Canada Or Bell Can</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S8F16R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,677.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tgs Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ4P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,162.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL55GF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,063.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Otomotiv Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MD8S542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,849.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akbank Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9SPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,815.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calderys Financing Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHN1S92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,789.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turk Telekomunikasyon As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRRB516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,721.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Sinai Kalkinma Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75YTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,678.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vedanta Resources Finance Ii Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQQTM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,674.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulker Biskuvi Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK5W7B1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,651.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxam Prill Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VQYZ2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,512.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worldline Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXHXVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,399.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017186YY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,350.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kioxia Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W344DX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,284.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oztel Holdings Spc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN0ZM84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,228.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navoi Mining &amp; Metallurgical Combinat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,200.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delhi International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2XL2D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,116.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pluspetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V69BJ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,077.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seadrill Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDK4L29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,038.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transnet/South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DD2RLC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,024.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rede D'Or Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KNBG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,015.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQT69D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,974.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cerdia Finanz Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSJ379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,963.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Garanti Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QZB6RQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,945.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yinson Bergenia Production Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT73ZK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,933.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KCBW6L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,848.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WMZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,742.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bond Co Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMZ36S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,733.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Brasil Sa/Cayman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCW637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,684.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMJD21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,662.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Financing Usa Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF4KYT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,399.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZK6858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,372.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGS92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,341.95</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJX7WS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,670.10</x:t>
-[...20 lines deleted...]
-    <x:t>$107,650.59</x:t>
+    <x:t>$105,269.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iifl Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZF949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,887.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV19P16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,855.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rb Global Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP4C6R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,829.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digicel International Finance Ltd / Dif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T70R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,710.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecommunications Co Telekom Srbija Ad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB0YBZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,704.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KY1MDH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,690.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muangthai Capital Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZ3KGC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,635.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Ziraat Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1708B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,576.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,537.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VW0XPW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,367.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014G3F2J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,285.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierracol Energy Andina Llc/Sierracol E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDMMPG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,210.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stena International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXPP228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,173.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muthoot Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q9MJGK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,056.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012V276L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,039.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Economica Federal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX7B402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,983.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intrum Investments And Financing Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8ZD908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,957.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biocon Biologics Global Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3XHGD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,832.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC23V57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,778.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Ihracat Kredi Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF3GQS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,697.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TGKZJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,611.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azule Energy Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQTCMK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,576.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emeria Sasu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DD5KKQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,321.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JDBC51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,194.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,047.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wynn Macau Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMC7900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,026.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKVXFX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,983.77</x:t>
   </x:si>
   <x:si>
     <x:t>Avianca Midco 2 Plc</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2T07B3</x:t>
   </x:si>
   <x:si>
     <x:t>9.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,526.06</x:t>
-[...683 lines deleted...]
-    <x:t>$103,146.88</x:t>
+    <x:t>$101,962.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Global Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,866.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbm Us Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVN4KX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,608.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bapco Energies Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVV47G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,513.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Froneri Lux Finco Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W0ZNHQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,469.50</x:t>
   </x:si>
   <x:si>
     <x:t>Omgrid Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNX2K81</x:t>
   </x:si>
   <x:si>
     <x:t>5.196</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,075.70</x:t>
-[...11 lines deleted...]
-    <x:t>$103,045.92</x:t>
+    <x:t>$101,132.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atos Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8W8Y70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,025.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inversiones Cmpc Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KQX08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,020.27</x:t>
   </x:si>
   <x:si>
     <x:t>Mobico Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JCXZ137</x:t>
   </x:si>
   <x:si>
-    <x:t>$102,941.98</x:t>
-[...2 lines deleted...]
-    <x:t>Wynn Macau Ltd</x:t>
+    <x:t>$100,966.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Btg Pactual Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZSYBZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,773.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central American Bottling Corp / Cbc Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZPM26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,764.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tk Elevator Us Newco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VSHFQR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,692.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melco Resorts Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYZLJ02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,241.00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WS5XGN0</x:t>
   </x:si>
   <x:si>
-    <x:t>$102,506.28</x:t>
-[...161 lines deleted...]
-    <x:t>$100,383.61</x:t>
+    <x:t>$100,111.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuum Green Energy India Pvt / Co-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2PCYN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,058.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mgm China Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSKZRB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,016.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toucan Finco Ltd/Toucan Finco Can Inc/T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLYDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,750.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jersey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YZ28JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,637.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6SB3S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,898.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlantica Sustainable Infrastructure Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0110RHYG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,693.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellium Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6PNZ07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,685.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globo Comunicacao E Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014FG46G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,474.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XDH1DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,758.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Studio City Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRFTQK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,402.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asg Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS0QRS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,253.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXQW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,062.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canpack Sa / Canpack Us Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TG3JT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,041.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00582F0G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,006.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Miguel Industrias Pet Sa / Ng Pet R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7VGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,993.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>Aegea Finance Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XL79P48</x:t>
   </x:si>
   <x:si>
     <x:t>7.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,921.56</x:t>
-[...134 lines deleted...]
-    <x:t>$96,926.85</x:t>
+    <x:t>$96,832.64</x:t>
   </x:si>
   <x:si>
     <x:t>Motion Bondco Dac</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QKDSSF3</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,686.61</x:t>
+    <x:t>$96,474.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QL6KSS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,349.85</x:t>
   </x:si>
   <x:si>
     <x:t>Ion Platform Finance Us Inc / Ion Platf</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRTDZT0</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,437.14</x:t>
-[...17 lines deleted...]
-    <x:t>$96,278.43</x:t>
+    <x:t>$96,309.46</x:t>
   </x:si>
   <x:si>
     <x:t>Natura &amp;Co Luxembourg Holdings Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXDT92</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,089.84</x:t>
-[...17 lines deleted...]
-    <x:t>$95,460.92</x:t>
+    <x:t>$96,268.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XKVS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,705.44</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XS5YP01</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,064.13</x:t>
-[...17 lines deleted...]
-    <x:t>$95,006.23</x:t>
+    <x:t>$95,102.00</x:t>
   </x:si>
   <x:si>
     <x:t>Enfragen Energia Sur Sa / Enfragen Spai</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YGL2V64</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,924.27</x:t>
+    <x:t>$95,004.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klabin Austria Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YS3VZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,777.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Quattro Finance 2 Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1X8412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,128.82</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011K2BTP6</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,455.27</x:t>
-[...17 lines deleted...]
-    <x:t>$91,208.87</x:t>
+    <x:t>$90,045.55</x:t>
   </x:si>
   <x:si>
     <x:t>Cerba Healthcare Saca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010WH0NQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,177.61</x:t>
+    <x:t>$89,126.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2DPW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,875.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ion Platform Finance Us Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZDMM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,242.79</x:t>
   </x:si>
   <x:si>
     <x:t>Paysafe Finance Plc / Paysafe Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011BYLRJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,460.35</x:t>
-[...41 lines deleted...]
-    <x:t>$86,272.57</x:t>
+    <x:t>$85,069.34</x:t>
   </x:si>
   <x:si>
     <x:t>Csn Resources Sa</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KD6MWS1</x:t>
   </x:si>
   <x:si>
-    <x:t>$85,602.43</x:t>
+    <x:t>$84,531.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connect Finco Sarl / Connect Us Finco L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNMWYR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,841.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,672.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XWJT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,388.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1Z2S29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,365.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7PCM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,563.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9JG584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,200.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Argentina Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR55KZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,479.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy Argentina Sau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTPN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,375.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L6Y6ZC4</x:t>
   </x:si>
   <x:si>
-    <x:t>$83,790.11</x:t>
-[...68 lines deleted...]
-    <x:t>$80,574.17</x:t>
+    <x:t>$79,674.74</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PK89BC7</x:t>
   </x:si>
   <x:si>
-    <x:t>$78,990.51</x:t>
-[...11 lines deleted...]
-    <x:t>$78,968.75</x:t>
+    <x:t>$79,007.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garda World Security Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK41LZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,814.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDM0L65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,681.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama Infrastructure Receivable Purcha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8LQMT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,419.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K5W8536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,380.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sable International Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0829S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,249.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pampa Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JH3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,925.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6VXC30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,577.57</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M5Y4NY8</x:t>
   </x:si>
   <x:si>
-    <x:t>$78,887.40</x:t>
-[...77 lines deleted...]
-    <x:t>$77,354.36</x:t>
+    <x:t>$77,490.75</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006JMY0P2</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,995.50</x:t>
+    <x:t>$77,302.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQM92M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,204.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/27/2028</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/30/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z73N6V5</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,361.08</x:t>
+    <x:t>$76,360.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,988.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R28RQ49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,447.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6KWZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,445.54</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XFDXS85</x:t>
   </x:si>
   <x:si>
     <x:t>76,220</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,213.43</x:t>
+    <x:t>$75,393.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJ6YV32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,240.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greenko Power Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y4NYJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,023.69</x:t>
   </x:si>
   <x:si>
     <x:t>Air Canada</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y65982</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,675.97</x:t>
+    <x:t>$73,964.63</x:t>
   </x:si>
   <x:si>
     <x:t>CAD</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00R28RQ49</x:t>
-[...17 lines deleted...]
-    <x:t>$74,507.69</x:t>
+    <x:t>06/05/2115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009BNFQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,441.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amer Sports Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCJHJ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,426.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresas Publicas De Medellin Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPPYQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,412.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Luxembourg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJ0C016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,202.54</x:t>
   </x:si>
   <x:si>
     <x:t>Goeasy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T2D4T97</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,019.75</x:t>
-[...80 lines deleted...]
-    <x:t>$71,033.79</x:t>
+    <x:t>$69,460.66</x:t>
   </x:si>
   <x:si>
     <x:t>Open Text Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FZTRY0</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,882.93</x:t>
+    <x:t>$68,635.91</x:t>
   </x:si>
   <x:si>
     <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KN7FXK3</x:t>
   </x:si>
   <x:si>
     <x:t>63,750</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,732.81</x:t>
+    <x:t>$67,215.97</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2073</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GY7Z5X4</x:t>
   </x:si>
   <x:si>
     <x:t>9.125</x:t>
   </x:si>
   <x:si>
     <x:t>50,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,146.10</x:t>
+    <x:t>$60,156.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
+    <x:t>02/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLH8JY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,961.66</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mong Duong Finance Holdings Bv</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PV1N2T6</x:t>
   </x:si>
   <x:si>
     <x:t>57,938</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,477.53</x:t>
+    <x:t>$58,651.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX43T2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,061.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,650.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0616K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,431.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleos Del Peru Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GXFJWB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,145.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PK89165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,894.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcpr Senior Secured Financing Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJCQBG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,562.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCY2QG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,448.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVSWJ66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,402.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019SQ9ZW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,975.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Israel Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H754DC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,804.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cemex Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTY26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,402.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihs Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVH0Q47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,327.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMXWT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,165.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V46KCT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,154.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Bow Canadian Infrastructure Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZZ64G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,988.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7RQ9N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,945.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yinson Boronia Production Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1PJKD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,898.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garrett Motion Holdings Inc / Garrett L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC7JY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,866.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M4T02S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,866.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Termocandelaria Power Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNG3L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,851.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sisecam Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,834.16</x:t>
   </x:si>
   <x:si>
     <x:t>Braskem Netherlands Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J7C9V78</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,445.14</x:t>
-[...176 lines deleted...]
-    <x:t>$53,690.16</x:t>
+    <x:t>$53,818.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eushi Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8YWGX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,786.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ3FV17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,732.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7NLHJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,668.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGX55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,632.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Chemicals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2LJKD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,626.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We Soda Investments Holding Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJ4K2R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,605.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KP7PJ85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,605.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNY62R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,586.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,505.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QGG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,498.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZG8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,415.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeromexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJTB2T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,358.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ld Celulose International Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0W1NP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,319.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mersin Uluslararasi Liman Isletmeciligi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XCKP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,292.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,249.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banijay Entertainment Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7C5F95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,174.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Internacional Del Peru Saa Interb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0P2VJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,165.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SZYR852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,133.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4WNB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,996.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R329JC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,982.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8K3762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,790.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;W Senior Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S67NQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,521.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mhp Lux Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRBM4J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,382.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KG232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,262.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX4465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,220.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mazoon Assets Co Saoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32ZMJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,194.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N73ZBQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,106.31</x:t>
   </x:si>
   <x:si>
     <x:t>Itau Unibanco Holding Sa/Cayman Island</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SGH85Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,659.58</x:t>
-[...116 lines deleted...]
-    <x:t>$53,269.96</x:t>
+    <x:t>$52,039.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQJG7L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,024.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcor Saic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T6FD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,010.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Votorantim Sa/Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5XYRZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,004.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oryx Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1WYYL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,984.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL7JJV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,969.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP2B2J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,967.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG435M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,855.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK37FS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,763.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000H86Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,688.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJW4PT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,641.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL820F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,525.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Residential Properties Inc /</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72H2D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,495.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistajet Malta Finance Plc / Vista Mana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XSPMY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,468.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNRY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,396.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investment Energy Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010423G00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,351.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015476304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,340.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LYB0LD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,154.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM1VL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,053.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instituto Costarricense De Electricidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004CZFY54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,984.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
   </x:si>
   <x:si>
     <x:t>Howden Uk Refinance Plc / Howden Uk Ref</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L81FSK1</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,267.50</x:t>
-[...338 lines deleted...]
-    <x:t>Malta</x:t>
+    <x:t>$50,955.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DJX3T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,684.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrorio Luxembourg Holding Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ1F31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,584.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNVM791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,369.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W26SNM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,338.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renew Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHG9140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,211.13</x:t>
   </x:si>
   <x:si>
     <x:t>California Buyer Ltd / Atlantica Sustai</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QG10N00</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,413.78</x:t>
-[...125 lines deleted...]
-    <x:t>$50,258.45</x:t>
+    <x:t>$50,164.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J7ZRW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,092.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mattamy Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTVJ9N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,040.13</x:t>
   </x:si>
   <x:si>
     <x:t>Amaggi Luxembourg International Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z0HH595</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,198.25</x:t>
+    <x:t>$49,897.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01136V362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,865.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010H455F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,863.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banistmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC6FPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,688.14</x:t>
   </x:si>
   <x:si>
     <x:t>Rumo Luxembourg Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VSZG693</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,170.00</x:t>
-[...20 lines deleted...]
-    <x:t>$50,019.51</x:t>
+    <x:t>$49,679.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekneftegaz Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FT6XR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,656.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQT8CF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,464.89</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P3B2R77</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,985.81</x:t>
-[...65 lines deleted...]
-    <x:t>$49,448.63</x:t>
+    <x:t>$49,336.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minsur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135W9LG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,171.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RD5CJS9</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,179.43</x:t>
-[...17 lines deleted...]
-    <x:t>$48,700.69</x:t>
+    <x:t>$49,114.01</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RLT4FJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,605.77</x:t>
+    <x:t>$49,027.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB0QPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,778.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9CZ0R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,746.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JJ5104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,063.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aval Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RKLP6Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,488.39</x:t>
   </x:si>
   <x:si>
     <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB1G2Z6</x:t>
   </x:si>
   <x:si>
     <x:t>11.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,544.01</x:t>
-[...23 lines deleted...]
-    <x:t>$48,525.28</x:t>
+    <x:t>$47,231.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia Telecomunicaciones Sa Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VYK0RJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,196.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Auto Holdings Ltd/Aag Fh Uk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXQBMR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,118.07</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014MRX6D2</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,024.52</x:t>
-[...23 lines deleted...]
-    <x:t>$47,720.83</x:t>
+    <x:t>$46,876.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borr Ihc Ltd / Borr Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JWX7X45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,791.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marb Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YXT5SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,771.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Falabella Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y3XSM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,732.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0021PGYX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,530.96</x:t>
   </x:si>
   <x:si>
     <x:t>Open Text Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMHJC65</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,122.63</x:t>
-[...20 lines deleted...]
-    <x:t>$46,802.88</x:t>
+    <x:t>$45,485.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ai Candelaria -Spain- Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z7ZJX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,401.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMDN5R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,124.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007JLB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,950.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanzania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemak Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011KMQCZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,567.16</x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Energy Finance Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L8DHMM4</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,854.17</x:t>
+    <x:t>$43,529.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP4C6V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,018.79</x:t>
   </x:si>
   <x:si>
     <x:t>Csn Inova Ventures</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RJSXJQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,677.54</x:t>
+    <x:t>$42,705.32</x:t>
   </x:si>
   <x:si>
     <x:t>Aston Martin Capital Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LY7J2N9</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,499.24</x:t>
-[...101 lines deleted...]
-    <x:t>$42,983.45</x:t>
+    <x:t>$42,218.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076DCXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,111.87</x:t>
   </x:si>
   <x:si>
     <x:t>Leviathan Bond Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WBMK1K1</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,430.46</x:t>
+    <x:t>$41,692.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQT7JP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,857.46</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MKQBK86</x:t>
   </x:si>
   <x:si>
     <x:t>6.350</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,309.62</x:t>
-[...17 lines deleted...]
-    <x:t>$40,638.94</x:t>
+    <x:t>$40,627.46</x:t>
   </x:si>
   <x:si>
     <x:t>Mc Brazil Downstream Trading Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RV1HN4</x:t>
   </x:si>
   <x:si>
     <x:t>45,308</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,356.37</x:t>
+    <x:t>$39,630.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kosmos Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP4PD29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,443.96</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S6ZX4Q0</x:t>
   </x:si>
   <x:si>
-    <x:t>37,779</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>36,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,374.06</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S7RCX68</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,302.99</x:t>
+    <x:t>$38,260.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVJKH27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,849.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011991JM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,465.88</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120R4JV4</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,199.82</x:t>
-[...23 lines deleted...]
-    <x:t>$35,019.44</x:t>
+    <x:t>$35,124.66</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZH95YG7</x:t>
   </x:si>
   <x:si>
     <x:t>35,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,837.53</x:t>
-[...11 lines deleted...]
-    <x:t>$33,282.50</x:t>
+    <x:t>$34,833.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercer International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BQFNL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,318.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MKQBK22</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
     <x:t>30,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,978.65</x:t>
-[...8 lines deleted...]
-    <x:t>$30,144.27</x:t>
+    <x:t>$30,233.12</x:t>
   </x:si>
   <x:si>
     <x:t>Adecoagro Sa</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W9T66W0</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,476.25</x:t>
+    <x:t>$29,288.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nufarm Australia Ltd / Nufarm Americas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QLLCL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,653.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,600.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMR0VB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,502.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W00BB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,489.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Flyer Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8S34J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,411.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SNF87H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,362.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJHWN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,188.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taseko Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBN6YF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,174.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0064M2HN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,060.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,011.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jones Deslauriers Insurance Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHCQY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,997.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golomt Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRYH9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,902.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Iron Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS14PS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,887.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,882.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSR8PF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,829.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N09RMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,795.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeropuertos Dominicanos Siglo Xxi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK9DQZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,729.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Usa Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRJB2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,699.96</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LC4HF71</x:t>
   </x:si>
   <x:si>
-    <x:t>25,000</x:t>
-[...83 lines deleted...]
-    <x:t>$27,066.70</x:t>
+    <x:t>$26,686.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire Communities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG4S8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,676.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Finance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BW204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,657.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma International Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDBLW25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,646.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H6WSCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,618.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWTBP10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,584.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z73L2C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,471.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,319.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enerflex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV6B735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,280.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XL5CC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,239.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SVBL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,232.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCWPVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,178.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Energia Electrica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q782C61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,169.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Canadian Gaming Corp/Raptor Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK72LJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,109.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tecpetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQZXH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,060.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y75K2K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,052.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKXZ8F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,036.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3XS182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,999.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012311Y48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,961.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northriver Midstream Finance Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH91847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,927.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascades Inc/Cascades Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8RDY21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,905.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K5LF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,875.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQK9ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,875.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,833.62</x:t>
   </x:si>
   <x:si>
     <x:t>Heritage Petroleum Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0178K40P8</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,974.50</x:t>
+    <x:t>$25,812.50</x:t>
   </x:si>
   <x:si>
     <x:t>Trinidad And Tobago</x:t>
   </x:si>
   <x:si>
-    <x:t>Jones Deslauriers Insurance Management</x:t>
-[...278 lines deleted...]
-    <x:t>$25,823.97</x:t>
+    <x:t>Teine Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0HF63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,708.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70CQJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,601.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burkina Faso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indika Energy Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLQCVM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,599.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3LZFM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,578.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precision Drilling Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011917W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,572.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,512.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6B3SX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,504.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WBMK194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,474.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5RJ6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,464.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136VL8H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,386.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZH95TN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,342.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saturn Oil &amp; Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N641V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,183.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYP589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,120.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z53R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,113.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superior Plus Lp / Superior General Par</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHC2JW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,834.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01210LSM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,653.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermilion Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19DB34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,547.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01103BGG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,527.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0101ZKQV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,513.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgian Railway Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DF2Q99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,294.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF1FQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,959.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HWFLW45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,931.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG0XJM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,766.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FZTNB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,207.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01198GJR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,367.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVRVFF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,300.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65F56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,260.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5V0F16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,077.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2CXZ47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,850.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transalta Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006QFM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,382.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtika Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHSBT79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,377.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Pipeline Ltd/Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NPHH8B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,907.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T08GTB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,527.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doman Building Materials Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNN5F35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,487.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T022WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,453.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North American Energy Partners Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQ1TZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,328.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Property Finance Ulc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6NJ0V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,217.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01922BRF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,143.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65JL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,122.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cineplex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LK9GSV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,118.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9ZZSH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,110.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sleep Country Canada Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYFBZQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,994.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamarack Valley Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0152YZMR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,858.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cogeco Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNVK7B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,852.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P85Z1H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,811.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secure Energy Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKP4R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,787.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laurentian Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169YGX10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,749.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gibson Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGLCGY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,699.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recipe Unltd Corp/Societe De Re Cettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y4J2HL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,681.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Lng Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KB82RQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,672.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superior Plus Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010H509T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,438.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mv24 Capital Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PWN9WQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,075.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kronos Acquisition Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH93523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,795.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4JHPS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,275.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LM17SJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,402.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dye &amp; Durham Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7TZ180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,081.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014DCZNQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,217.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardagh Packaging Finance Plc / Ardagh H</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,823.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122ZBW29</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,775.57</x:t>
-[...647 lines deleted...]
-    <x:t>$8,213.97</x:t>
+    <x:t>8,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,032.33</x:t>
   </x:si>
   <x:si>
     <x:t>Corus Entertainment Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0109ZR5H2</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,573.65</x:t>
+    <x:t>$6,436.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Bakrie Telecom Pte Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00006Z907</x:t>
   </x:si>
   <x:si>
     <x:t>11.500</x:t>
   </x:si>
   <x:si>
     <x:t>$1,312.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Abengoa Abenewco 2 Sa</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P1GDRN8</x:t>
   </x:si>
   <x:si>
     <x:t>63,265</x:t>
   </x:si>
   <x:si>
     <x:t>$632.65</x:t>
   </x:si>
   <x:si>
     <x:t>Abengoa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CMY94</x:t>
   </x:si>
   <x:si>
-    <x:t>$592.16</x:t>
+    <x:t>$591.11</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P1H0V60</x:t>
   </x:si>
   <x:si>
     <x:t>$104.39</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KFKHGF3</x:t>
   </x:si>
   <x:si>
     <x:t>31,361</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>247,530</x:t>
-[...8 lines deleted...]
-    <x:t>$66,547.10</x:t>
+    <x:t>169,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,569.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,610.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,272.31</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
-    <x:t>52,794</x:t>
-[...8 lines deleted...]
-    <x:t>$25,330.32</x:t>
+    <x:t>58,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,744.87</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$203,270.94</x:t>
+    <x:t>$-47,024.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -7144,56 +7153,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7de281e620450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3037d27347a249e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R743994fe82da489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86097420cef64efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R825541e612ae46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c1eaac0fdf54f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L606"/>
+  <x:dimension ref="A1:L607"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -7346,621 +7355,621 @@
       <x:c r="B5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="K5" s="1" t="s">
+      <x:c r="L5" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C6" s="1" t="s">
+      <x:c r="E6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="F6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E6" s="1" t="s">
+      <x:c r="I6" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J6" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="K7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H7" s="1" t="s">
+      <x:c r="L7" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="I17" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="K19" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
@@ -8047,22179 +8056,22217 @@
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="K24" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="H26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="I26" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="K27" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="K30" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="I34" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="L46" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="H65" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="I69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H83" s="1" t="s">
+      <x:c r="I83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="K83" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="I83" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H93" s="1" t="s">
+      <x:c r="I93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="K93" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="I93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H141" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="I142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="K142" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="I159" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J159" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H204" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="I204" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J204" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="I217" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J217" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="I217" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F222" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="C237" s="1" t="s">
+      <x:c r="D237" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="E237" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H237" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="C238" s="1" t="s">
+      <x:c r="E238" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H238" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="D238" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="C239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F239" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G239" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H239" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="I239" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J239" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K239" s="1" t="s">
         <x:v>1041</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1044</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H240" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="C240" s="1" t="s">
+      <x:c r="I240" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J240" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K240" s="1" t="s">
         <x:v>1046</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="F241" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G241" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H241" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="C241" s="1" t="s">
+      <x:c r="I241" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J241" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K241" s="1" t="s">
         <x:v>1052</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H242" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="C242" s="1" t="s">
+      <x:c r="I242" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J242" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K242" s="1" t="s">
         <x:v>1057</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>1060</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F243" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G243" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H243" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="C243" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H244" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="I244" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J244" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K244" s="1" t="s">
         <x:v>1066</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H245" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
-      <x:c r="C245" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="C246" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D246" s="1" t="s">
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H246" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="C247" s="1" t="s">
+      <x:c r="D247" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="D247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="E247" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="E277" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F277" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G277" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H277" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="I277" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J277" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="E277" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
-      <x:c r="C279" s="1" t="s">
+      <x:c r="D279" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="D279" s="1" t="s">
+      <x:c r="E279" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="E279" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="C280" s="1" t="s">
+      <x:c r="E280" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H280" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="D280" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="C281" s="1" t="s">
+      <x:c r="E281" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H281" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="D282" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
-      <x:c r="C282" s="1" t="s">
+      <x:c r="E282" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="D282" s="1" t="s">
+      <x:c r="F282" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G282" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="E282" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="C283" s="1" t="s">
+      <x:c r="D283" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="D283" s="1" t="s">
+      <x:c r="E283" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F283" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G283" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H283" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
-      <x:c r="E283" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="C284" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="D284" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="C284" s="1" t="s">
+      <x:c r="E284" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H284" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="D284" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="F291" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G291" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H291" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="C291" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="C292" s="1" t="s">
+      <x:c r="F292" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G292" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="D292" s="1" t="s">
+      <x:c r="H292" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="E292" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="C293" s="1" t="s">
+      <x:c r="E293" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="D293" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="C294" s="1" t="s">
+      <x:c r="E294" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H294" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="D294" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="C295" s="1" t="s">
+      <x:c r="E295" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F295" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G295" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H295" s="1" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="D295" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H296" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="C296" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D296" s="1" t="s">
+      <x:c r="I296" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J296" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="K296" s="1" t="s">
         <x:v>1271</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1273</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="D297" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="C297" s="1" t="s">
+      <x:c r="E297" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F297" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G297" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H297" s="1" t="s">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="D297" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F298" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G298" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H298" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="F298" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="D299" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="C299" s="1" t="s">
+      <x:c r="E299" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F299" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G299" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H299" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
-      <x:c r="D299" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
         <x:v>1285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1287</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="D301" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="D301" s="1" t="s">
+      <x:c r="E301" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F301" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G301" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H301" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="E301" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="C302" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D302" s="1" t="s">
+      <x:c r="E302" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F302" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G302" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H302" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
-      <x:c r="E302" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H302" s="1" t="s">
+      <x:c r="I302" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J302" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="K302" s="1" t="s">
         <x:v>1295</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C303" s="1" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="D303" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="C303" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D303" s="1" t="s">
+      <x:c r="E303" s="1" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="E303" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="C304" s="1" t="s">
+      <x:c r="E304" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F304" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G304" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H304" s="1" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="D304" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G305" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H305" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
-      <x:c r="C305" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="I307" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J307" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="D307" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F315" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G315" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H315" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="D315" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="C316" s="1" t="s">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="D316" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
-      <x:c r="C316" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D316" s="1" t="s">
+      <x:c r="E316" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F316" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G316" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H316" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="E316" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D317" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="D317" s="1" t="s">
+      <x:c r="E317" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F317" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G317" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H317" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
-      <x:c r="E317" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="C318" s="1" t="s">
+      <x:c r="D318" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="D318" s="1" t="s">
+      <x:c r="E318" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F318" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G318" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H318" s="1" t="s">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="E318" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C320" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
-      <x:c r="C320" s="1" t="s">
+      <x:c r="D320" s="1" t="s">
         <x:v>1356</x:v>
       </x:c>
-      <x:c r="D320" s="1" t="s">
+      <x:c r="E320" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F320" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G320" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H320" s="1" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="E320" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="D321" s="1" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F321" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G321" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H321" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="C321" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="C322" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="D322" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
-      <x:c r="C322" s="1" t="s">
+      <x:c r="E322" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F322" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G322" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H322" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
-      <x:c r="D322" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
-      <x:c r="C323" s="1" t="s">
+      <x:c r="E323" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
-      <x:c r="D323" s="1" t="s">
+      <x:c r="F323" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G323" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H323" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
-      <x:c r="E323" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H323" s="1" t="s">
+      <x:c r="I323" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J323" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="I323" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H324" s="1" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="H324" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F327" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G327" s="1" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="H327" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="I327" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J327" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
-      <x:c r="E327" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="C328" s="1" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C342" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
-      <x:c r="C342" s="1" t="s">
+      <x:c r="D342" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="D342" s="1" t="s">
+      <x:c r="E342" s="1" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="E342" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="D348" s="1" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="D348" s="1" t="s">
+      <x:c r="E348" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H348" s="1" t="s">
         <x:v>1457</x:v>
       </x:c>
-      <x:c r="E348" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C349" s="1" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="D349" s="1" t="s">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="E349" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F349" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G349" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H349" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="C349" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="F350" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G350" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H350" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="I350" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J350" s="1" t="s">
         <x:v>1465</x:v>
       </x:c>
-      <x:c r="E350" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="C353" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="D353" s="1" t="s">
         <x:v>1472</x:v>
       </x:c>
-      <x:c r="C353" s="1" t="s">
+      <x:c r="E353" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F353" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G353" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H353" s="1" t="s">
         <x:v>1473</x:v>
       </x:c>
-      <x:c r="D353" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="C360" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="D360" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="E360" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F360" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G360" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="H360" s="1" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="C360" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="C361" s="1" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E361" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F361" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G361" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H361" s="1" t="s">
         <x:v>1507</x:v>
       </x:c>
-      <x:c r="C361" s="1" t="s">
+      <x:c r="I361" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J361" s="1" t="s">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="D361" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H366" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="I366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J366" s="1" t="s">
         <x:v>1531</x:v>
       </x:c>
-      <x:c r="D366" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C367" s="1" t="s">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="D367" s="1" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="E367" s="1" t="s">
         <x:v>1534</x:v>
       </x:c>
-      <x:c r="C367" s="1" t="s">
+      <x:c r="F367" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G367" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
         <x:v>1535</x:v>
       </x:c>
-      <x:c r="D367" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="D368" s="1" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="D368" s="1" t="s">
+      <x:c r="E368" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F368" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G368" s="1" t="s">
         <x:v>1539</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1223</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="F370" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G370" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H370" s="1" t="s">
         <x:v>1546</x:v>
       </x:c>
-      <x:c r="F370" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="E371" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F371" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G371" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H371" s="1" t="s">
         <x:v>1549</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="C372" s="1" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="D372" s="1" t="s">
         <x:v>1552</x:v>
       </x:c>
-      <x:c r="C372" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D372" s="1" t="s">
+      <x:c r="E372" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F372" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G372" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H372" s="1" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="E372" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="D373" s="1" t="s">
         <x:v>1555</x:v>
       </x:c>
-      <x:c r="D373" s="1" t="s">
+      <x:c r="E373" s="1" t="s">
         <x:v>1556</x:v>
       </x:c>
-      <x:c r="E373" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="D374" s="1" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="E374" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F374" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G374" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="H374" s="1" t="s">
+        <x:v>1562</x:v>
+      </x:c>
+      <x:c r="I374" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J374" s="1" t="s">
         <x:v>1558</x:v>
       </x:c>
-      <x:c r="D374" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F377" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G377" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H377" s="1" t="s">
         <x:v>1571</x:v>
       </x:c>
-      <x:c r="F377" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="C378" s="1" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="D378" s="1" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="E378" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="F378" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G378" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H378" s="1" t="s">
         <x:v>1574</x:v>
       </x:c>
-      <x:c r="C378" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D379" s="1" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="E379" s="1" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="F379" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G379" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H379" s="1" t="s">
         <x:v>1578</x:v>
       </x:c>
-      <x:c r="D379" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="D380" s="1" t="s">
         <x:v>1581</x:v>
       </x:c>
-      <x:c r="D380" s="1" t="s">
+      <x:c r="E380" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F380" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G380" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H380" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
-      <x:c r="E380" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="E381" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F381" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G381" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H381" s="1" t="s">
         <x:v>1584</x:v>
       </x:c>
-      <x:c r="E381" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="C382" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="D382" s="1" t="s">
         <x:v>1586</x:v>
       </x:c>
-      <x:c r="C382" s="1" t="s">
+      <x:c r="E382" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F382" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G382" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H382" s="1" t="s">
         <x:v>1587</x:v>
       </x:c>
-      <x:c r="D382" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="C383" s="1" t="s">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="D383" s="1" t="s">
         <x:v>1590</x:v>
       </x:c>
-      <x:c r="C383" s="1" t="s">
+      <x:c r="E383" s="1" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F383" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G383" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H383" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="D383" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C384" s="1" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="D384" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F384" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G384" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H384" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="C384" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="C385" s="1" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="D385" s="1" t="s">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="C385" s="1" t="s">
+      <x:c r="F385" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G385" s="1" t="s">
         <x:v>1599</x:v>
       </x:c>
-      <x:c r="D385" s="1" t="s">
+      <x:c r="H385" s="1" t="s">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="E385" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
-      <x:c r="C386" s="1" t="s">
+      <x:c r="D386" s="1" t="s">
         <x:v>1603</x:v>
       </x:c>
-      <x:c r="D386" s="1" t="s">
+      <x:c r="E386" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F386" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G386" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H386" s="1" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="E386" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="D387" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F387" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G387" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H387" s="1" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="D387" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="C388" s="1" t="s">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="D388" s="1" t="s">
         <x:v>1609</x:v>
       </x:c>
-      <x:c r="C388" s="1" t="s">
+      <x:c r="E388" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F388" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G388" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H388" s="1" t="s">
         <x:v>1610</x:v>
       </x:c>
-      <x:c r="D388" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>1623</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="D393" s="1" t="s">
         <x:v>1626</x:v>
       </x:c>
-      <x:c r="D393" s="1" t="s">
+      <x:c r="E393" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F393" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G393" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H393" s="1" t="s">
         <x:v>1627</x:v>
       </x:c>
-      <x:c r="E393" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="C394" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="D394" s="1" t="s">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="E394" s="1" t="s">
         <x:v>1629</x:v>
       </x:c>
-      <x:c r="C394" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D394" s="1" t="s">
+      <x:c r="F394" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G394" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H394" s="1" t="s">
         <x:v>1630</x:v>
       </x:c>
-      <x:c r="E394" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="C395" s="1" t="s">
         <x:v>1632</x:v>
       </x:c>
-      <x:c r="C395" s="1" t="s">
+      <x:c r="D395" s="1" t="s">
         <x:v>1633</x:v>
       </x:c>
-      <x:c r="D395" s="1" t="s">
+      <x:c r="E395" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="F395" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G395" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H395" s="1" t="s">
         <x:v>1634</x:v>
       </x:c>
-      <x:c r="E395" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C397" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="D397" s="1" t="s">
         <x:v>1639</x:v>
       </x:c>
-      <x:c r="C397" s="1" t="s">
+      <x:c r="E397" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F397" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G397" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H397" s="1" t="s">
         <x:v>1640</x:v>
       </x:c>
-      <x:c r="D397" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="D398" s="1" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="E398" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F398" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G398" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H398" s="1" t="s">
         <x:v>1643</x:v>
       </x:c>
-      <x:c r="D398" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="E399" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F399" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G399" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H399" s="1" t="s">
         <x:v>1646</x:v>
       </x:c>
-      <x:c r="E399" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="C400" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D400" s="1" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="E400" s="1" t="s">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="C400" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D400" s="1" t="s">
+      <x:c r="F400" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G400" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H400" s="1" t="s">
         <x:v>1650</x:v>
       </x:c>
-      <x:c r="E400" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="C401" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="D401" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
-      <x:c r="C401" s="1" t="s">
+      <x:c r="E401" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F401" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G401" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H401" s="1" t="s">
         <x:v>1653</x:v>
       </x:c>
-      <x:c r="D401" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="C402" s="1" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="D402" s="1" t="s">
         <x:v>1656</x:v>
       </x:c>
-      <x:c r="C402" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D402" s="1" t="s">
+      <x:c r="E402" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F402" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G402" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H402" s="1" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="E402" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="C403" s="1" t="s">
         <x:v>1659</x:v>
       </x:c>
-      <x:c r="C403" s="1" t="s">
+      <x:c r="D403" s="1" t="s">
         <x:v>1660</x:v>
       </x:c>
-      <x:c r="D403" s="1" t="s">
+      <x:c r="E403" s="1" t="s">
         <x:v>1661</x:v>
       </x:c>
-      <x:c r="E403" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D407" s="1" t="s">
         <x:v>1673</x:v>
       </x:c>
-      <x:c r="D407" s="1" t="s">
+      <x:c r="E407" s="1" t="s">
         <x:v>1674</x:v>
       </x:c>
-      <x:c r="E407" s="1" t="s">
+      <x:c r="F407" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G407" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H407" s="1" t="s">
         <x:v>1675</x:v>
       </x:c>
-      <x:c r="F407" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
         <x:v>1679</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D410" s="1" t="s">
         <x:v>1683</x:v>
       </x:c>
-      <x:c r="D410" s="1" t="s">
+      <x:c r="E410" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F410" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G410" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H410" s="1" t="s">
         <x:v>1684</x:v>
       </x:c>
-      <x:c r="E410" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="D411" s="1" t="s">
+        <x:v>1685</x:v>
+      </x:c>
+      <x:c r="E411" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F411" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G411" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H411" s="1" t="s">
         <x:v>1686</x:v>
       </x:c>
-      <x:c r="D411" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="D415" s="1" t="s">
         <x:v>1699</x:v>
       </x:c>
-      <x:c r="D415" s="1" t="s">
+      <x:c r="E415" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F415" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G415" s="1" t="s">
         <x:v>1700</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1516</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="D417" s="1" t="s">
         <x:v>1706</x:v>
       </x:c>
-      <x:c r="D417" s="1" t="s">
+      <x:c r="E417" s="1" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="F417" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G417" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H417" s="1" t="s">
         <x:v>1707</x:v>
       </x:c>
-      <x:c r="E417" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="C418" s="1" t="s">
         <x:v>1709</x:v>
       </x:c>
-      <x:c r="C418" s="1" t="s">
+      <x:c r="D418" s="1" t="s">
         <x:v>1710</x:v>
       </x:c>
-      <x:c r="D418" s="1" t="s">
+      <x:c r="E418" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F418" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G418" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H418" s="1" t="s">
         <x:v>1711</x:v>
       </x:c>
-      <x:c r="E418" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="C419" s="1" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="D419" s="1" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="E419" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F419" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G419" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H419" s="1" t="s">
         <x:v>1714</x:v>
       </x:c>
-      <x:c r="C419" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="E420" s="1" t="s">
         <x:v>1718</x:v>
       </x:c>
-      <x:c r="E420" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F423" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G423" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H423" s="1" t="s">
         <x:v>1731</x:v>
       </x:c>
-      <x:c r="F423" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
+        <x:v>1732</x:v>
+      </x:c>
+      <x:c r="D424" s="1" t="s">
         <x:v>1733</x:v>
       </x:c>
-      <x:c r="D424" s="1" t="s">
+      <x:c r="E424" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F424" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G424" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H424" s="1" t="s">
         <x:v>1734</x:v>
       </x:c>
-      <x:c r="E424" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C425" s="1" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="D425" s="1" t="s">
         <x:v>1736</x:v>
       </x:c>
-      <x:c r="C425" s="1" t="s">
+      <x:c r="E425" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F425" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G425" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H425" s="1" t="s">
         <x:v>1737</x:v>
       </x:c>
-      <x:c r="D425" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C426" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="D426" s="1" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="E426" s="1" t="s">
+        <x:v>1739</x:v>
+      </x:c>
+      <x:c r="F426" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G426" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H426" s="1" t="s">
         <x:v>1740</x:v>
       </x:c>
-      <x:c r="C426" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
+        <x:v>1755</x:v>
+      </x:c>
+      <x:c r="D431" s="1" t="s">
+        <x:v>1756</x:v>
+      </x:c>
+      <x:c r="E431" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F431" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G431" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H431" s="1" t="s">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="I431" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J431" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="K431" s="1" t="s">
         <x:v>1758</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C432" s="1" t="s">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="D432" s="1" t="s">
+        <x:v>1760</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F432" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G432" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H432" s="1" t="s">
         <x:v>1761</x:v>
       </x:c>
-      <x:c r="C432" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
+        <x:v>1763</x:v>
+      </x:c>
+      <x:c r="D433" s="1" t="s">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="E433" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F433" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G433" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H433" s="1" t="s">
         <x:v>1765</x:v>
       </x:c>
-      <x:c r="D433" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="D434" s="1" t="s">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="E434" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F434" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G434" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H434" s="1" t="s">
         <x:v>1768</x:v>
       </x:c>
-      <x:c r="D434" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="D436" s="1" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="E436" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F436" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G436" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H436" s="1" t="s">
         <x:v>1773</x:v>
       </x:c>
-      <x:c r="D436" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
+        <x:v>1774</x:v>
+      </x:c>
+      <x:c r="C437" s="1" t="s">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="D437" s="1" t="s">
         <x:v>1776</x:v>
       </x:c>
-      <x:c r="C437" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D437" s="1" t="s">
+      <x:c r="E437" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F437" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G437" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H437" s="1" t="s">
         <x:v>1777</x:v>
       </x:c>
-      <x:c r="E437" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H437" s="1" t="s">
+      <x:c r="I437" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J437" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="K437" s="1" t="s">
         <x:v>1778</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="D438" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
-      <x:c r="D438" s="1" t="s">
+      <x:c r="E438" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F438" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G438" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H438" s="1" t="s">
         <x:v>1781</x:v>
       </x:c>
-      <x:c r="E438" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="D439" s="1" t="s">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="E439" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F439" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G439" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H439" s="1" t="s">
         <x:v>1784</x:v>
       </x:c>
-      <x:c r="D439" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="D440" s="1" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="E440" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F440" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G440" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H440" s="1" t="s">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="I440" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J440" s="1" t="s">
         <x:v>1788</x:v>
       </x:c>
-      <x:c r="D440" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="C441" s="1" t="s">
+        <x:v>1789</x:v>
+      </x:c>
+      <x:c r="D441" s="1" t="s">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="E441" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F441" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G441" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H441" s="1" t="s">
         <x:v>1791</x:v>
       </x:c>
-      <x:c r="C441" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F442" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G442" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H442" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F443" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G443" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H443" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="C444" s="1" t="s">
+        <x:v>1800</x:v>
+      </x:c>
+      <x:c r="D444" s="1" t="s">
+        <x:v>1801</x:v>
+      </x:c>
+      <x:c r="E444" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F444" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G444" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H444" s="1" t="s">
         <x:v>1802</x:v>
       </x:c>
-      <x:c r="C444" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="E445" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F445" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G445" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H445" s="1" t="s">
         <x:v>1806</x:v>
       </x:c>
-      <x:c r="E445" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F447" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G447" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H447" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="C449" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="D449" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
-      <x:c r="C449" s="1" t="s">
+      <x:c r="E449" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F449" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G449" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H449" s="1" t="s">
         <x:v>1819</x:v>
       </x:c>
-      <x:c r="D449" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="C450" s="1" t="s">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
         <x:v>1822</x:v>
       </x:c>
-      <x:c r="C450" s="1" t="s">
+      <x:c r="E450" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F450" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G450" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H450" s="1" t="s">
         <x:v>1823</x:v>
       </x:c>
-      <x:c r="D450" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="C451" s="1" t="s">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
         <x:v>1826</x:v>
       </x:c>
-      <x:c r="C451" s="1" t="s">
+      <x:c r="E451" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H451" s="1" t="s">
         <x:v>1827</x:v>
       </x:c>
-      <x:c r="D451" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F453" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G453" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H453" s="1" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C454" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="D454" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
-      <x:c r="C454" s="1" t="s">
+      <x:c r="E454" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F454" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G454" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H454" s="1" t="s">
         <x:v>1835</x:v>
       </x:c>
-      <x:c r="D454" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="C455" s="1" t="s">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="D455" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
-      <x:c r="C455" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D455" s="1" t="s">
+      <x:c r="E455" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F455" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G455" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H455" s="1" t="s">
         <x:v>1839</x:v>
       </x:c>
-      <x:c r="E455" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="C456" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D456" s="1" t="s">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="E456" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F456" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G456" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H456" s="1" t="s">
         <x:v>1841</x:v>
       </x:c>
-      <x:c r="C456" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H457" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F458" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G458" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H458" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="F459" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G459" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H459" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="C460" s="1" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="D460" s="1" t="s">
         <x:v>1855</x:v>
       </x:c>
-      <x:c r="C460" s="1" t="s">
+      <x:c r="E460" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F460" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G460" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H460" s="1" t="s">
         <x:v>1856</x:v>
       </x:c>
-      <x:c r="D460" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="C461" s="1" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="D461" s="1" t="s">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="E461" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F461" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G461" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H461" s="1" t="s">
         <x:v>1859</x:v>
       </x:c>
-      <x:c r="C461" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="C462" s="1" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="D462" s="1" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="E462" s="1" t="s">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="F462" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G462" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H462" s="1" t="s">
         <x:v>1863</x:v>
       </x:c>
-      <x:c r="C462" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="C463" s="1" t="s">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="D463" s="1" t="s">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="E463" s="1" t="s">
         <x:v>1866</x:v>
       </x:c>
-      <x:c r="C463" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D463" s="1" t="s">
+      <x:c r="F463" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G463" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H463" s="1" t="s">
         <x:v>1867</x:v>
       </x:c>
-      <x:c r="E463" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="C464" s="1" t="s">
         <x:v>1869</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1686</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F464" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G464" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H464" s="1" t="s">
         <x:v>1871</x:v>
       </x:c>
-      <x:c r="F464" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
+        <x:v>1754</x:v>
+      </x:c>
+      <x:c r="C465" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="D465" s="1" t="s">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="E465" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F465" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G465" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H465" s="1" t="s">
         <x:v>1873</x:v>
       </x:c>
-      <x:c r="C465" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="C466" s="1" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="D466" s="1" t="s">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="E466" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="F466" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G466" s="1" t="s">
         <x:v>1876</x:v>
       </x:c>
-      <x:c r="C466" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D466" s="1" t="s">
+      <x:c r="H466" s="1" t="s">
         <x:v>1877</x:v>
       </x:c>
-      <x:c r="E466" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="C467" s="1" t="s">
         <x:v>1879</x:v>
       </x:c>
-      <x:c r="C467" s="1" t="s">
+      <x:c r="D467" s="1" t="s">
         <x:v>1880</x:v>
       </x:c>
-      <x:c r="D467" s="1" t="s">
+      <x:c r="E467" s="1" t="s">
         <x:v>1881</x:v>
       </x:c>
-      <x:c r="E467" s="1" t="s">
+      <x:c r="F467" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G467" s="1" t="s">
         <x:v>1529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1516</x:v>
       </x:c>
       <x:c r="H467" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
         <x:v>1884</x:v>
       </x:c>
-      <x:c r="D468" s="1" t="s">
+      <x:c r="E468" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F468" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G468" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H468" s="1" t="s">
         <x:v>1885</x:v>
       </x:c>
-      <x:c r="E468" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C469" s="1" t="s">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="D469" s="1" t="s">
+        <x:v>1887</x:v>
+      </x:c>
+      <x:c r="E469" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F469" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G469" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H469" s="1" t="s">
         <x:v>1888</x:v>
       </x:c>
-      <x:c r="C469" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
+        <x:v>1889</x:v>
+      </x:c>
+      <x:c r="C470" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D470" s="1" t="s">
+        <x:v>1890</x:v>
+      </x:c>
+      <x:c r="E470" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F470" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G470" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H470" s="1" t="s">
         <x:v>1891</x:v>
       </x:c>
-      <x:c r="C470" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F471" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G471" s="1" t="s">
         <x:v>1529</x:v>
       </x:c>
-      <x:c r="F471" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H471" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F472" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G472" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H472" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
+        <x:v>1899</x:v>
+      </x:c>
+      <x:c r="D473" s="1" t="s">
+        <x:v>1900</x:v>
+      </x:c>
+      <x:c r="E473" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F473" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G473" s="1" t="s">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="D473" s="1" t="s">
+      <x:c r="H473" s="1" t="s">
         <x:v>1902</x:v>
       </x:c>
-      <x:c r="E473" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H473" s="1" t="s">
+      <x:c r="I473" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J473" s="1" t="s">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="K473" s="1" t="s">
         <x:v>1903</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
         <x:v>1904</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F474" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G474" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H474" s="1" t="s">
         <x:v>1907</x:v>
       </x:c>
-      <x:c r="H474" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="C475" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="D475" s="1" t="s">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="E475" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="F475" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G475" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H475" s="1" t="s">
         <x:v>1910</x:v>
       </x:c>
-      <x:c r="C475" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="H476" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="C485" s="1" t="s">
         <x:v>1944</x:v>
       </x:c>
-      <x:c r="C485" s="1" t="s">
+      <x:c r="D485" s="1" t="s">
         <x:v>1945</x:v>
       </x:c>
-      <x:c r="D485" s="1" t="s">
+      <x:c r="E485" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F485" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G485" s="1" t="s">
         <x:v>1946</x:v>
       </x:c>
-      <x:c r="E485" s="1" t="s">
+      <x:c r="H485" s="1" t="s">
         <x:v>1947</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1948</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="E486" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F486" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G486" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H486" s="1" t="s">
         <x:v>1949</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1951</x:v>
       </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="D487" s="1" t="s">
         <x:v>1952</x:v>
       </x:c>
-      <x:c r="D487" s="1" t="s">
+      <x:c r="E487" s="1" t="s">
         <x:v>1953</x:v>
       </x:c>
-      <x:c r="E487" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H487" s="1" t="s">
         <x:v>1954</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1955</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="C488" s="1" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="D488" s="1" t="s">
         <x:v>1956</x:v>
       </x:c>
-      <x:c r="C488" s="1" t="s">
+      <x:c r="E488" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F488" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G488" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="H488" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="D488" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>1969</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
-        <x:v>1972</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="F492" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G492" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>1977</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="D494" s="1" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F494" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G494" s="1" t="s">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="H494" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="I494" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J494" s="1" t="s">
         <x:v>1980</x:v>
       </x:c>
-      <x:c r="D494" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
+        <x:v>1981</x:v>
+      </x:c>
+      <x:c r="D495" s="1" t="s">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="E495" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F495" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G495" s="1" t="s">
         <x:v>1983</x:v>
       </x:c>
-      <x:c r="C495" s="1" t="s">
+      <x:c r="H495" s="1" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="D495" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="C497" s="1" t="s">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="D497" s="1" t="s">
         <x:v>1989</x:v>
       </x:c>
-      <x:c r="C497" s="1" t="s">
+      <x:c r="E497" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F497" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G497" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H497" s="1" t="s">
         <x:v>1990</x:v>
       </x:c>
-      <x:c r="D497" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="C498" s="1" t="s">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="C498" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D498" s="1" t="s">
+      <x:c r="E498" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F498" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G498" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H498" s="1" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="E498" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="C499" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D499" s="1" t="s">
         <x:v>1996</x:v>
       </x:c>
-      <x:c r="C499" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D499" s="1" t="s">
+      <x:c r="E499" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F499" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G499" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H499" s="1" t="s">
         <x:v>1997</x:v>
       </x:c>
-      <x:c r="E499" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
         <x:v>1999</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2000</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="C501" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="D501" s="1" t="s">
         <x:v>2002</x:v>
       </x:c>
-      <x:c r="C501" s="1" t="s">
+      <x:c r="E501" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F501" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G501" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H501" s="1" t="s">
         <x:v>2003</x:v>
       </x:c>
-      <x:c r="D501" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="C506" s="1" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="D506" s="1" t="s">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="C506" s="1" t="s">
+      <x:c r="E506" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F506" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G506" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H506" s="1" t="s">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="D506" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="D507" s="1" t="s">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="E507" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F507" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G507" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H507" s="1" t="s">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="D507" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="C508" s="1" t="s">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="D508" s="1" t="s">
         <x:v>2027</x:v>
       </x:c>
-      <x:c r="C508" s="1" t="s">
+      <x:c r="E508" s="1" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="F508" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G508" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H508" s="1" t="s">
         <x:v>2028</x:v>
       </x:c>
-      <x:c r="D508" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
+        <x:v>2032</x:v>
+      </x:c>
+      <x:c r="C510" s="1" t="s">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="D510" s="1" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F510" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G510" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H510" s="1" t="s">
         <x:v>2035</x:v>
       </x:c>
-      <x:c r="C510" s="1" t="s">
+      <x:c r="I510" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J510" s="1" t="s">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="K510" s="1" t="s">
         <x:v>2036</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>1104</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="C511" s="1" t="s">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="D511" s="1" t="s">
         <x:v>2039</x:v>
       </x:c>
-      <x:c r="C511" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D511" s="1" t="s">
+      <x:c r="E511" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F511" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G511" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H511" s="1" t="s">
         <x:v>2040</x:v>
       </x:c>
-      <x:c r="E511" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="C512" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
+        <x:v>2041</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F512" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G512" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H512" s="1" t="s">
         <x:v>2042</x:v>
       </x:c>
-      <x:c r="C512" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
       <x:c r="A513" s="1">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B513" s="1" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="D513" s="1" t="s">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="E513" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="F513" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G513" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H513" s="1" t="s">
         <x:v>2045</x:v>
       </x:c>
-      <x:c r="C513" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J513" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K513" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L513" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12" ht="15" customHeight="1">
       <x:c r="A514" s="1">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="C514" s="1" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="D514" s="1" t="s">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="E514" s="1" t="s">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="F514" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G514" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H514" s="1" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="C514" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I514" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J514" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K514" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L514" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12" ht="15" customHeight="1">
       <x:c r="A515" s="1">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B515" s="1" t="s">
-        <x:v>2055</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="C515" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D515" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E515" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F515" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G515" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H515" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="I515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J515" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K515" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L515" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12" ht="15" customHeight="1">
       <x:c r="A516" s="1">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B516" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C516" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="D516" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="E516" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F516" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G516" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H516" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="I516" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J516" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K516" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L516" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12" ht="15" customHeight="1">
       <x:c r="A517" s="1">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B517" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="C517" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="D517" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="E517" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="F517" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G517" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H517" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="I517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J517" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K517" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L517" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12" ht="15" customHeight="1">
       <x:c r="A518" s="1">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B518" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C518" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="D518" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E518" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F518" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G518" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H518" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="I518" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J518" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K518" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L518" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12" ht="15" customHeight="1">
       <x:c r="A519" s="1">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B519" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C519" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="D519" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="E519" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F519" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G519" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H519" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="I519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J519" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K519" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L519" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12" ht="15" customHeight="1">
       <x:c r="A520" s="1">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B520" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="C520" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D520" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="E520" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F520" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G520" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H520" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="I520" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J520" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K520" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L520" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12" ht="15" customHeight="1">
       <x:c r="A521" s="1">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B521" s="1" t="s">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="C521" s="1" t="s">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="D521" s="1" t="s">
+        <x:v>2072</x:v>
+      </x:c>
+      <x:c r="E521" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F521" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G521" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H521" s="1" t="s">
         <x:v>2073</x:v>
       </x:c>
-      <x:c r="C521" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J521" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K521" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L521" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12" ht="15" customHeight="1">
       <x:c r="A522" s="1">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B522" s="1" t="s">
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="C522" s="1" t="s">
+        <x:v>2075</x:v>
+      </x:c>
+      <x:c r="D522" s="1" t="s">
         <x:v>2076</x:v>
       </x:c>
-      <x:c r="C522" s="1" t="s">
+      <x:c r="E522" s="1" t="s">
         <x:v>2077</x:v>
       </x:c>
-      <x:c r="D522" s="1" t="s">
+      <x:c r="F522" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G522" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H522" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
-      <x:c r="E522" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I522" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J522" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K522" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L522" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12" ht="15" customHeight="1">
       <x:c r="A523" s="1">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B523" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C523" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D523" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="E523" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F523" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G523" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H523" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="I523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J523" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K523" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L523" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12" ht="15" customHeight="1">
       <x:c r="A524" s="1">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B524" s="1" t="s">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="C524" s="1" t="s">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="D524" s="1" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="E524" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F524" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G524" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H524" s="1" t="s">
         <x:v>2084</x:v>
       </x:c>
-      <x:c r="C524" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I524" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J524" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K524" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L524" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12" ht="15" customHeight="1">
       <x:c r="A525" s="1">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B525" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="C525" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D525" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="E525" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F525" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G525" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H525" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="I525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J525" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K525" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L525" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12" ht="15" customHeight="1">
       <x:c r="A526" s="1">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B526" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="C526" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="D526" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E526" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F526" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G526" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H526" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="I526" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J526" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K526" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L526" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12" ht="15" customHeight="1">
       <x:c r="A527" s="1">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B527" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="C527" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="D527" s="1" t="s">
-        <x:v>2096</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="E527" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F527" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G527" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H527" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="I527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J527" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K527" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L527" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12" ht="15" customHeight="1">
       <x:c r="A528" s="1">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B528" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="C528" s="1" t="s">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="D528" s="1" t="s">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="E528" s="1" t="s">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="F528" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G528" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H528" s="1" t="s">
         <x:v>2098</x:v>
       </x:c>
-      <x:c r="C528" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I528" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J528" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K528" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L528" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12" ht="15" customHeight="1">
       <x:c r="A529" s="1">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B529" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="C529" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="D529" s="1" t="s">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="E529" s="1" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F529" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G529" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H529" s="1" t="s">
         <x:v>2101</x:v>
       </x:c>
-      <x:c r="E529" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J529" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K529" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L529" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12" ht="15" customHeight="1">
       <x:c r="A530" s="1">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B530" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="C530" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D530" s="1" t="s">
         <x:v>2103</x:v>
       </x:c>
-      <x:c r="D530" s="1" t="s">
+      <x:c r="E530" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F530" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G530" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H530" s="1" t="s">
         <x:v>2104</x:v>
       </x:c>
-      <x:c r="E530" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I530" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J530" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K530" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L530" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12" ht="15" customHeight="1">
       <x:c r="A531" s="1">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B531" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="C531" s="1" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="D531" s="1" t="s">
         <x:v>2106</x:v>
       </x:c>
-      <x:c r="D531" s="1" t="s">
+      <x:c r="E531" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F531" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G531" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H531" s="1" t="s">
         <x:v>2107</x:v>
       </x:c>
-      <x:c r="E531" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J531" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K531" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L531" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12" ht="15" customHeight="1">
       <x:c r="A532" s="1">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B532" s="1" t="s">
+        <x:v>2108</x:v>
+      </x:c>
+      <x:c r="C532" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D532" s="1" t="s">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="E532" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F532" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G532" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H532" s="1" t="s">
         <x:v>2110</x:v>
       </x:c>
-      <x:c r="C532" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I532" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J532" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K532" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L532" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12" ht="15" customHeight="1">
       <x:c r="A533" s="1">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B533" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="C533" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D533" s="1" t="s">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="E533" s="1" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="F533" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G533" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H533" s="1" t="s">
         <x:v>2113</x:v>
       </x:c>
-      <x:c r="D533" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J533" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K533" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L533" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12" ht="15" customHeight="1">
       <x:c r="A534" s="1">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B534" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="C534" s="1" t="s">
+        <x:v>2114</x:v>
+      </x:c>
+      <x:c r="D534" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="E534" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F534" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G534" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H534" s="1" t="s">
         <x:v>2116</x:v>
       </x:c>
-      <x:c r="C534" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I534" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J534" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K534" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L534" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12" ht="15" customHeight="1">
       <x:c r="A535" s="1">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B535" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C535" s="1" t="s">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="D535" s="1" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="E535" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F535" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G535" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H535" s="1" t="s">
         <x:v>2119</x:v>
       </x:c>
-      <x:c r="C535" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J535" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K535" s="1" t="s">
-        <x:v>2122</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L535" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12" ht="15" customHeight="1">
       <x:c r="A536" s="1">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B536" s="1" t="s">
+        <x:v>2120</x:v>
+      </x:c>
+      <x:c r="C536" s="1" t="s">
+        <x:v>2121</x:v>
+      </x:c>
+      <x:c r="D536" s="1" t="s">
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="E536" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F536" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G536" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H536" s="1" t="s">
         <x:v>2123</x:v>
       </x:c>
-      <x:c r="C536" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D536" s="1" t="s">
+      <x:c r="I536" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J536" s="1" t="s">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="K536" s="1" t="s">
         <x:v>2124</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>957</x:v>
       </x:c>
       <x:c r="L536" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12" ht="15" customHeight="1">
       <x:c r="A537" s="1">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B537" s="1" t="s">
+        <x:v>2125</x:v>
+      </x:c>
+      <x:c r="C537" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="D537" s="1" t="s">
         <x:v>2126</x:v>
       </x:c>
-      <x:c r="C537" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D537" s="1" t="s">
+      <x:c r="E537" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F537" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G537" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H537" s="1" t="s">
         <x:v>2127</x:v>
       </x:c>
-      <x:c r="E537" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J537" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K537" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L537" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12" ht="15" customHeight="1">
       <x:c r="A538" s="1">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B538" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="C538" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D538" s="1" t="s">
         <x:v>2129</x:v>
       </x:c>
       <x:c r="E538" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F538" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G538" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H538" s="1" t="s">
         <x:v>2130</x:v>
       </x:c>
       <x:c r="I538" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J538" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K538" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="L538" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12" ht="15" customHeight="1">
       <x:c r="A539" s="1">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B539" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="C539" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="D539" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E539" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F539" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G539" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H539" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="I539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J539" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K539" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L539" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12" ht="15" customHeight="1">
       <x:c r="A540" s="1">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B540" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C540" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="D540" s="1" t="s">
-        <x:v>2135</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="E540" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="F540" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G540" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H540" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="I540" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J540" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K540" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L540" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12" ht="15" customHeight="1">
       <x:c r="A541" s="1">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B541" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="C541" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D541" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E541" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F541" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G541" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H541" s="1" t="s">
-        <x:v>2140</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="I541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J541" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K541" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L541" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12" ht="15" customHeight="1">
       <x:c r="A542" s="1">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B542" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="C542" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="D542" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="E542" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F542" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G542" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H542" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="I542" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J542" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K542" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L542" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12" ht="15" customHeight="1">
       <x:c r="A543" s="1">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B543" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C543" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="D543" s="1" t="s">
-        <x:v>2144</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="E543" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F543" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G543" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H543" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="I543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J543" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K543" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L543" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12" ht="15" customHeight="1">
       <x:c r="A544" s="1">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B544" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="C544" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="D544" s="1" t="s">
-        <x:v>2147</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="E544" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F544" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G544" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H544" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="I544" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J544" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K544" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="L544" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12" ht="15" customHeight="1">
       <x:c r="A545" s="1">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B545" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C545" s="1" t="s">
         <x:v>2150</x:v>
       </x:c>
       <x:c r="D545" s="1" t="s">
         <x:v>2151</x:v>
       </x:c>
       <x:c r="E545" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F545" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G545" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H545" s="1" t="s">
         <x:v>2152</x:v>
       </x:c>
       <x:c r="I545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J545" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K545" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L545" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12" ht="15" customHeight="1">
       <x:c r="A546" s="1">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B546" s="1" t="s">
-        <x:v>1989</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C546" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="D546" s="1" t="s">
         <x:v>2153</x:v>
       </x:c>
-      <x:c r="D546" s="1" t="s">
+      <x:c r="E546" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F546" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G546" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H546" s="1" t="s">
         <x:v>2154</x:v>
       </x:c>
-      <x:c r="E546" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I546" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J546" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K546" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L546" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12" ht="15" customHeight="1">
       <x:c r="A547" s="1">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B547" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="C547" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="D547" s="1" t="s">
         <x:v>2156</x:v>
       </x:c>
       <x:c r="E547" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F547" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G547" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H547" s="1" t="s">
         <x:v>2157</x:v>
       </x:c>
       <x:c r="I547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J547" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K547" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L547" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12" ht="15" customHeight="1">
       <x:c r="A548" s="1">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B548" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="C548" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D548" s="1" t="s">
-        <x:v>2158</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="E548" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F548" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G548" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="H548" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="I548" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J548" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K548" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L548" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12" ht="15" customHeight="1">
       <x:c r="A549" s="1">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B549" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="C549" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D549" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="E549" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F549" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G549" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H549" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="I549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J549" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K549" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L549" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12" ht="15" customHeight="1">
       <x:c r="A550" s="1">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B550" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C550" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D550" s="1" t="s">
-        <x:v>2163</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="E550" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F550" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G550" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H550" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="I550" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J550" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K550" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L550" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12" ht="15" customHeight="1">
       <x:c r="A551" s="1">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B551" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="C551" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D551" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="E551" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F551" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G551" s="1" t="s">
-        <x:v>2167</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H551" s="1" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="I551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J551" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K551" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L551" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12" ht="15" customHeight="1">
       <x:c r="A552" s="1">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B552" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C552" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="D552" s="1" t="s">
         <x:v>2169</x:v>
       </x:c>
       <x:c r="E552" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F552" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G552" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H552" s="1" t="s">
         <x:v>2170</x:v>
       </x:c>
       <x:c r="I552" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J552" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K552" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L552" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12" ht="15" customHeight="1">
       <x:c r="A553" s="1">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B553" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="C553" s="1" t="s">
-        <x:v>2171</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="D553" s="1" t="s">
-        <x:v>2172</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="E553" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F553" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G553" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H553" s="1" t="s">
-        <x:v>2173</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="I553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J553" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K553" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L553" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12" ht="15" customHeight="1">
       <x:c r="A554" s="1">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B554" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="C554" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D554" s="1" t="s">
-        <x:v>2174</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="E554" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F554" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G554" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H554" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="I554" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J554" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K554" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L554" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12" ht="15" customHeight="1">
       <x:c r="A555" s="1">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B555" s="1" t="s">
-        <x:v>2176</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C555" s="1" t="s">
         <x:v>2177</x:v>
       </x:c>
       <x:c r="D555" s="1" t="s">
         <x:v>2178</x:v>
       </x:c>
       <x:c r="E555" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F555" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G555" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H555" s="1" t="s">
         <x:v>2179</x:v>
       </x:c>
       <x:c r="I555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J555" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K555" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L555" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12" ht="15" customHeight="1">
       <x:c r="A556" s="1">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B556" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="C556" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="D556" s="1" t="s">
-        <x:v>2181</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="E556" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F556" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G556" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H556" s="1" t="s">
-        <x:v>2182</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="I556" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J556" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="K556" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="L556" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:12" ht="15" customHeight="1">
       <x:c r="A557" s="1">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B557" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C557" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="D557" s="1" t="s">
-        <x:v>2183</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="E557" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F557" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G557" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H557" s="1" t="s">
-        <x:v>2184</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="I557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J557" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K557" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="L557" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12" ht="15" customHeight="1">
       <x:c r="A558" s="1">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B558" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C558" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="D558" s="1" t="s">
-        <x:v>2187</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="E558" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F558" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G558" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H558" s="1" t="s">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="I558" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J558" s="1" t="s">
         <x:v>2188</x:v>
       </x:c>
-      <x:c r="I558" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K558" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L558" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12" ht="15" customHeight="1">
       <x:c r="A559" s="1">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B559" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="C559" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D559" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="E559" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F559" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G559" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H559" s="1" t="s">
-        <x:v>2191</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="I559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J559" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K559" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L559" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12" ht="15" customHeight="1">
       <x:c r="A560" s="1">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B560" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="C560" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="D560" s="1" t="s">
-        <x:v>2193</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="E560" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F560" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G560" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H560" s="1" t="s">
-        <x:v>2194</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="I560" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J560" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K560" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L560" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12" ht="15" customHeight="1">
       <x:c r="A561" s="1">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B561" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C561" s="1" t="s">
-        <x:v>2195</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="D561" s="1" t="s">
-        <x:v>2196</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="E561" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F561" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G561" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H561" s="1" t="s">
-        <x:v>2197</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="I561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J561" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K561" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L561" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12" ht="15" customHeight="1">
       <x:c r="A562" s="1">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B562" s="1" t="s">
-        <x:v>2198</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="C562" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="D562" s="1" t="s">
-        <x:v>2199</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="E562" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F562" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G562" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H562" s="1" t="s">
-        <x:v>2200</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="I562" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J562" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K562" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L562" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12" ht="15" customHeight="1">
       <x:c r="A563" s="1">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B563" s="1" t="s">
-        <x:v>2201</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C563" s="1" t="s">
-        <x:v>2202</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="D563" s="1" t="s">
-        <x:v>2203</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="E563" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F563" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G563" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H563" s="1" t="s">
-        <x:v>2204</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="I563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J563" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K563" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L563" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12" ht="15" customHeight="1">
       <x:c r="A564" s="1">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B564" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C564" s="1" t="s">
-        <x:v>2205</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="D564" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="E564" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F564" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G564" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H564" s="1" t="s">
-        <x:v>2207</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="I564" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J564" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K564" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L564" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12" ht="15" customHeight="1">
       <x:c r="A565" s="1">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B565" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C565" s="1" t="s">
-        <x:v>2208</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="D565" s="1" t="s">
-        <x:v>2209</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="E565" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="F565" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G565" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H565" s="1" t="s">
-        <x:v>2211</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="I565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J565" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K565" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L565" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12" ht="15" customHeight="1">
       <x:c r="A566" s="1">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B566" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="C566" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D566" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="E566" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="F566" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G566" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H566" s="1" t="s">
-        <x:v>2214</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="I566" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J566" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K566" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L566" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12" ht="15" customHeight="1">
       <x:c r="A567" s="1">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B567" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="C567" s="1" t="s">
-        <x:v>2215</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D567" s="1" t="s">
-        <x:v>2216</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="E567" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F567" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G567" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H567" s="1" t="s">
-        <x:v>2217</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="I567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J567" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K567" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L567" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12" ht="15" customHeight="1">
       <x:c r="A568" s="1">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B568" s="1" t="s">
-        <x:v>2218</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="C568" s="1" t="s">
-        <x:v>2219</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="D568" s="1" t="s">
-        <x:v>2220</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="E568" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F568" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G568" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H568" s="1" t="s">
-        <x:v>2221</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="I568" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J568" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K568" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L568" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12" ht="15" customHeight="1">
       <x:c r="A569" s="1">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B569" s="1" t="s">
-        <x:v>2222</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="C569" s="1" t="s">
         <x:v>2223</x:v>
       </x:c>
       <x:c r="D569" s="1" t="s">
         <x:v>2224</x:v>
       </x:c>
       <x:c r="E569" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F569" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G569" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H569" s="1" t="s">
         <x:v>2225</x:v>
       </x:c>
       <x:c r="I569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J569" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K569" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L569" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12" ht="15" customHeight="1">
       <x:c r="A570" s="1">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B570" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="C570" s="1" t="s">
-        <x:v>2226</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="D570" s="1" t="s">
         <x:v>2227</x:v>
       </x:c>
       <x:c r="E570" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F570" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G570" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H570" s="1" t="s">
         <x:v>2228</x:v>
       </x:c>
-      <x:c r="F570" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I570" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J570" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K570" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L570" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12" ht="15" customHeight="1">
       <x:c r="A571" s="1">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B571" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="C571" s="1" t="s">
-        <x:v>2230</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="D571" s="1" t="s">
-        <x:v>2231</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="E571" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F571" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G571" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H571" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="I571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J571" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K571" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L571" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12" ht="15" customHeight="1">
       <x:c r="A572" s="1">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B572" s="1" t="s">
+        <x:v>2231</x:v>
+      </x:c>
+      <x:c r="C572" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="D572" s="1" t="s">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="E572" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F572" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G572" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H572" s="1" t="s">
         <x:v>2233</x:v>
       </x:c>
-      <x:c r="C572" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I572" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J572" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K572" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L572" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12" ht="15" customHeight="1">
       <x:c r="A573" s="1">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B573" s="1" t="s">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="C573" s="1" t="s">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="D573" s="1" t="s">
         <x:v>2236</x:v>
       </x:c>
-      <x:c r="C573" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D573" s="1" t="s">
+      <x:c r="E573" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="F573" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G573" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H573" s="1" t="s">
         <x:v>2237</x:v>
       </x:c>
-      <x:c r="E573" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J573" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K573" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L573" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12" ht="15" customHeight="1">
       <x:c r="A574" s="1">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B574" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C574" s="1" t="s">
-        <x:v>2230</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="D574" s="1" t="s">
         <x:v>2239</x:v>
       </x:c>
       <x:c r="E574" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="F574" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G574" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H574" s="1" t="s">
-        <x:v>2240</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="I574" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J574" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K574" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L574" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12" ht="15" customHeight="1">
       <x:c r="A575" s="1">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B575" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="C575" s="1" t="s">
-        <x:v>2241</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="D575" s="1" t="s">
-        <x:v>2242</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="E575" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F575" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G575" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H575" s="1" t="s">
-        <x:v>2243</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="I575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J575" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K575" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L575" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12" ht="15" customHeight="1">
       <x:c r="A576" s="1">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B576" s="1" t="s">
-        <x:v>2244</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="C576" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="D576" s="1" t="s">
-        <x:v>2245</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="E576" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F576" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G576" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H576" s="1" t="s">
-        <x:v>2246</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="I576" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J576" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K576" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L576" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12" ht="15" customHeight="1">
       <x:c r="A577" s="1">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B577" s="1" t="s">
-        <x:v>2247</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="C577" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D577" s="1" t="s">
-        <x:v>2248</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="E577" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F577" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G577" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H577" s="1" t="s">
-        <x:v>2249</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="I577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J577" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K577" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L577" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12" ht="15" customHeight="1">
       <x:c r="A578" s="1">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B578" s="1" t="s">
-        <x:v>2250</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="C578" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="D578" s="1" t="s">
-        <x:v>2251</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="E578" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F578" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G578" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H578" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="I578" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J578" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K578" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L578" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12" ht="15" customHeight="1">
       <x:c r="A579" s="1">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B579" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="C579" s="1" t="s">
-        <x:v>2254</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="D579" s="1" t="s">
-        <x:v>2255</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="E579" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F579" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G579" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H579" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="I579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J579" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K579" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L579" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12" ht="15" customHeight="1">
       <x:c r="A580" s="1">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B580" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="C580" s="1" t="s">
-        <x:v>2258</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D580" s="1" t="s">
-        <x:v>2259</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="E580" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="F580" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G580" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H580" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="I580" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J580" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K580" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L580" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12" ht="15" customHeight="1">
       <x:c r="A581" s="1">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B581" s="1" t="s">
-        <x:v>2261</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C581" s="1" t="s">
         <x:v>2262</x:v>
       </x:c>
       <x:c r="D581" s="1" t="s">
         <x:v>2263</x:v>
       </x:c>
       <x:c r="E581" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F581" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G581" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H581" s="1" t="s">
         <x:v>2264</x:v>
       </x:c>
-      <x:c r="F581" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J581" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K581" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L581" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12" ht="15" customHeight="1">
       <x:c r="A582" s="1">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B582" s="1" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="C582" s="1" t="s">
         <x:v>2266</x:v>
       </x:c>
-      <x:c r="C582" s="1" t="s">
+      <x:c r="D582" s="1" t="s">
         <x:v>2267</x:v>
       </x:c>
-      <x:c r="D582" s="1" t="s">
+      <x:c r="E582" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F582" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G582" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H582" s="1" t="s">
         <x:v>2268</x:v>
       </x:c>
-      <x:c r="E582" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I582" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J582" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K582" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L582" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12" ht="15" customHeight="1">
       <x:c r="A583" s="1">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B583" s="1" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="C583" s="1" t="s">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="D583" s="1" t="s">
         <x:v>2271</x:v>
       </x:c>
-      <x:c r="C583" s="1" t="s">
+      <x:c r="E583" s="1" t="s">
         <x:v>2272</x:v>
       </x:c>
-      <x:c r="D583" s="1" t="s">
+      <x:c r="F583" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G583" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H583" s="1" t="s">
         <x:v>2273</x:v>
       </x:c>
-      <x:c r="E583" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J583" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K583" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L583" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12" ht="15" customHeight="1">
       <x:c r="A584" s="1">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B584" s="1" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="C584" s="1" t="s">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="D584" s="1" t="s">
         <x:v>2276</x:v>
       </x:c>
-      <x:c r="C584" s="1" t="s">
+      <x:c r="E584" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F584" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G584" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H584" s="1" t="s">
         <x:v>2277</x:v>
       </x:c>
-      <x:c r="D584" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I584" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J584" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K584" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L584" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12" ht="15" customHeight="1">
       <x:c r="A585" s="1">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B585" s="1" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="C585" s="1" t="s">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="D585" s="1" t="s">
         <x:v>2280</x:v>
       </x:c>
-      <x:c r="C585" s="1" t="s">
+      <x:c r="E585" s="1" t="s">
         <x:v>2281</x:v>
       </x:c>
-      <x:c r="D585" s="1" t="s">
+      <x:c r="F585" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G585" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H585" s="1" t="s">
         <x:v>2282</x:v>
       </x:c>
-      <x:c r="E585" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J585" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K585" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L585" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12" ht="15" customHeight="1">
       <x:c r="A586" s="1">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B586" s="1" t="s">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="C586" s="1" t="s">
         <x:v>2284</x:v>
       </x:c>
-      <x:c r="C586" s="1" t="s">
+      <x:c r="D586" s="1" t="s">
         <x:v>2285</x:v>
       </x:c>
-      <x:c r="D586" s="1" t="s">
+      <x:c r="E586" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F586" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G586" s="1" t="s">
         <x:v>2286</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1973</x:v>
       </x:c>
       <x:c r="H586" s="1" t="s">
         <x:v>2287</x:v>
       </x:c>
       <x:c r="I586" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J586" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="K586" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="L586" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12" ht="15" customHeight="1">
       <x:c r="A587" s="1">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B587" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="C587" s="1" t="s">
         <x:v>2289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="D587" s="1" t="s">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="E587" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F587" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G587" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H587" s="1" t="s">
         <x:v>2291</x:v>
       </x:c>
       <x:c r="I587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J587" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="K587" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L587" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12" ht="15" customHeight="1">
       <x:c r="A588" s="1">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B588" s="1" t="s">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="C588" s="1" t="s">
+        <x:v>2294</x:v>
+      </x:c>
+      <x:c r="D588" s="1" t="s">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="E588" s="1" t="s">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="F588" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G588" s="1" t="s">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="H588" s="1" t="s">
+        <x:v>2298</x:v>
+      </x:c>
+      <x:c r="I588" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J588" s="1" t="s">
         <x:v>2292</x:v>
       </x:c>
-      <x:c r="C588" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K588" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L588" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12" ht="15" customHeight="1">
       <x:c r="A589" s="1">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B589" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="C589" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D589" s="1" t="s">
-        <x:v>2298</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="E589" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F589" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G589" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="H589" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="I589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J589" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="K589" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L589" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12" ht="15" customHeight="1">
       <x:c r="A590" s="1">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B590" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="C590" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="D590" s="1" t="s">
-        <x:v>2301</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="E590" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F590" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G590" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="H590" s="1" t="s">
-        <x:v>2302</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="I590" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J590" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="K590" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L590" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12" ht="15" customHeight="1">
       <x:c r="A591" s="1">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B591" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="C591" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D591" s="1" t="s">
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="E591" s="1" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F591" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G591" s="1" t="s">
         <x:v>2303</x:v>
       </x:c>
-      <x:c r="C591" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H591" s="1" t="s">
-        <x:v>2305</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="I591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J591" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="K591" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L591" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12" ht="15" customHeight="1">
       <x:c r="A592" s="1">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B592" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="C592" s="1" t="s">
-        <x:v>2306</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D592" s="1" t="s">
-        <x:v>2307</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="E592" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F592" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G592" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="H592" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="I592" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J592" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="K592" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L592" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12" ht="15" customHeight="1">
       <x:c r="A593" s="1">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B593" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="C593" s="1" t="s">
         <x:v>2311</x:v>
       </x:c>
       <x:c r="D593" s="1" t="s">
         <x:v>2312</x:v>
       </x:c>
       <x:c r="E593" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F593" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G593" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="H593" s="1" t="s">
         <x:v>2313</x:v>
       </x:c>
       <x:c r="I593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J593" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="K593" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L593" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12" ht="15" customHeight="1">
       <x:c r="A594" s="1">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B594" s="1" t="s">
         <x:v>2314</x:v>
       </x:c>
       <x:c r="C594" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="D594" s="1" t="s">
-        <x:v>2315</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E594" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F594" s="1" t="s">
-        <x:v>2316</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G594" s="1" t="s">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="H594" s="1" t="s">
         <x:v>2317</x:v>
       </x:c>
-      <x:c r="H594" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I594" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J594" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="K594" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L594" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12" ht="15" customHeight="1">
       <x:c r="A595" s="1">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B595" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="C595" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="D595" s="1" t="s">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="E595" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F595" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G595" s="1" t="s">
         <x:v>2319</x:v>
       </x:c>
-      <x:c r="C595" s="1" t="s">
+      <x:c r="H595" s="1" t="s">
         <x:v>2320</x:v>
       </x:c>
-      <x:c r="D595" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J595" s="1" t="s">
-        <x:v>2323</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="K595" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L595" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12" ht="15" customHeight="1">
       <x:c r="A596" s="1">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B596" s="1" t="s">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="C596" s="1" t="s">
+        <x:v>2322</x:v>
+      </x:c>
+      <x:c r="D596" s="1" t="s">
+        <x:v>2323</x:v>
+      </x:c>
+      <x:c r="E596" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F596" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G596" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H596" s="1" t="s">
         <x:v>2324</x:v>
       </x:c>
-      <x:c r="C596" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D596" s="1" t="s">
+      <x:c r="I596" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J596" s="1" t="s">
         <x:v>2325</x:v>
       </x:c>
-      <x:c r="E596" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K596" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="L596" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12" ht="15" customHeight="1">
       <x:c r="A597" s="1">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B597" s="1" t="s">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="C597" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D597" s="1" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="E597" s="1" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="F597" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G597" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H597" s="1" t="s">
         <x:v>2329</x:v>
       </x:c>
-      <x:c r="C597" s="1" t="s">
+      <x:c r="I597" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J597" s="1" t="s">
         <x:v>2330</x:v>
       </x:c>
-      <x:c r="D597" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K597" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L597" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12" ht="15" customHeight="1">
       <x:c r="A598" s="1">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B598" s="1" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="C598" s="1" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="D598" s="1" t="s">
+        <x:v>2333</x:v>
+      </x:c>
+      <x:c r="E598" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="F598" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G598" s="1" t="s">
         <x:v>2334</x:v>
       </x:c>
-      <x:c r="C598" s="1" t="s">
+      <x:c r="H598" s="1" t="s">
         <x:v>2335</x:v>
       </x:c>
-      <x:c r="D598" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I598" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J598" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="K598" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L598" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12" ht="15" customHeight="1">
       <x:c r="A599" s="1">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B599" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="C599" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="D599" s="1" t="s">
         <x:v>2338</x:v>
       </x:c>
       <x:c r="E599" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F599" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G599" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H599" s="1" t="s">
         <x:v>2339</x:v>
       </x:c>
       <x:c r="I599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J599" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="K599" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L599" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12" ht="15" customHeight="1">
       <x:c r="A600" s="1">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B600" s="1" t="s">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="C600" s="1" t="s">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="D600" s="1" t="s">
         <x:v>2340</x:v>
       </x:c>
-      <x:c r="C600" s="1" t="s">
+      <x:c r="E600" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="F600" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G600" s="1" t="s">
+        <x:v>2334</x:v>
+      </x:c>
+      <x:c r="H600" s="1" t="s">
         <x:v>2341</x:v>
       </x:c>
-      <x:c r="D600" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I600" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J600" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="K600" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="L600" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12" ht="15" customHeight="1">
       <x:c r="A601" s="1">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B601" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="C601" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="D601" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="E601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F601" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G601" s="1" t="s">
         <x:v>2345</x:v>
       </x:c>
-      <x:c r="G601" s="1" t="s">
+      <x:c r="H601" s="1" t="s">
         <x:v>2346</x:v>
       </x:c>
-      <x:c r="H601" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J601" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="K601" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="L601" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12" ht="15" customHeight="1">
       <x:c r="A602" s="1">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B602" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="C602" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D602" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E602" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F602" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G602" s="1" t="s">
         <x:v>2348</x:v>
       </x:c>
       <x:c r="H602" s="1" t="s">
         <x:v>2349</x:v>
       </x:c>
       <x:c r="I602" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J602" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K602" s="1" t="s">
-        <x:v>2350</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L602" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12" ht="15" customHeight="1">
       <x:c r="A603" s="1">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B603" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="C603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D603" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F603" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G603" s="1" t="s">
+        <x:v>2350</x:v>
+      </x:c>
+      <x:c r="H603" s="1" t="s">
         <x:v>2351</x:v>
       </x:c>
-      <x:c r="H603" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J603" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K603" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L603" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12" ht="15" customHeight="1">
       <x:c r="A604" s="1">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B604" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="C604" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D604" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E604" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F604" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G604" s="1" t="s">
+        <x:v>2352</x:v>
+      </x:c>
+      <x:c r="H604" s="1" t="s">
         <x:v>2353</x:v>
       </x:c>
-      <x:c r="H604" s="1" t="s">
+      <x:c r="I604" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J604" s="1" t="s">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="K604" s="1" t="s">
         <x:v>2354</x:v>
       </x:c>
-      <x:c r="I604" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L604" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12" ht="15" customHeight="1">
       <x:c r="A605" s="1">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B605" s="1" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="C605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D605" s="1" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="E605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F605" s="1" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="G605" s="1" t="s">
         <x:v>2355</x:v>
       </x:c>
-      <x:c r="C605" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F605" s="1" t="s">
+      <x:c r="H605" s="1" t="s">
         <x:v>2356</x:v>
       </x:c>
-      <x:c r="G605" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H605" s="1" t="s">
+      <x:c r="I605" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J605" s="1" t="s">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="K605" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="L605" s="1" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A606" s="1">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B606" s="1" t="s">
         <x:v>2357</x:v>
       </x:c>
-      <x:c r="I605" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="A606" s="2" t="s">
+      <x:c r="C606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F606" s="1" t="s">
         <x:v>2358</x:v>
       </x:c>
-      <x:c r="B606" s="2" t="s">
+      <x:c r="G606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H606" s="1" t="s">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="I606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J606" s="1" t="s">
+        <x:v>2360</x:v>
+      </x:c>
+      <x:c r="K606" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L606" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A607" s="2" t="s">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="B607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C606" s="2" t="s">
+      <x:c r="C607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D606" s="2" t="s">
+      <x:c r="D607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E606" s="2" t="s">
+      <x:c r="E607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F606" s="2" t="s">
+      <x:c r="F607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G606" s="2" t="s">
+      <x:c r="G607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H606" s="2" t="s">
+      <x:c r="H607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I606" s="2" t="s">
+      <x:c r="I607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J606" s="2" t="s">
+      <x:c r="J607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K606" s="2" t="s">
+      <x:c r="K607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L606" s="2" t="s">
+      <x:c r="L607" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A606:L606"/>
+    <x:mergeCell ref="A607:L607"/>
   </x:mergeCells>
 </x:worksheet>
 </file>