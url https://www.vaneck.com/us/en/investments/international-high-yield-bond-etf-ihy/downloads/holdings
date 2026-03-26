--- v6 (2026-03-02)
+++ v7 (2026-03-26)
@@ -1,7131 +1,7080 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80a21d3f7584996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98617a33f8f4cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260226" sheetId="1" r:id="R5c1eaac0fdf54f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20260324" sheetId="1" r:id="R696aacad07b14258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6681" uniqueCount="2362">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6626" uniqueCount="2345">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Electricite De France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005TSHYD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,537.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Petroleos Mexicanos</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PXLJ57</x:t>
   </x:si>
   <x:si>
     <x:t>6.700</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,309.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLY8D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.690</x:t>
   </x:si>
   <x:si>
     <x:t>275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$277,610.21</x:t>
-[...47 lines deleted...]
-    <x:t>$254,034.74</x:t>
+    <x:t>$242,849.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bpm Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXVDV03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,317.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmed O2 Uk Financing I Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K2BYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,529.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inpost Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4PH3Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,804.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mundys Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6NSJ30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,677.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,577.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yapi Ve Kredi Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J6F67Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,435.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vz Vendor Financing Ii Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG1TGD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,308.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fibercop Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL845N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,240.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfamc Iii Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3QGMZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,016.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samarco Mineracao Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KH0FB04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,708.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dar Al-Arkan Sukuk Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VR86881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,069.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Softbank Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPCXC41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,872.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVF2T51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,075.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intrum Investments And Financing Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8ZD908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,608.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arada Sukuk 2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8F19N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,652.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upl Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VCMHVJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,657.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Nutresa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVRY5T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,637.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YT6N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,173.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Binghatti Sukuk 2 Spv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH55QQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,476.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bradesco Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR8DS42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,560.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genmab A/S/Genmab Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YGQ23X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,100.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belron Uk Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32YVC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,336.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aroundtown Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZP0J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,724.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7YS2P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,829.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GSLNZH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,437.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altice France Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFCMZX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,268.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edge Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33CRW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,143.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLXL14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,293.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Aircraft Leasing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P6VXL50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,125.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000098L86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,570.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B&amp;M European Value Retail Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4FP2S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,576.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerrold Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5DX679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,085.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dresdner Funding Trust I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000259Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,284.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP18479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,793.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boots Group Finco Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W397K49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,615.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saavi Energia Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4PQ936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,511.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lhmc Finco 2 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TT1BNW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,805.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air France-Klm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6ZFD76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,679.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accor Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLS20H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,258.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cpi Property Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDG2W98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,292.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Europe Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W8ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,337.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XB5F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,440.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ams-Osram Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4G61H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,279.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DC6BPT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,171.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Finance Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FNWDH25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,141.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NLGHQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,205.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellis Acquisition Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJSDH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,202.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luna 1.5 Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WH3DTJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,030.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurofins Scientific Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCV3F85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,917.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Webuild Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFH97L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,781.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heathrow Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTXHV01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,594.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JG299X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,385.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV3QX00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,164.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zf North America Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG436C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,658.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saipem Finance International Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N088FQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,651.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpha Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5CJPY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,115.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greece</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Immo Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBYJ538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,245.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Engineering - Ingegneria Informatica -</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJV2S46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,186.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07Q5P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,176.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energo - Pro As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW2P4Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,848.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fnac Darty Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2CM426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,737.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5S4K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,575.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BW9JZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,484.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iho Verwaltungs Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G12YF15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,481.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virgin Media Secured Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QG1H2Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,035.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loarre Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0178HB399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,858.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Ifis Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLZ1BQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,663.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piraeus Bank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNLTN45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,653.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rossini Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP68348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,645.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Kpn Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LTDL83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,366.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinnacle Bidco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJV30Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,253.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prysmian Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYD7GC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,168.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07D7S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,145.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portugal</x:t>
+  </x:si>
+  <x:si>
     <x:t>British Telecommunications Plc</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M5D2J84</x:t>
   </x:si>
   <x:si>
-    <x:t>5.125</x:t>
-[...14 lines deleted...]
-    <x:t>Wepa Hygieneprodukte Gmbh</x:t>
+    <x:t>$120,955.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rci Banque Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH7FJV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,920.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banca Transilvania Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q06GZ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,588.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essendi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSNKHP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,586.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iliad Holding Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ7G91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,474.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeo Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M9GLHB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,454.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisure Holding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNJFHS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,437.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexans Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07TD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,253.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amber Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKW8L19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,227.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volvo Car Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017QJS4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,214.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finnair Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVPDP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,211.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A2a Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N5B1BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,131.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lottomatica Group Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV9PYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,114.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schaeffler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M429GJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,064.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FM535P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,783.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYGH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,764.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techem Verwaltungsgesellschaft 675 Mbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBKQN04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,716.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tereos Finance Groupe I Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCNVHC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,621.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1011778 Bc Ulc / New Red Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XY80957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,551.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metro Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SHZSY97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,383.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trivium Packaging Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4239Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,376.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forvia Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX2CN93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,347.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boels Topholding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG2C923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,337.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennet Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY08T93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,099.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWLJT53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,050.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheplapharm Arzneimittel Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKR8XV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,949.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celsa Opco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV3CB32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,914.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unibail-Rodamco-Westfield Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2Q2DC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,841.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Picard Groupe Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH85HB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,752.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434X57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,607.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KF09400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,591.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrastrutture Wireless Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1WYGB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,529.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNQ18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,506.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Cgm Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHB3LJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,441.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKRF7X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,418.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Currenta Group Holdings Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVP8QJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,136.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Power Corp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY1FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,091.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matterhorn Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR68B85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,082.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurobank Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCS2C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,074.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opal Bidco Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0J02L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,992.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NHGH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,991.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYV7555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,829.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivion Investments Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3W9DH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,593.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eircom Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR27XX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,535.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eutelsat Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PD35882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,454.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alstria Office Reit-Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SRM1GG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,453.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNNQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,409.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LR2M2L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,374.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JDFZZP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,231.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegis Lux 1a Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y2C50C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,197.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mbh Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX1TYL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,160.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metlen Energy &amp; Metals Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6BTJJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,147.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abertis Infraestructuras Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ9BY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,133.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nidda Healthcare Holding Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6TN3J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,926.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gruenenthal Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010814Z05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,871.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fressnapf Holding Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFY3QS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,822.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tui Cruises Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXJ0KJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,714.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisure Midholding Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVS6VX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,405.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azelis Finance Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PPNGHJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,342.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belgium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardonagh Finco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC3NKY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,337.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jaguar Land Rover Automotive Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011QKYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,215.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dufry One Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01015NJG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,889.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progroup Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2DPTW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,753.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXPPSX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,622.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNL53P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,606.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKB6KD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,375.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paprec Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011JFZ815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,361.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heimstaden Bostad Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1683Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,289.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renault Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS963N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,246.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grifols Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012NHPYP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,098.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3Z6LN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,073.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seche Environnement Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWH14M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,069.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngg Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41DZT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,060.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ima Industria Macchine Automatiche Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG1WC85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,023.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT4YB55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,842.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q-Park Holding I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMFKL67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,836.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRR6GD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,828.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrise Finco I Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V563Z00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,791.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cidron Aida Finco Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4LH210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,534.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biffa Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV36R61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,502.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV15TC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,482.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telenet Finance Luxembourg Notes Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCPV9Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,392.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odido Holding Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YMPPH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,073.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Group Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHC2G52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,999.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zf Europe Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5N8DM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,956.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X9BTJL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,743.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Game Technology Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6WL5D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,629.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgarian Energy Holding Ead</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RJGLQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,459.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bulgaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecopetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136Y1ZJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,377.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castellum Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0129033V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,334.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010RS7YS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,299.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snf Group Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD11ZP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,815.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexel Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FN1YC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,724.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Bidco Finco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYDFF22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,602.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRC95Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,518.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cab Selas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1667H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,484.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L7ZHZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,433.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPJL7F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,409.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rakuten Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7V9D79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,278.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bcp V Modular Services Finance Ii Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VFPFX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,242.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV8V6Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,191.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nomad Foods Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F3XBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,926.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flora Food Management Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC0VCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,878.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R00V308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,876.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011F46LK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,598.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Citycon Treasury Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5STVX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,581.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFGJXM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,504.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almaviva-The Italian Innovation Co Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QFZ9SW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,360.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wintershall Dea Finance 2 Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVS7P79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,341.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ipd 3 Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR3KN97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,849.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MR1PW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,678.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFG7HV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,630.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4GPF10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,610.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eg Global Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K200S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,389.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Spa/Milano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV01QT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,279.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zegona Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL7CDB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,879.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teamsystem Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKR4F64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,780.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5CYGN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,766.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holding D'Infrastructures Des Metiers D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F0KZS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,517.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eramet Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N07JR66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,434.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allwyn Entertainment Financing Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G9HK8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,434.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loxam Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFNFRW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,165.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNPY7J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,681.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011XTZZP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,392.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKHKDY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,127.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altice Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RBBHG54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,058.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Vakiflar Bankasi Tao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ8TBL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,271.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Financing Usa Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF4KYT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,182.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ithaca Energy North Sea Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75MTP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,080.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pluspetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V69BJ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,636.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017186YY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,490.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL55GF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,362.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XH51709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,635.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oztel Holdings Spc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN0ZM84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,582.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yinson Bergenia Production Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT73ZK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,579.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seadrill Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDK4L29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,541.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Latam Airlines Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3N0BS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,496.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delhi International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2XL2D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,456.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Is Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N67MNY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,322.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transnet/South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DD2RLC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,134.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q33MTD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,051.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navoi Mining &amp; Metallurgical Combinat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,937.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01L0FT0K4</x:t>
-[...257 lines deleted...]
-    <x:t>United Arab Emirates</x:t>
+    <x:t>BBG01KCBW6L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,711.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrobras Global Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H6WSCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,590.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81WMZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,381.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turk Telekomunikasyon As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRRB516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,074.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akbank Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9SPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,983.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpek Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCMCHQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,978.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hta Group Ltd/Mauritius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZK6858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,974.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kioxia Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W344DX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,932.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Sinai Kalkinma Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q75YTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,888.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Treasury Pty Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGS92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,848.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulker Biskuvi Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK5W7B1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,789.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worldline Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXHXVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,732.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierracol Energy Andina Llc/Sierracol E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDMMPG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,726.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X6ZGSY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,695.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxam Prill Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VQYZ2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,656.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkcell Iletisim Hizmetleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQT69D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,578.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KY1MDH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,480.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006BRH1Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,478.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morocco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cerdia Finanz Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSJ379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,282.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TGKZJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,951.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RV19P16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,825.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telus Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMJD21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,819.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Economica Federal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX7B402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,769.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stena International Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXPP228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,733.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azule Energy Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQTCMK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,703.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albion Financing 1 Sarl / Aggreko Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXTNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,697.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digicel International Finance Ltd / Dif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T70R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,690.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJX7WS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,670.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vedanta Resources Finance Ii Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQQTM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,579.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC23V57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,495.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Us Operations Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXXR2J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,487.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muthoot Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q9MJGK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,464.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Garanti Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QZB6RQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,352.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKVXFX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,302.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Ziraat Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1708B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,047.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bell Telephone Co Of Canada Or Bell Can</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S8F16R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,858.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biocon Biologics Global Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3XHGD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,825.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nbm Us Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVN4KX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,470.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Brasil Sa/Cayman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCW637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,398.94</x:t>
   </x:si>
   <x:si>
     <x:t>Bapco Energies Bsc Closed</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZYT9D4</x:t>
   </x:si>
   <x:si>
-    <x:t>7.500</x:t>
-[...2 lines deleted...]
-    <x:t>$211,700.75</x:t>
+    <x:t>$101,366.45</x:t>
   </x:si>
   <x:si>
     <x:t>Bahrain</x:t>
   </x:si>
   <x:si>
-    <x:t>Fibercop Spa</x:t>
-[...149 lines deleted...]
-    <x:t>Vodafone Group Plc</x:t>
+    <x:t>07/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VW0XPW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,252.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fs Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJHQWZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,816.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tk Elevator Us Newco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VSHFQR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,810.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iifl Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZF949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,805.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omgrid Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNX2K81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,694.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLH4M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,550.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muangthai Capital Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZ3KGC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,538.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bond Co Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMZ36S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,455.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Ihracat Kredi Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XF3GQS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,421.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,393.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central American Bottling Corp / Cbc Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZPM26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,870.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guatemala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inversiones Cmpc Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KQX08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,791.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gc Treasury Center Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X138RS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,772.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rede D'Or Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2KNBG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,617.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9TNCN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,277.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wynn Macau Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WS5XGN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,994.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energuate Trust 2 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X6YM581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,970.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Froneri Lux Finco Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W0ZNHQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,869.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobico Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JCXZ137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,683.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlantica Sustainable Infrastructure Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0110RHYG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,655.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JDBC51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,640.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WMC7900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,604.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atos Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8W8Y70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,421.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,367.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Btg Pactual Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZSYBZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,341.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014G3F2J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,148.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6SB3S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,974.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melco Resorts Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYZLJ02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,922.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globo Comunicacao E Participacoes S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014FG46G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,512.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellium Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6PNZ07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,313.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Securitisation Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZTX7TT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,247.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emeria Sasu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DD5KKQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,118.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motion Bondco Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKDSSF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,017.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Miguel Industrias Pet Sa / Ng Pet R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7VGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,933.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ion Platform Finance Us Inc / Ion Platf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRTDZT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,160.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natura &amp;Co Luxembourg Holdings Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FXDT92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,038.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XDH1DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,863.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXQW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,610.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ziggo Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QL6KSS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,529.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canpack Sa / Canpack Us Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TG3JT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,509.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avianca Midco 2 Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T07B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,154.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuum Green Energy India Pvt / Co-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2PCYN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,935.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Studio City Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRFTQK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,604.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XS5YP01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,435.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aegea Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XL79P48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,200.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bapco Energies Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVV47G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,860.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toucan Finco Ltd/Toucan Finco Can Inc/T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLYDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,523.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jersey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enfragen Energia Sur Sa / Enfragen Spai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGL2V64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,080.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Gas Co Of Trinidad &amp; Tobago Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000BFQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,905.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad And Tobago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XKVS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,900.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YZ28JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,802.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00582F0G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,072.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klabin Austria Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YS3VZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,910.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K2BTP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,667.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cerba Healthcare Saca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010WH0NQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,138.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL2DPW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,021.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asg Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS0QRS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,494.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ineos Quattro Finance 2 Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1X8412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,326.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paysafe Finance Plc / Paysafe Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BYLRJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,780.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ion Platform Finance Us Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZDMM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,028.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1Z2S29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,923.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy Argentina Sau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTPN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,776.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Argentina Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR55KZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,741.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9JG584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,491.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118XWJT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,968.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pampa Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6JH3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,565.63</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>7.000</x:t>
-[...23 lines deleted...]
-    <x:t>$176,400.00</x:t>
+    <x:t>$79,501.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connect Finco Sarl / Connect Us Finco L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNMWYR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,338.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,956.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama Infrastructure Receivable Purcha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8LQMT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,891.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK89BC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,790.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7PCM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,692.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tecpetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y75K2K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,209.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garda World Security Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK41LZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,823.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sable International Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0829S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,395.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z73N6V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,904.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6VXC30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,802.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDM0L65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,175.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csn Resources Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD6MWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,054.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006JMY0P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,912.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5Y4NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,103.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XFDXS85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,793.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1F2VS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,680.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJ6YV32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,744.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6KWZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,349.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R28RQ49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,002.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y65982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,817.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greenko Power Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y4NYJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,882.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009BNFQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,710.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresas Publicas De Medellin Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPPYQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,552.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Luxembourg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJ0C016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,901.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FZTRY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,661.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WLL1Y58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,432.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KN7FXK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,958.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goeasy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T2D4T97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,653.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Netherlands Finance Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7C9V78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,701.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY7Z5X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,373.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mong Duong Finance Holdings Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PV1N2T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,237.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleos Del Peru Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GXFJWB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,937.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLH8JY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,700.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX43T2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,676.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,158.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T0616K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,044.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVSWJ66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,563.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019SQ9ZW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,069.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V46KCT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,798.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7RQ9N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,769.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcpr Senior Secured Financing Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJCQBG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,737.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Chemicals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2LJKD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,630.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yinson Boronia Production Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1PJKD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,500.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Israel Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H754DC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,479.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M4T02S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,244.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garrett Motion Holdings Inc / Garrett L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC7JY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,145.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNY62R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,091.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS8QGG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,978.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banijay Entertainment Sas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7C5F95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,943.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardagh Finance Holdings Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCK2FF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,784.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Fuels Finance Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LR4BTY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,738.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRMXWT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,716.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4WNB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,713.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZG8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,619.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCY2QG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,592.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mersin Uluslararasi Liman Isletmeciligi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K1XCKP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,559.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eushi Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R8YWGX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,547.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We Soda Investments Holding Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJ4K2R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,530.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016LSGX55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,524.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihs Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVH0Q47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,457.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sisecam Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,456.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLSF2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,429.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ld Celulose International Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0W1NP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,422.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Internacional Del Peru Saa Interb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0P2VJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,422.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PK89165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,420.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ3FV17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,327.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M8K3762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,191.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7NLHJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,178.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Macro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL8N2G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,958.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Bow Canadian Infrastructure Holdi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZZ64G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,903.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SZYR852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,877.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQJG7L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,847.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP2B2J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,829.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Votorantim Sa/Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T5XYRZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,815.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itau Unibanco Holding Sa/Cayman Island</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SGH85Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,762.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KG232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,734.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcor Saic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T6FD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,705.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KP7PJ85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,604.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mhp Lux Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZRBM4J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,539.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N73ZBQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,508.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R329JC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,493.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LYB0LD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,381.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W15W3K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,373.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mazoon Assets Co Saoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q32ZMJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,230.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJW4PT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,181.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000H86Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,161.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cemex Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VCXTY26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,147.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oryx Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z1WYYL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,133.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;W Senior Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S67NQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,087.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Termocandelaria Power Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNG3L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,008.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investment Energy Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010423G00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,979.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistajet Malta Finance Plc / Vista Mana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XSPMY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,867.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL7JJV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,746.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Howden Uk Refinance Plc / Howden Uk Ref</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81FSK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,736.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrorio Luxembourg Holding Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ1F31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,696.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136TNRY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,641.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK37FS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,632.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL820F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,492.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG435M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,459.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKM1VL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,450.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Residential Properties Inc /</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72H2D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,132.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeromexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJTB2T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,069.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renew Pvt Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHG9140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,998.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNVM791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,968.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instituto Costarricense De Electricidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004CZFY54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,952.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Rica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amaggi Luxembourg International Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z0HH595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,937.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DJX3T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,660.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banistmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC6FPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,581.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015476304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,547.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W26SNM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,497.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010H455F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,323.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumo Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VSZG693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,194.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J7ZRW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,067.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P3B2R77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,065.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekneftegaz Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FT6XR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,949.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Buyer Ltd / Atlantica Sustai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG10N00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,831.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01136V362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,672.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0205MZJ30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,629.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQT8CF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,369.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RLT4FJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,369.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Energy Finance Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L8DHMM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,245.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RD5CJS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,151.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mattamy Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTVJ9N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,968.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB0QPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,923.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minsur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135W9LG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,848.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9CZ0R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,029.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aval Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RKLP6Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,964.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JJ5104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,478.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB1G2Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,440.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia Telecomunicaciones Sa Esp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VYK0RJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,915.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kosmos Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PP4PD29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,905.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMDN5R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,386.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Auto Holdings Ltd/Aag Fh Uk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXQBMR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,053.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ai Candelaria -Spain- Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z7ZJX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,825.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MRX6D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,797.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Open Text Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMHJC65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,754.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Borr Ihc Ltd / Borr Finance Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JWX7X45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,687.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marb Bondco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YXT5SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,621.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Falabella Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y3XSM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,021.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0021PGYX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,493.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007JLB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,309.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanzania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nemak Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011KMQCZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,899.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rb Global Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP4C6V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,624.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leviathan Bond Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WBMK1K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,394.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mc Brazil Downstream Trading Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RV1HN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,277.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aston Martin Capital Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY7J2N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,924.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQT7JP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,604.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076DCXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,427.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csn Inova Ventures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RJSXJQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,177.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,664.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7RCX68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,118.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S6ZX4Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,929.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120R4JV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,264.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZH95YG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,749.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011991JM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,679.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX4465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,095.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,924.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9T66W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,568.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nufarm Australia Ltd / Nufarm Americas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QLLCL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,236.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Flyer Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8S34J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,229.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PB4Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,119.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMR0VB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,105.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JJHWN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,023.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Usa Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRJB2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,903.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taseko Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBN6YF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,888.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWTBP10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,741.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SNF87H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,723.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC4HF71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,625.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,607.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Iron Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS14PS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,522.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N09RMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,517.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma International Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDBLW25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,448.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XL5CC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,345.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,307.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golomt Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRYH9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,290.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z73L2C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,262.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W00BB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,260.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altagas Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSR8PF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,259.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Energia Electrica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q782C61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,245.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CCWPVM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,228.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Finance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BW204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,211.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeropuertos Dominicanos Siglo Xxi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NK9DQZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,179.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enerflex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YV6B735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,124.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQZXH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,038.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3XS182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,030.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire Communities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG4S8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,998.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQK9ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,972.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SVBL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,900.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage Petroleum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0178K40P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,830.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercer International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BQFNL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,820.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascades Inc/Cascades Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8RDY21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,736.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teine Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0HF63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,728.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V434WV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,718.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudbay Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K5LF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,703.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saturn Oil &amp; Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N641V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,700.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0064M2HN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,676.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Canadian Gaming Corp/Raptor Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK72LJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,601.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70CQJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,558.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Burkina Faso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northriver Midstream Finance Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH91847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,540.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCSTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,507.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jones Deslauriers Insurance Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHCQY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,500.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Precision Drilling Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011917W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,499.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136VL8H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,441.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3LZFM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,409.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WBMK194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,390.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5RJ6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,260.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MKQBK40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,253.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indika Energy Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLQCVM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,246.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermilion Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19DB34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,228.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTYP589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,119.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012311Y48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,021.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z53R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,894.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6B3SX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,859.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZH95TN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,733.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01210LSM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,444.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HWFLW45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,382.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKXZ8F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,370.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgian Railway Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DF2Q99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,148.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01103BGG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,119.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0101ZKQV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,918.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superior Plus Lp / Superior General Par</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHC2JW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,850.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65F56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,435.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5V0F16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,393.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF1FQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,607.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FZTNB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,703.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG0XJM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,234.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVRVFF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,781.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01198GJR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,754.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2CXZ47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,594.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ65JL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,542.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transalta Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006QFM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,101.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Pipeline Ltd/Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NPHH8B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,603.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtika Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHSBT79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,181.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North American Energy Partners Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQ1TZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,136.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cineplex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LK9GSV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,056.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01922BRF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,009.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Property Finance Ulc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6NJ0V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,997.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T08GTB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,825.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamarack Valley Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0152YZMR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,782.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cogeco Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNVK7B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,782.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P85Z1H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,775.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sleep Country Canada Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYFBZQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,757.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T022WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,745.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyera Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9ZZSH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,695.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secure Energy Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKP4R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,595.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recipe Unltd Corp/Societe De Re Cettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y4J2HL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,585.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laurentian Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169YGX10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,572.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doman Building Materials Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNN5F35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,556.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X6YWTD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,391.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gibson Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGLCGY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,328.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Superior Plus Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010H509T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,250.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014JCMJM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,159.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVJKH27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,069.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6KBZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,046.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mv24 Capital Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PWN9WQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,907.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Lng Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KB82RQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,159.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kronos Acquisition Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH93523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,093.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K4JHPS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,351.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LM17SJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,388.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dye &amp; Durham Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7TZ180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,194.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014DCZNQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,958.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ardagh Packaging Finance Plc / Ardagh H</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,579.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corus Entertainment Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0109ZR5H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,101.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bakrie Telecom Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006Z907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,312.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abengoa Abenewco 2 Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P1GDRN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$632.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abengoa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CMY94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$580.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P1H0V60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digicel Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFKHGF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,122.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>Colombia</x:t>
-[...6446 lines deleted...]
-    <x:t>$44,272.31</x:t>
+    <x:t>89,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,088.82</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
-    <x:t>58,494</x:t>
-[...2 lines deleted...]
-    <x:t>$42,744.87</x:t>
+    <x:t>15,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,318.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,316.39</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-47,024.77</x:t>
-[...2 lines deleted...]
-    <x:t>-0.09%</x:t>
+    <x:t>$-59,071.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -7153,56 +7102,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86097420cef64efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R825541e612ae46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c1eaac0fdf54f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4cae2bb1ad4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1875c015461044b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R696aacad07b14258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L607"/>
+  <x:dimension ref="A1:L602"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -7355,22918 +7304,22728 @@
       <x:c r="B5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H10" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="I32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="H39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="K39" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="I39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="I55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="I62" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J62" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="K62" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="K66" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H79" s="1" t="s">
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="K79" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="I79" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H82" s="1" t="s">
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="K82" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="I82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="I98" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="K98" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="K106" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H130" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="I130" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J130" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="K130" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H132" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H134" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J138" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="K138" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>638</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H151" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
+      <x:c r="E152" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H160" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="F160" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="E162" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="D165" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="F165" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
+      <x:c r="E166" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="E167" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H190" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="I190" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J190" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
+      <x:c r="E202" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H203" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="C203" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H204" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="F206" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G206" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H206" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="C206" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F207" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G207" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H207" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H210" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="I210" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J210" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="K210" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="E210" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L210" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F213" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G213" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H213" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="I213" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J213" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="K213" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="C213" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="F214" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
-      <x:c r="C245" s="1" t="s">
+      <x:c r="E245" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H245" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="D245" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H246" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="C246" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="E268" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H268" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="I268" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J268" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="K268" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="D268" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L268" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
+      <x:c r="E269" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H269" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="E269" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="C270" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="C270" s="1" t="s">
+      <x:c r="D270" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
+      <x:c r="E270" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="E270" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
         <x:v>1170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F292" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G292" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H292" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="F292" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="C293" s="1" t="s">
+      <x:c r="E293" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="D293" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="C294" s="1" t="s">
+      <x:c r="E294" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H294" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="D294" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="C295" s="1" t="s">
+      <x:c r="E295" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="F295" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G295" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H295" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="D295" s="1" t="s">
+      <x:c r="I295" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J295" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="K295" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="E295" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L295" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="C296" s="1" t="s">
+      <x:c r="D296" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="D296" s="1" t="s">
+      <x:c r="E296" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H296" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="E296" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H296" s="1" t="s">
+      <x:c r="I296" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J296" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="I296" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="C297" s="1" t="s">
+      <x:c r="D297" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="D297" s="1" t="s">
+      <x:c r="E297" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F297" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G297" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H297" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="E297" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C298" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="D298" s="1" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F298" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G298" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H298" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="C298" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="C306" s="1" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="C306" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D306" s="1" t="s">
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H306" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="E306" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="C307" s="1" t="s">
+      <x:c r="D307" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="D307" s="1" t="s">
+      <x:c r="E307" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
-      <x:c r="E307" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F308" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G308" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H308" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
-      <x:c r="E308" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H308" s="1" t="s">
+      <x:c r="I308" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J308" s="1" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="K308" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
-      <x:c r="I308" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L308" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F317" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G317" s="1" t="s">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="H317" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="I317" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J317" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="E317" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F324" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G324" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H324" s="1" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="I324" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J324" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="E324" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D329" s="1" t="s">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="D329" s="1" t="s">
+      <x:c r="E329" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F329" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G329" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H329" s="1" t="s">
         <x:v>1392</x:v>
       </x:c>
-      <x:c r="E329" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C330" s="1" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="D330" s="1" t="s">
         <x:v>1394</x:v>
       </x:c>
-      <x:c r="C330" s="1" t="s">
+      <x:c r="E330" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F330" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G330" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H330" s="1" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="D330" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="C331" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="D331" s="1" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="E331" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F331" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G331" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H331" s="1" t="s">
         <x:v>1398</x:v>
       </x:c>
-      <x:c r="C331" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="D332" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F332" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G332" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H332" s="1" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="D332" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="C334" s="1" t="s">
         <x:v>1407</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="C338" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
-      <x:c r="C338" s="1" t="s">
+      <x:c r="D338" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="D338" s="1" t="s">
+      <x:c r="E338" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F338" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G338" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H338" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="E338" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="E340" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F340" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G340" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H340" s="1" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="I340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J340" s="1" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="E340" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C343" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="C343" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D343" s="1" t="s">
+      <x:c r="E343" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F343" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G343" s="1" t="s">
         <x:v>1440</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C346" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
         <x:v>1449</x:v>
       </x:c>
-      <x:c r="C346" s="1" t="s">
+      <x:c r="E346" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F346" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G346" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H346" s="1" t="s">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="D346" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="E348" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H348" s="1" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="E348" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H348" s="1" t="s">
+      <x:c r="I348" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J348" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="K348" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="L348" s="1" t="s">
         <x:v>1457</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="I351" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J351" s="1" t="s">
         <x:v>1468</x:v>
       </x:c>
-      <x:c r="I351" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="D360" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="E360" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F360" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G360" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="H360" s="1" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="I360" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J360" s="1" t="s">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="D360" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C361" s="1" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="E361" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="F361" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G361" s="1" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="C361" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F365" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G365" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H365" s="1" t="s">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="I365" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J365" s="1" t="s">
         <x:v>1522</x:v>
       </x:c>
-      <x:c r="E365" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H367" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="F385" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G385" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H385" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="F385" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="D386" s="1" t="s">
         <x:v>1601</x:v>
       </x:c>
-      <x:c r="C386" s="1" t="s">
+      <x:c r="E386" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F386" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G386" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H386" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
-      <x:c r="D386" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="F387" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G387" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H387" s="1" t="s">
         <x:v>1605</x:v>
       </x:c>
-      <x:c r="E387" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="C388" s="1" t="s">
         <x:v>1607</x:v>
       </x:c>
-      <x:c r="C388" s="1" t="s">
+      <x:c r="D388" s="1" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="D388" s="1" t="s">
+      <x:c r="E388" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F388" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G388" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H388" s="1" t="s">
         <x:v>1609</x:v>
       </x:c>
-      <x:c r="E388" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="C389" s="1" t="s">
         <x:v>1611</x:v>
       </x:c>
-      <x:c r="C389" s="1" t="s">
+      <x:c r="D389" s="1" t="s">
         <x:v>1612</x:v>
       </x:c>
-      <x:c r="D389" s="1" t="s">
+      <x:c r="E389" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F389" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G389" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H389" s="1" t="s">
         <x:v>1613</x:v>
       </x:c>
-      <x:c r="E389" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="C390" s="1" t="s">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="D390" s="1" t="s">
         <x:v>1615</x:v>
       </x:c>
-      <x:c r="C390" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D390" s="1" t="s">
+      <x:c r="E390" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F390" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G390" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H390" s="1" t="s">
         <x:v>1616</x:v>
       </x:c>
-      <x:c r="E390" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="C391" s="1" t="s">
         <x:v>1618</x:v>
       </x:c>
-      <x:c r="C391" s="1" t="s">
+      <x:c r="D391" s="1" t="s">
         <x:v>1619</x:v>
       </x:c>
-      <x:c r="D391" s="1" t="s">
+      <x:c r="E391" s="1" t="s">
         <x:v>1620</x:v>
       </x:c>
-      <x:c r="E391" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D392" s="1" t="s">
         <x:v>1623</x:v>
       </x:c>
-      <x:c r="D392" s="1" t="s">
+      <x:c r="E392" s="1" t="s">
         <x:v>1624</x:v>
       </x:c>
-      <x:c r="E392" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="D396" s="1" t="s">
         <x:v>1636</x:v>
       </x:c>
-      <x:c r="D396" s="1" t="s">
+      <x:c r="E396" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F396" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G396" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H396" s="1" t="s">
         <x:v>1637</x:v>
       </x:c>
-      <x:c r="E396" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="I401" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J401" s="1" t="s">
         <x:v>1653</x:v>
       </x:c>
-      <x:c r="I401" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F432" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G432" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H432" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F438" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G438" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H438" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F439" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G439" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H439" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F440" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G440" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H440" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F441" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G441" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H441" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F442" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G442" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H442" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F443" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G443" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H443" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F444" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G444" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H444" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F445" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G445" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H445" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="C447" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D447" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
-      <x:c r="C447" s="1" t="s">
+      <x:c r="E447" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F447" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G447" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H447" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
-      <x:c r="D447" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="D448" s="1" t="s">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="E448" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F448" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G448" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H448" s="1" t="s">
         <x:v>1815</x:v>
       </x:c>
-      <x:c r="D448" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
+        <x:v>1817</x:v>
+      </x:c>
+      <x:c r="E449" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="F449" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G449" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H449" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
-      <x:c r="E449" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="C450" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="E450" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F450" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G450" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H450" s="1" t="s">
         <x:v>1820</x:v>
       </x:c>
-      <x:c r="C450" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="C451" s="1" t="s">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="E451" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H451" s="1" t="s">
         <x:v>1824</x:v>
       </x:c>
-      <x:c r="C451" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F453" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G453" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H453" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F455" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G455" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H455" s="1" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
-        <x:v>1840</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F456" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G456" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H456" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H457" s="1" t="s">
+        <x:v>1848</x:v>
+      </x:c>
+      <x:c r="I457" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J457" s="1" t="s">
         <x:v>1844</x:v>
       </x:c>
-      <x:c r="I457" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="F458" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G458" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H458" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F459" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G459" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H459" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F460" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G460" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H460" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F461" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G461" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H461" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F462" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G462" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H462" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F463" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G463" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H463" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F464" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G464" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H464" s="1" t="s">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="F465" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G465" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="H465" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="F466" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G466" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H466" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
-        <x:v>1881</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F467" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G467" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H467" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F468" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G468" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H468" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F469" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G469" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H469" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F470" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G470" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H470" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F471" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G471" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H471" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F472" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G472" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H472" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="H473" s="1" t="s">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="I473" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J473" s="1" t="s">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="H473" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="F474" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G474" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H474" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F475" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G475" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H475" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H476" s="1" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="I476" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J476" s="1" t="s">
         <x:v>1901</x:v>
       </x:c>
-      <x:c r="H476" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="E482" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F482" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G482" s="1" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="H482" s="1" t="s">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="I482" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J482" s="1" t="s">
         <x:v>1932</x:v>
       </x:c>
-      <x:c r="E482" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
         <x:v>1945</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="F485" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G485" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="H485" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="D486" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E486" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F486" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G486" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="H486" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="H487" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F488" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G488" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H488" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="D490" s="1" t="s">
+        <x:v>1968</x:v>
+      </x:c>
+      <x:c r="E490" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F490" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G490" s="1" t="s">
         <x:v>1960</x:v>
       </x:c>
-      <x:c r="D490" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
+        <x:v>1971</x:v>
+      </x:c>
+      <x:c r="E491" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F491" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G491" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H491" s="1" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="I491" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J491" s="1" t="s">
         <x:v>1965</x:v>
       </x:c>
-      <x:c r="E491" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
-        <x:v>1969</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F492" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G492" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>1972</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>1977</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
-        <x:v>1981</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>1982</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>1986</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
         <x:v>1990</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="s">
         <x:v>1992</x:v>
       </x:c>
-      <x:c r="D498" s="1" t="s">
+      <x:c r="E498" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F498" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G498" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H498" s="1" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="E498" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="C499" s="1" t="s">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="D499" s="1" t="s">
         <x:v>1995</x:v>
       </x:c>
-      <x:c r="C499" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D499" s="1" t="s">
+      <x:c r="E499" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F499" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G499" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H499" s="1" t="s">
         <x:v>1996</x:v>
       </x:c>
-      <x:c r="E499" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
         <x:v>1998</x:v>
       </x:c>
       <x:c r="D500" s="1" t="s">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F501" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G501" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
-        <x:v>2003</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="D508" s="1" t="s">
         <x:v>2026</x:v>
       </x:c>
-      <x:c r="D508" s="1" t="s">
+      <x:c r="E508" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="F508" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G508" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H508" s="1" t="s">
         <x:v>2027</x:v>
       </x:c>
-      <x:c r="E508" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
         <x:v>2030</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="D510" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="E510" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F510" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G510" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
-        <x:v>2038</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
         <x:v>2039</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
         <x:v>2040</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="D512" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="E512" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F512" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G512" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H512" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
       <x:c r="A513" s="1">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B513" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="C513" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="D513" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="E513" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F513" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G513" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H513" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="I513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J513" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K513" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L513" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12" ht="15" customHeight="1">
       <x:c r="A514" s="1">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="C514" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D514" s="1" t="s">
         <x:v>2048</x:v>
       </x:c>
       <x:c r="E514" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F514" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G514" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H514" s="1" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="F514" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I514" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J514" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K514" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L514" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12" ht="15" customHeight="1">
       <x:c r="A515" s="1">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B515" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C515" s="1" t="s">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="D515" s="1" t="s">
         <x:v>2051</x:v>
       </x:c>
-      <x:c r="C515" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D515" s="1" t="s">
+      <x:c r="E515" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F515" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G515" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H515" s="1" t="s">
         <x:v>2052</x:v>
       </x:c>
-      <x:c r="E515" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J515" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K515" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L515" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12" ht="15" customHeight="1">
       <x:c r="A516" s="1">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B516" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="C516" s="1" t="s">
         <x:v>2054</x:v>
       </x:c>
       <x:c r="D516" s="1" t="s">
         <x:v>2055</x:v>
       </x:c>
       <x:c r="E516" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="F516" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G516" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H516" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="I516" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J516" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K516" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L516" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12" ht="15" customHeight="1">
       <x:c r="A517" s="1">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B517" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="C517" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="D517" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="E517" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F517" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G517" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H517" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="I517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J517" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K517" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="L517" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12" ht="15" customHeight="1">
       <x:c r="A518" s="1">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B518" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="C518" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D518" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="E518" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F518" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G518" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H518" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="I518" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J518" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K518" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L518" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12" ht="15" customHeight="1">
       <x:c r="A519" s="1">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B519" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="C519" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D519" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="E519" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F519" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G519" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H519" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="I519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J519" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K519" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L519" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12" ht="15" customHeight="1">
       <x:c r="A520" s="1">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B520" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="C520" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D520" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="E520" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F520" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G520" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H520" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="I520" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J520" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K520" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L520" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12" ht="15" customHeight="1">
       <x:c r="A521" s="1">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B521" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C521" s="1" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="D521" s="1" t="s">
         <x:v>2071</x:v>
       </x:c>
-      <x:c r="D521" s="1" t="s">
+      <x:c r="E521" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F521" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G521" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H521" s="1" t="s">
         <x:v>2072</x:v>
       </x:c>
-      <x:c r="E521" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J521" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K521" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L521" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12" ht="15" customHeight="1">
       <x:c r="A522" s="1">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B522" s="1" t="s">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="C522" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D522" s="1" t="s">
         <x:v>2074</x:v>
       </x:c>
-      <x:c r="C522" s="1" t="s">
+      <x:c r="E522" s="1" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="F522" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G522" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H522" s="1" t="s">
         <x:v>2075</x:v>
       </x:c>
-      <x:c r="D522" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I522" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J522" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K522" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L522" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12" ht="15" customHeight="1">
       <x:c r="A523" s="1">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B523" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="C523" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D523" s="1" t="s">
+        <x:v>2077</x:v>
+      </x:c>
+      <x:c r="E523" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="F523" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G523" s="1" t="s">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="H523" s="1" t="s">
         <x:v>2079</x:v>
       </x:c>
-      <x:c r="E523" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J523" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K523" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L523" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12" ht="15" customHeight="1">
       <x:c r="A524" s="1">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B524" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C524" s="1" t="s">
+        <x:v>2080</x:v>
+      </x:c>
+      <x:c r="D524" s="1" t="s">
         <x:v>2081</x:v>
       </x:c>
-      <x:c r="C524" s="1" t="s">
+      <x:c r="E524" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F524" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G524" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H524" s="1" t="s">
         <x:v>2082</x:v>
       </x:c>
-      <x:c r="D524" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I524" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J524" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K524" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L524" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12" ht="15" customHeight="1">
       <x:c r="A525" s="1">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B525" s="1" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="C525" s="1" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="D525" s="1" t="s">
+        <x:v>2084</x:v>
+      </x:c>
+      <x:c r="E525" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F525" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G525" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H525" s="1" t="s">
         <x:v>2085</x:v>
       </x:c>
-      <x:c r="C525" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J525" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L525" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12" ht="15" customHeight="1">
       <x:c r="A526" s="1">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B526" s="1" t="s">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="C526" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D526" s="1" t="s">
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="E526" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F526" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G526" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H526" s="1" t="s">
         <x:v>2088</x:v>
       </x:c>
-      <x:c r="C526" s="1" t="s">
+      <x:c r="I526" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J526" s="1" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="K526" s="1" t="s">
         <x:v>2089</x:v>
       </x:c>
-      <x:c r="D526" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L526" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12" ht="15" customHeight="1">
       <x:c r="A527" s="1">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B527" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="C527" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="D527" s="1" t="s">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="E527" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F527" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G527" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H527" s="1" t="s">
         <x:v>2092</x:v>
       </x:c>
-      <x:c r="D527" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J527" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K527" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L527" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12" ht="15" customHeight="1">
       <x:c r="A528" s="1">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B528" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="C528" s="1" t="s">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="D528" s="1" t="s">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="E528" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F528" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G528" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H528" s="1" t="s">
         <x:v>2095</x:v>
       </x:c>
-      <x:c r="D528" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I528" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J528" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K528" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L528" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12" ht="15" customHeight="1">
       <x:c r="A529" s="1">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B529" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="C529" s="1" t="s">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="D529" s="1" t="s">
+        <x:v>2098</x:v>
+      </x:c>
+      <x:c r="E529" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F529" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G529" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H529" s="1" t="s">
         <x:v>2099</x:v>
       </x:c>
-      <x:c r="D529" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J529" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K529" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L529" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12" ht="15" customHeight="1">
       <x:c r="A530" s="1">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B530" s="1" t="s">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="C530" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D530" s="1" t="s">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="E530" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F530" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G530" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H530" s="1" t="s">
         <x:v>2102</x:v>
       </x:c>
-      <x:c r="C530" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I530" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J530" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K530" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L530" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12" ht="15" customHeight="1">
       <x:c r="A531" s="1">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B531" s="1" t="s">
-        <x:v>2105</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C531" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D531" s="1" t="s">
-        <x:v>2106</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="E531" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F531" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G531" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H531" s="1" t="s">
-        <x:v>2107</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="I531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J531" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K531" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L531" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12" ht="15" customHeight="1">
       <x:c r="A532" s="1">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B532" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C532" s="1" t="s">
+        <x:v>2105</x:v>
+      </x:c>
+      <x:c r="D532" s="1" t="s">
+        <x:v>2106</x:v>
+      </x:c>
+      <x:c r="E532" s="1" t="s">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="F532" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G532" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H532" s="1" t="s">
         <x:v>2108</x:v>
       </x:c>
-      <x:c r="C532" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I532" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J532" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K532" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L532" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12" ht="15" customHeight="1">
       <x:c r="A533" s="1">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B533" s="1" t="s">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="C533" s="1" t="s">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="D533" s="1" t="s">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="E533" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F533" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G533" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H533" s="1" t="s">
         <x:v>2111</x:v>
       </x:c>
-      <x:c r="C533" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J533" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K533" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="L533" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12" ht="15" customHeight="1">
       <x:c r="A534" s="1">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B534" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C534" s="1" t="s">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="D534" s="1" t="s">
+        <x:v>2113</x:v>
+      </x:c>
+      <x:c r="E534" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F534" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G534" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H534" s="1" t="s">
         <x:v>2114</x:v>
       </x:c>
-      <x:c r="D534" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I534" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J534" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K534" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L534" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12" ht="15" customHeight="1">
       <x:c r="A535" s="1">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B535" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C535" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="D535" s="1" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="E535" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F535" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G535" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H535" s="1" t="s">
         <x:v>2117</x:v>
       </x:c>
-      <x:c r="D535" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J535" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K535" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L535" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12" ht="15" customHeight="1">
       <x:c r="A536" s="1">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B536" s="1" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="C536" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="D536" s="1" t="s">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="E536" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F536" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G536" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H536" s="1" t="s">
         <x:v>2120</x:v>
       </x:c>
-      <x:c r="C536" s="1" t="s">
+      <x:c r="I536" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J536" s="1" t="s">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="K536" s="1" t="s">
         <x:v>2121</x:v>
       </x:c>
-      <x:c r="D536" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L536" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12" ht="15" customHeight="1">
       <x:c r="A537" s="1">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B537" s="1" t="s">
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="C537" s="1" t="s">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="D537" s="1" t="s">
+        <x:v>2124</x:v>
+      </x:c>
+      <x:c r="E537" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F537" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G537" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H537" s="1" t="s">
         <x:v>2125</x:v>
       </x:c>
-      <x:c r="C537" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J537" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K537" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L537" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12" ht="15" customHeight="1">
       <x:c r="A538" s="1">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B538" s="1" t="s">
-        <x:v>2128</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="C538" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D538" s="1" t="s">
-        <x:v>2129</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="E538" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F538" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G538" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H538" s="1" t="s">
-        <x:v>2130</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="I538" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J538" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K538" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L538" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12" ht="15" customHeight="1">
       <x:c r="A539" s="1">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B539" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="C539" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D539" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="E539" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F539" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G539" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H539" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="I539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J539" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K539" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L539" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12" ht="15" customHeight="1">
       <x:c r="A540" s="1">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B540" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C540" s="1" t="s">
-        <x:v>2135</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D540" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="E540" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F540" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G540" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H540" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="I540" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J540" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K540" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L540" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12" ht="15" customHeight="1">
       <x:c r="A541" s="1">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B541" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C541" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="D541" s="1" t="s">
-        <x:v>2140</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="E541" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F541" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G541" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H541" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="I541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J541" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K541" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="L541" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12" ht="15" customHeight="1">
       <x:c r="A542" s="1">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B542" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="C542" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="D542" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="E542" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F542" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G542" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H542" s="1" t="s">
-        <x:v>2144</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="I542" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J542" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K542" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L542" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12" ht="15" customHeight="1">
       <x:c r="A543" s="1">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B543" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="C543" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D543" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="E543" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F543" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G543" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H543" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="I543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J543" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K543" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L543" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12" ht="15" customHeight="1">
       <x:c r="A544" s="1">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B544" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C544" s="1" t="s">
-        <x:v>2147</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="D544" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E544" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F544" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G544" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H544" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="I544" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J544" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K544" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L544" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12" ht="15" customHeight="1">
       <x:c r="A545" s="1">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B545" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C545" s="1" t="s">
-        <x:v>2150</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="D545" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="E545" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="F545" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G545" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H545" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="I545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J545" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K545" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L545" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12" ht="15" customHeight="1">
       <x:c r="A546" s="1">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B546" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="C546" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="D546" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="E546" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F546" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G546" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H546" s="1" t="s">
-        <x:v>2154</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="I546" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J546" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K546" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="L546" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12" ht="15" customHeight="1">
       <x:c r="A547" s="1">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B547" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="C547" s="1" t="s">
-        <x:v>2155</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D547" s="1" t="s">
-        <x:v>2156</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="E547" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F547" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G547" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H547" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="I547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J547" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K547" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L547" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12" ht="15" customHeight="1">
       <x:c r="A548" s="1">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B548" s="1" t="s">
-        <x:v>2158</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C548" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="D548" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="E548" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F548" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G548" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H548" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="I548" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J548" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K548" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L548" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12" ht="15" customHeight="1">
       <x:c r="A549" s="1">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B549" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="C549" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="D549" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="E549" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F549" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G549" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H549" s="1" t="s">
-        <x:v>2163</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="I549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J549" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K549" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L549" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12" ht="15" customHeight="1">
       <x:c r="A550" s="1">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B550" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C550" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="D550" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="E550" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F550" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G550" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H550" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="I550" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J550" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K550" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L550" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12" ht="15" customHeight="1">
       <x:c r="A551" s="1">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B551" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C551" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="D551" s="1" t="s">
-        <x:v>2167</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="E551" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F551" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G551" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H551" s="1" t="s">
-        <x:v>2168</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="I551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J551" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K551" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L551" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12" ht="15" customHeight="1">
       <x:c r="A552" s="1">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B552" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C552" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="D552" s="1" t="s">
-        <x:v>2169</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="E552" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F552" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G552" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H552" s="1" t="s">
-        <x:v>2170</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="I552" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J552" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="K552" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L552" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12" ht="15" customHeight="1">
       <x:c r="A553" s="1">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B553" s="1" t="s">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="C553" s="1" t="s">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="D553" s="1" t="s">
+        <x:v>2169</x:v>
+      </x:c>
+      <x:c r="E553" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F553" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G553" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H553" s="1" t="s">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="I553" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J553" s="1" t="s">
         <x:v>2171</x:v>
       </x:c>
-      <x:c r="C553" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K553" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L553" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12" ht="15" customHeight="1">
       <x:c r="A554" s="1">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B554" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C554" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D554" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="E554" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F554" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G554" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H554" s="1" t="s">
-        <x:v>2176</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="I554" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J554" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K554" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L554" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12" ht="15" customHeight="1">
       <x:c r="A555" s="1">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B555" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="C555" s="1" t="s">
+        <x:v>2175</x:v>
+      </x:c>
+      <x:c r="D555" s="1" t="s">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="E555" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F555" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G555" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H555" s="1" t="s">
         <x:v>2177</x:v>
       </x:c>
-      <x:c r="D555" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J555" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K555" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L555" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12" ht="15" customHeight="1">
       <x:c r="A556" s="1">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B556" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="C556" s="1" t="s">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="D556" s="1" t="s">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="E556" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F556" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G556" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H556" s="1" t="s">
         <x:v>2180</x:v>
       </x:c>
-      <x:c r="C556" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I556" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J556" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K556" s="1" t="s">
-        <x:v>2184</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L556" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:12" ht="15" customHeight="1">
       <x:c r="A557" s="1">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B557" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="C557" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="D557" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="E557" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="F557" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G557" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H557" s="1" t="s">
-        <x:v>2187</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="I557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J557" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K557" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L557" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12" ht="15" customHeight="1">
       <x:c r="A558" s="1">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B558" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C558" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="D558" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="E558" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F558" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G558" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="H558" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="I558" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J558" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K558" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L558" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12" ht="15" customHeight="1">
       <x:c r="A559" s="1">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B559" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="C559" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D559" s="1" t="s">
-        <x:v>2191</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="E559" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="F559" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G559" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H559" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="I559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J559" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K559" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L559" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12" ht="15" customHeight="1">
       <x:c r="A560" s="1">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B560" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="C560" s="1" t="s">
+        <x:v>2192</x:v>
+      </x:c>
+      <x:c r="D560" s="1" t="s">
         <x:v>2193</x:v>
       </x:c>
-      <x:c r="D560" s="1" t="s">
+      <x:c r="E560" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F560" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G560" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H560" s="1" t="s">
         <x:v>2194</x:v>
       </x:c>
-      <x:c r="E560" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I560" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J560" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K560" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L560" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12" ht="15" customHeight="1">
       <x:c r="A561" s="1">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B561" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="C561" s="1" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="D561" s="1" t="s">
         <x:v>2196</x:v>
       </x:c>
-      <x:c r="D561" s="1" t="s">
+      <x:c r="E561" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F561" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G561" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H561" s="1" t="s">
         <x:v>2197</x:v>
       </x:c>
-      <x:c r="E561" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J561" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K561" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L561" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12" ht="15" customHeight="1">
       <x:c r="A562" s="1">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B562" s="1" t="s">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="C562" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="D562" s="1" t="s">
         <x:v>2199</x:v>
       </x:c>
-      <x:c r="C562" s="1" t="s">
+      <x:c r="E562" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F562" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G562" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H562" s="1" t="s">
         <x:v>2200</x:v>
       </x:c>
-      <x:c r="D562" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I562" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J562" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K562" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L562" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12" ht="15" customHeight="1">
       <x:c r="A563" s="1">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B563" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="C563" s="1" t="s">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="D563" s="1" t="s">
+        <x:v>2202</x:v>
+      </x:c>
+      <x:c r="E563" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="F563" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G563" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H563" s="1" t="s">
         <x:v>2203</x:v>
       </x:c>
-      <x:c r="D563" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J563" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K563" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L563" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12" ht="15" customHeight="1">
       <x:c r="A564" s="1">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B564" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="C564" s="1" t="s">
+        <x:v>2204</x:v>
+      </x:c>
+      <x:c r="D564" s="1" t="s">
+        <x:v>2205</x:v>
+      </x:c>
+      <x:c r="E564" s="1" t="s">
         <x:v>2206</x:v>
       </x:c>
-      <x:c r="D564" s="1" t="s">
+      <x:c r="F564" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G564" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H564" s="1" t="s">
         <x:v>2207</x:v>
       </x:c>
-      <x:c r="E564" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I564" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J564" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K564" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L564" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12" ht="15" customHeight="1">
       <x:c r="A565" s="1">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B565" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="C565" s="1" t="s">
         <x:v>2209</x:v>
       </x:c>
       <x:c r="D565" s="1" t="s">
         <x:v>2210</x:v>
       </x:c>
       <x:c r="E565" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="F565" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G565" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H565" s="1" t="s">
         <x:v>2211</x:v>
       </x:c>
-      <x:c r="F565" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J565" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K565" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L565" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12" ht="15" customHeight="1">
       <x:c r="A566" s="1">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B566" s="1" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="C566" s="1" t="s">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="D566" s="1" t="s">
         <x:v>2213</x:v>
       </x:c>
-      <x:c r="C566" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D566" s="1" t="s">
+      <x:c r="E566" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F566" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G566" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H566" s="1" t="s">
         <x:v>2214</x:v>
       </x:c>
-      <x:c r="E566" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I566" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J566" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K566" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L566" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12" ht="15" customHeight="1">
       <x:c r="A567" s="1">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B567" s="1" t="s">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="C567" s="1" t="s">
         <x:v>2216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1372</x:v>
       </x:c>
       <x:c r="D567" s="1" t="s">
         <x:v>2217</x:v>
       </x:c>
       <x:c r="E567" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F567" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G567" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H567" s="1" t="s">
         <x:v>2218</x:v>
       </x:c>
       <x:c r="I567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J567" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K567" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L567" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12" ht="15" customHeight="1">
       <x:c r="A568" s="1">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B568" s="1" t="s">
         <x:v>2219</x:v>
       </x:c>
       <x:c r="C568" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D568" s="1" t="s">
         <x:v>2220</x:v>
       </x:c>
-      <x:c r="D568" s="1" t="s">
+      <x:c r="E568" s="1" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="F568" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G568" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H568" s="1" t="s">
         <x:v>2221</x:v>
       </x:c>
-      <x:c r="E568" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I568" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J568" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K568" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L568" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12" ht="15" customHeight="1">
       <x:c r="A569" s="1">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B569" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C569" s="1" t="s">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="D569" s="1" t="s">
         <x:v>2223</x:v>
       </x:c>
-      <x:c r="D569" s="1" t="s">
+      <x:c r="E569" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F569" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G569" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="H569" s="1" t="s">
         <x:v>2224</x:v>
       </x:c>
-      <x:c r="E569" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J569" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K569" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L569" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12" ht="15" customHeight="1">
       <x:c r="A570" s="1">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B570" s="1" t="s">
+        <x:v>2225</x:v>
+      </x:c>
+      <x:c r="C570" s="1" t="s">
         <x:v>2226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1554</x:v>
       </x:c>
       <x:c r="D570" s="1" t="s">
         <x:v>2227</x:v>
       </x:c>
       <x:c r="E570" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F570" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G570" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H570" s="1" t="s">
         <x:v>2228</x:v>
       </x:c>
       <x:c r="I570" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J570" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K570" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L570" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12" ht="15" customHeight="1">
       <x:c r="A571" s="1">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B571" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="C571" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="D571" s="1" t="s">
         <x:v>2229</x:v>
       </x:c>
       <x:c r="E571" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F571" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G571" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H571" s="1" t="s">
         <x:v>2230</x:v>
       </x:c>
       <x:c r="I571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J571" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K571" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L571" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12" ht="15" customHeight="1">
       <x:c r="A572" s="1">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B572" s="1" t="s">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="C572" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D572" s="1" t="s">
         <x:v>2232</x:v>
       </x:c>
       <x:c r="E572" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F572" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G572" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H572" s="1" t="s">
         <x:v>2233</x:v>
       </x:c>
       <x:c r="I572" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J572" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K572" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L572" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12" ht="15" customHeight="1">
       <x:c r="A573" s="1">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B573" s="1" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="C573" s="1" t="s">
         <x:v>2235</x:v>
       </x:c>
       <x:c r="D573" s="1" t="s">
         <x:v>2236</x:v>
       </x:c>
       <x:c r="E573" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F573" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G573" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H573" s="1" t="s">
         <x:v>2237</x:v>
       </x:c>
       <x:c r="I573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J573" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K573" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L573" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12" ht="15" customHeight="1">
       <x:c r="A574" s="1">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B574" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="C574" s="1" t="s">
-        <x:v>2238</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="D574" s="1" t="s">
-        <x:v>2239</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="E574" s="1" t="s">
-        <x:v>2240</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="F574" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G574" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H574" s="1" t="s">
-        <x:v>2241</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="I574" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J574" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K574" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L574" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12" ht="15" customHeight="1">
       <x:c r="A575" s="1">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B575" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="C575" s="1" t="s">
-        <x:v>2242</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="D575" s="1" t="s">
-        <x:v>2243</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="E575" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="F575" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G575" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H575" s="1" t="s">
-        <x:v>2244</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="I575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J575" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K575" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L575" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12" ht="15" customHeight="1">
       <x:c r="A576" s="1">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B576" s="1" t="s">
-        <x:v>2245</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="C576" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="D576" s="1" t="s">
-        <x:v>2246</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="E576" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F576" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G576" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H576" s="1" t="s">
-        <x:v>2247</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="I576" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J576" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K576" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L576" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12" ht="15" customHeight="1">
       <x:c r="A577" s="1">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B577" s="1" t="s">
-        <x:v>2248</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="C577" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="D577" s="1" t="s">
-        <x:v>2249</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="E577" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F577" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G577" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H577" s="1" t="s">
-        <x:v>2250</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="I577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J577" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K577" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L577" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12" ht="15" customHeight="1">
       <x:c r="A578" s="1">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B578" s="1" t="s">
-        <x:v>2251</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="C578" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="D578" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="E578" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F578" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G578" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H578" s="1" t="s">
-        <x:v>2254</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="I578" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J578" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K578" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L578" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12" ht="15" customHeight="1">
       <x:c r="A579" s="1">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B579" s="1" t="s">
-        <x:v>2255</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="C579" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="D579" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="E579" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F579" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G579" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H579" s="1" t="s">
-        <x:v>2258</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="I579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J579" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K579" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L579" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12" ht="15" customHeight="1">
       <x:c r="A580" s="1">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B580" s="1" t="s">
-        <x:v>2259</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="C580" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="D580" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="E580" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F580" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G580" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H580" s="1" t="s">
-        <x:v>2261</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="I580" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J580" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K580" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L580" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12" ht="15" customHeight="1">
       <x:c r="A581" s="1">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B581" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="C581" s="1" t="s">
-        <x:v>2262</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="D581" s="1" t="s">
-        <x:v>2263</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="E581" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="F581" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G581" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H581" s="1" t="s">
-        <x:v>2264</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="I581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J581" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K581" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L581" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12" ht="15" customHeight="1">
       <x:c r="A582" s="1">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B582" s="1" t="s">
-        <x:v>2265</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C582" s="1" t="s">
-        <x:v>2266</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="D582" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="E582" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F582" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G582" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H582" s="1" t="s">
-        <x:v>2268</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="I582" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J582" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K582" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L582" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12" ht="15" customHeight="1">
       <x:c r="A583" s="1">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B583" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="C583" s="1" t="s">
-        <x:v>2270</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="D583" s="1" t="s">
-        <x:v>2271</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="E583" s="1" t="s">
-        <x:v>2272</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="F583" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G583" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="H583" s="1" t="s">
-        <x:v>2273</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="I583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J583" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K583" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L583" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12" ht="15" customHeight="1">
       <x:c r="A584" s="1">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B584" s="1" t="s">
-        <x:v>2274</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="C584" s="1" t="s">
-        <x:v>2275</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="D584" s="1" t="s">
-        <x:v>2276</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="E584" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F584" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G584" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="H584" s="1" t="s">
-        <x:v>2277</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="I584" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J584" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K584" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="L584" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12" ht="15" customHeight="1">
       <x:c r="A585" s="1">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B585" s="1" t="s">
-        <x:v>2278</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="C585" s="1" t="s">
-        <x:v>2279</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D585" s="1" t="s">
-        <x:v>2280</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="E585" s="1" t="s">
-        <x:v>2281</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F585" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G585" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H585" s="1" t="s">
-        <x:v>2282</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="I585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J585" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K585" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L585" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12" ht="15" customHeight="1">
       <x:c r="A586" s="1">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B586" s="1" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="C586" s="1" t="s">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="D586" s="1" t="s">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="E586" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F586" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G586" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="H586" s="1" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="I586" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J586" s="1" t="s">
         <x:v>2283</x:v>
       </x:c>
-      <x:c r="C586" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K586" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L586" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12" ht="15" customHeight="1">
       <x:c r="A587" s="1">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B587" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C587" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D587" s="1" t="s">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="E587" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F587" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G587" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="H587" s="1" t="s">
         <x:v>2291</x:v>
       </x:c>
       <x:c r="I587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J587" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K587" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L587" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12" ht="15" customHeight="1">
       <x:c r="A588" s="1">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B588" s="1" t="s">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="C588" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="D588" s="1" t="s">
         <x:v>2293</x:v>
       </x:c>
-      <x:c r="C588" s="1" t="s">
+      <x:c r="E588" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F588" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G588" s="1" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="H588" s="1" t="s">
         <x:v>2294</x:v>
       </x:c>
-      <x:c r="D588" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I588" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J588" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K588" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L588" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12" ht="15" customHeight="1">
       <x:c r="A589" s="1">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B589" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="C589" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="D589" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="E589" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F589" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G589" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="H589" s="1" t="s">
-        <x:v>2301</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="I589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J589" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="K589" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L589" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12" ht="15" customHeight="1">
       <x:c r="A590" s="1">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B590" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="C590" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D590" s="1" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="E590" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F590" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G590" s="1" t="s">
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="H590" s="1" t="s">
         <x:v>2302</x:v>
       </x:c>
-      <x:c r="E590" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I590" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J590" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="K590" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="L590" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12" ht="15" customHeight="1">
       <x:c r="A591" s="1">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B591" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="C591" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="D591" s="1" t="s">
         <x:v>2305</x:v>
       </x:c>
       <x:c r="E591" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F591" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G591" s="1" t="s">
-        <x:v>2303</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="H591" s="1" t="s">
         <x:v>2306</x:v>
       </x:c>
       <x:c r="I591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J591" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="K591" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L591" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12" ht="15" customHeight="1">
       <x:c r="A592" s="1">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B592" s="1" t="s">
-        <x:v>2307</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="C592" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D592" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="E592" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="F592" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G592" s="1" t="s">
-        <x:v>2303</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H592" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="I592" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J592" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="K592" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="L592" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12" ht="15" customHeight="1">
       <x:c r="A593" s="1">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B593" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="C593" s="1" t="s">
-        <x:v>2311</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="D593" s="1" t="s">
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="E593" s="1" t="s">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="F593" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G593" s="1" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="H593" s="1" t="s">
+        <x:v>2317</x:v>
+      </x:c>
+      <x:c r="I593" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J593" s="1" t="s">
         <x:v>2312</x:v>
       </x:c>
-      <x:c r="E593" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K593" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L593" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12" ht="15" customHeight="1">
       <x:c r="A594" s="1">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B594" s="1" t="s">
-        <x:v>2314</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="C594" s="1" t="s">
-        <x:v>2315</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="D594" s="1" t="s">
-        <x:v>2316</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="E594" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F594" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G594" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H594" s="1" t="s">
-        <x:v>2317</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="I594" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J594" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="K594" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L594" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12" ht="15" customHeight="1">
       <x:c r="A595" s="1">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B595" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="C595" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="D595" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="E595" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="F595" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G595" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="H595" s="1" t="s">
-        <x:v>2320</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="I595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J595" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="K595" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L595" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12" ht="15" customHeight="1">
       <x:c r="A596" s="1">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B596" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="C596" s="1" t="s">
-        <x:v>2322</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="D596" s="1" t="s">
-        <x:v>2323</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="E596" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F596" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G596" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="H596" s="1" t="s">
-        <x:v>2324</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="I596" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J596" s="1" t="s">
-        <x:v>2325</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="K596" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="L596" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12" ht="15" customHeight="1">
       <x:c r="A597" s="1">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B597" s="1" t="s">
-        <x:v>2326</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="C597" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D597" s="1" t="s">
-        <x:v>2327</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="E597" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F597" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="G597" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="H597" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="I597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J597" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="K597" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L597" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12" ht="15" customHeight="1">
       <x:c r="A598" s="1">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B598" s="1" t="s">
-        <x:v>2331</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="C598" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D598" s="1" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="E598" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F598" s="1" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="G598" s="1" t="s">
         <x:v>2333</x:v>
       </x:c>
-      <x:c r="E598" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G598" s="1" t="s">
+      <x:c r="H598" s="1" t="s">
         <x:v>2334</x:v>
       </x:c>
-      <x:c r="H598" s="1" t="s">
+      <x:c r="I598" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J598" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="K598" s="1" t="s">
         <x:v>2335</x:v>
       </x:c>
-      <x:c r="I598" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L598" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12" ht="15" customHeight="1">
       <x:c r="A599" s="1">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B599" s="1" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="C599" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D599" s="1" t="s">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="E599" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F599" s="1" t="s">
+        <x:v>2329</x:v>
+      </x:c>
+      <x:c r="G599" s="1" t="s">
         <x:v>2336</x:v>
       </x:c>
-      <x:c r="C599" s="1" t="s">
+      <x:c r="H599" s="1" t="s">
         <x:v>2337</x:v>
       </x:c>
-      <x:c r="D599" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J599" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="K599" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L599" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12" ht="15" customHeight="1">
       <x:c r="A600" s="1">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B600" s="1" t="s">
-        <x:v>2331</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="C600" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D600" s="1" t="s">
-        <x:v>2340</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="E600" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F600" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="G600" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="H600" s="1" t="s">
-        <x:v>2341</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="I600" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J600" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="K600" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="L600" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12" ht="15" customHeight="1">
       <x:c r="A601" s="1">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B601" s="1" t="s">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="C601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F601" s="1" t="s">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="G601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H601" s="1" t="s">
         <x:v>2342</x:v>
       </x:c>
-      <x:c r="C601" s="1" t="s">
+      <x:c r="I601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J601" s="1" t="s">
         <x:v>2343</x:v>
       </x:c>
-      <x:c r="D601" s="1" t="s">
+      <x:c r="K601" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L601" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A602" s="2" t="s">
         <x:v>2344</x:v>
       </x:c>
-      <x:c r="E601" s="1" t="s">
-[...218 lines deleted...]
-      <x:c r="B607" s="2" t="s">
+      <x:c r="B602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C607" s="2" t="s">
+      <x:c r="C602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D607" s="2" t="s">
+      <x:c r="D602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E607" s="2" t="s">
+      <x:c r="E602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F607" s="2" t="s">
+      <x:c r="F602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G607" s="2" t="s">
+      <x:c r="G602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H607" s="2" t="s">
+      <x:c r="H602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I607" s="2" t="s">
+      <x:c r="I602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J607" s="2" t="s">
+      <x:c r="J602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K607" s="2" t="s">
+      <x:c r="K602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L607" s="2" t="s">
+      <x:c r="L602" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A607:L607"/>
+    <x:mergeCell ref="A602:L602"/>
   </x:mergeCells>
 </x:worksheet>
 </file>