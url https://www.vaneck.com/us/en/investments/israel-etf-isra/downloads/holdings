--- v0 (2025-12-07)
+++ v1 (2025-12-21)
@@ -1,1512 +1,1494 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaccc83aa1924e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cefa63b20fd4463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20251204" sheetId="1" r:id="R7c2fc700a7ed475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20251218" sheetId="1" r:id="R34a39983bbee4ac9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="489">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="483">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
     <x:t>406,510</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,548,949.10</x:t>
+    <x:t>$12,325,383.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.80%</x:t>
+    <x:t>10.15%</x:t>
   </x:si>
   <x:si>
     <x:t>LUMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Leumi Le-Israel Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXB0V7</x:t>
   </x:si>
   <x:si>
-    <x:t>479,113</x:t>
-[...5 lines deleted...]
-    <x:t>9.04%</x:t>
+    <x:t>452,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,289,900.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.47%</x:t>
   </x:si>
   <x:si>
     <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Hapoalim Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F23M06</x:t>
   </x:si>
   <x:si>
-    <x:t>382,086</x:t>
-[...5 lines deleted...]
-    <x:t>7.34%</x:t>
+    <x:t>380,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,995,187.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CYBR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cyberark Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006Q52QV2</x:t>
   </x:si>
   <x:si>
     <x:t>17,526</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,258,426.46</x:t>
-[...2 lines deleted...]
-    <x:t>7.01%</x:t>
+    <x:t>$7,860,586.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.47%</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K82ZT8</x:t>
   </x:si>
   <x:si>
     <x:t>31,801</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,227,589.83</x:t>
-[...2 lines deleted...]
-    <x:t>5.29%</x:t>
+    <x:t>$5,978,588.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>ESLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Elbit Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRN4P5</x:t>
   </x:si>
   <x:si>
     <x:t>9,882</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,744,447.02</x:t>
-[...2 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>$5,347,693.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Discount Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HVQG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,015,251.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J72HD9</x:t>
   </x:si>
   <x:si>
-    <x:t>53,366</x:t>
-[...23 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>51,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,803,678.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Holdings Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,312,775.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>TSEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tower Semiconductor Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH91G0</x:t>
   </x:si>
   <x:si>
     <x:t>27,256</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,136,347.92</x:t>
-[...20 lines deleted...]
-    <x:t>2.51%</x:t>
+    <x:t>$3,180,502.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
   </x:si>
   <x:si>
     <x:t>DOX US</x:t>
   </x:si>
   <x:si>
     <x:t>Amdocs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3MXG5</x:t>
   </x:si>
   <x:si>
     <x:t>30,945</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,365,745.25</x:t>
-[...2 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$2,471,267.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>FROG US</x:t>
   </x:si>
   <x:si>
     <x:t>Jfrog Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006PWZX16</x:t>
   </x:si>
   <x:si>
     <x:t>37,551</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,332,668.12</x:t>
-[...2 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>$2,467,851.72</x:t>
   </x:si>
   <x:si>
     <x:t>NICE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KC17R4</x:t>
   </x:si>
   <x:si>
     <x:t>21,213</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,284,003.71</x:t>
-[...2 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>$2,308,822.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,988,342.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>MNDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Monday.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GF8K4W4</x:t>
   </x:si>
   <x:si>
     <x:t>13,351</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,066,200.76</x:t>
-[...20 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>$1,942,837.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
     <x:t>17,571</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,972,871.88</x:t>
-[...2 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$1,938,257.01</x:t>
   </x:si>
   <x:si>
     <x:t>WIX US</x:t>
   </x:si>
   <x:si>
     <x:t>Wix.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005CM7J89</x:t>
   </x:si>
   <x:si>
     <x:t>18,032</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,850,804.48</x:t>
-[...2 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>$1,878,754.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harel Insurance Investments &amp; Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28QX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,873,286.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clal Insurance Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0F62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,696,411.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMND US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lemonade Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BM5YC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,688,037.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0KV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,621,771.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global-E Online Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKY1P71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,512,276.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>S US</x:t>
   </x:si>
   <x:si>
     <x:t>Sentinelone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6F2F09</x:t>
   </x:si>
   <x:si>
     <x:t>101,904</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,729,310.88</x:t>
-[...89 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>$1,488,817.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DFGX71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,419,347.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZQ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bezeq The Israeli Telecommunication Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,407,345.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>AZRG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Azrieli Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9PL35</x:t>
   </x:si>
   <x:si>
-    <x:t>13,869</x:t>
-[...5 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>13,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,383,001.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMHD IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menora Mivtachim Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,434.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGDL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Migdal Insurance &amp; Financial Holdings L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCC81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>216,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,922.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENLT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enlight Renewable Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NQKK36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,130,774.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Varonis Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y04TN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,265.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>CAMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Camtek Ltd/Israel</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ4M84</x:t>
   </x:si>
   <x:si>
     <x:t>10,776</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,275,986.16</x:t>
-[...35 lines deleted...]
-    <x:t>$1,060,362.48</x:t>
+    <x:t>$1,096,026.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
-    <x:t>VRNS US</x:t>
-[...50 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>TASE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tel Aviv Stock Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8N3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,993.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Big Shopping Centers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6J2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,849.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plus500 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004V7D7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$898,367.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLEKG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQGBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$893,283.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNJKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,239.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>ZIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Zim Integrated Shipping Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YQ7XR05</x:t>
   </x:si>
   <x:si>
     <x:t>45,910</x:t>
   </x:si>
   <x:si>
-    <x:t>$936,564.00</x:t>
-[...53 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$883,767.50</x:t>
   </x:si>
   <x:si>
     <x:t>CLBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Cellebrite Di Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK00N6</x:t>
   </x:si>
   <x:si>
     <x:t>46,547</x:t>
   </x:si>
   <x:si>
-    <x:t>$847,155.40</x:t>
+    <x:t>$870,428.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>ICL US</x:t>
   </x:si>
   <x:si>
     <x:t>Icl Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXH0Q7</x:t>
   </x:si>
   <x:si>
     <x:t>162,289</x:t>
   </x:si>
   <x:si>
-    <x:t>$840,657.02</x:t>
-[...53 lines deleted...]
-    <x:t>$744,978.79</x:t>
+    <x:t>$804,953.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opc Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H50SMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,418.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4LLFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,642.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strauss Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KKM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,975.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shufersal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSSJX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,301.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>MBLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Mobileye Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019X46Z37</x:t>
   </x:si>
   <x:si>
     <x:t>51,036</x:t>
   </x:si>
   <x:si>
-    <x:t>$603,755.88</x:t>
-[...38 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$512,911.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBIH IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0GY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,224.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAZ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paz Retail And Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NB3443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,398.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Payoneer Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5JLLB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,146.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKBN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikun &amp; Binui Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35FH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$470,835.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>SEDG US</x:t>
   </x:si>
   <x:si>
     <x:t>Solaredge Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0084BBZY6</x:t>
   </x:si>
   <x:si>
     <x:t>16,426</x:t>
   </x:si>
   <x:si>
-    <x:t>$524,646.44</x:t>
-[...86 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$467,648.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMOT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amot Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSVW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,629.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVNE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mivne Real Estate Kd Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJGMM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,080.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALHE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alony Hetz Properties &amp; Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKRYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,369.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTY IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formula Systems 1985 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JN58H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,949.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLAN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DZ2XT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,042.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISCD IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isracard Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NW1JGV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,291.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energix-Renewable Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MFMTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,599.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oddity Tech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H5JVGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,316.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rami Levy Chain Stores Hashikma Marketi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NS1R38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,670.01</x:t>
   </x:si>
   <x:si>
     <x:t>MTRX IT</x:t>
   </x:si>
   <x:si>
     <x:t>Matrix It Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PB0382</x:t>
   </x:si>
   <x:si>
-    <x:t>9,213</x:t>
-[...89 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>7,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,682.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTAL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fattal Holdings 1998 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JVVZC91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,649.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shapir Engineering And Industry Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007PB6MQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,958.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmode Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPS73P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,639.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARPT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airport City Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PX04R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,858.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL6MR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,463.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radware Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKWR89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,432.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELTR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electra Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,048.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novocure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009XW8PY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,774.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>ILCO IT</x:t>
   </x:si>
   <x:si>
     <x:t>Israel Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV48T5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,330</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>1,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,750.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taboola.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN6XD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,012.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>KEN IT</x:t>
   </x:si>
   <x:si>
     <x:t>Kenon Holdings Ltd/Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LYGD28</x:t>
   </x:si>
   <x:si>
-    <x:t>5,558</x:t>
-[...182 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>4,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,702.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oil Refineries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q9GM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>791,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,432.90</x:t>
   </x:si>
   <x:si>
     <x:t>ASHG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Ashtrom Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006M6THM5</x:t>
   </x:si>
   <x:si>
-    <x:t>12,325</x:t>
-[...71 lines deleted...]
-    <x:t>$249,782.40</x:t>
+    <x:t>10,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,669.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Galil Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJWBF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,831.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>FVRR US</x:t>
   </x:si>
   <x:si>
     <x:t>Fiverr International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YSC5M7</x:t>
   </x:si>
   <x:si>
     <x:t>10,396</x:t>
   </x:si>
   <x:si>
-    <x:t>$223,306.08</x:t>
-[...38 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$206,880.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>KRNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Kornit Digital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086KNBP4</x:t>
   </x:si>
   <x:si>
     <x:t>11,922</x:t>
   </x:si>
   <x:si>
-    <x:t>$166,311.90</x:t>
+    <x:t>$171,676.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SSYS US</x:t>
   </x:si>
   <x:si>
     <x:t>Stratasys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002S5ZRF9</x:t>
   </x:si>
   <x:si>
     <x:t>17,885</x:t>
   </x:si>
   <x:si>
-    <x:t>$164,005.45</x:t>
+    <x:t>$162,216.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtika Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,562.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OPK US</x:t>
   </x:si>
   <x:si>
     <x:t>Opko Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N49069</x:t>
   </x:si>
   <x:si>
     <x:t>111,826</x:t>
   </x:si>
   <x:si>
-    <x:t>$150,965.10</x:t>
-[...17 lines deleted...]
-    <x:t>$150,852.34</x:t>
+    <x:t>$146,492.06</x:t>
   </x:si>
   <x:si>
     <x:t>PERI US</x:t>
   </x:si>
   <x:si>
     <x:t>Perion Network Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KBRG25</x:t>
   </x:si>
   <x:si>
     <x:t>10,810</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,181.00</x:t>
+    <x:t>$107,235.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>163,853</x:t>
+    <x:t>354,383</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$163,853.42</x:t>
+    <x:t>$354,382.61</x:t>
   </x:si>
   <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>84</x:t>
-[...2 lines deleted...]
-    <x:t>$26.05</x:t>
+    <x:t>91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,401.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$482,996.40</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1534,56 +1516,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb968781ceb34a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R99c19cc4beb24db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c2fc700a7ed475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb8b946e40aa4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb7fc294a8c4844e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34a39983bbee4ac9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I87"/>
+  <x:dimension ref="A1:I86"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1984,631 +1966,631 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
@@ -2651,341 +2633,341 @@
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
@@ -3057,602 +3039,602 @@
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
@@ -3695,80 +3677,80 @@
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
@@ -3869,239 +3851,210 @@
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>478</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E85" s="1" t="s">
+      <x:c r="G85" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A86" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="H85" s="1" t="s">
-[...39 lines deleted...]
-      <x:c r="B87" s="2" t="s">
+      <x:c r="B86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C87" s="2" t="s">
+      <x:c r="C86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D87" s="2" t="s">
+      <x:c r="D86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E87" s="2" t="s">
+      <x:c r="E86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F87" s="2" t="s">
+      <x:c r="F86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G87" s="2" t="s">
+      <x:c r="G86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H87" s="2" t="s">
+      <x:c r="H86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I87" s="2" t="s">
+      <x:c r="I86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A87:I87"/>
+    <x:mergeCell ref="A86:I86"/>
   </x:mergeCells>
 </x:worksheet>
 </file>