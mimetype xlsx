--- v1 (2025-12-21)
+++ v2 (2026-01-16)
@@ -1,1494 +1,1506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cefa63b20fd4463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf376ddf0d80b4076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20251218" sheetId="1" r:id="R34a39983bbee4ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260115" sheetId="1" r:id="Rf8c34641199d44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="483">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="487">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>406,510</x:t>
+    <x:t>418,329</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,325,383.20</x:t>
+    <x:t>$13,532,943.15</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.15%</x:t>
+    <x:t>10.13%</x:t>
   </x:si>
   <x:si>
     <x:t>LUMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Leumi Le-Israel Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXB0V7</x:t>
   </x:si>
   <x:si>
-    <x:t>452,154</x:t>
-[...5 lines deleted...]
-    <x:t>8.47%</x:t>
+    <x:t>474,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,764,463.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.81%</x:t>
   </x:si>
   <x:si>
     <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Hapoalim Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F23M06</x:t>
   </x:si>
   <x:si>
-    <x:t>380,721</x:t>
-[...5 lines deleted...]
-    <x:t>7.40%</x:t>
+    <x:t>399,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,116,956.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>CYBR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cyberark Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006Q52QV2</x:t>
   </x:si>
   <x:si>
-    <x:t>17,526</x:t>
-[...5 lines deleted...]
-    <x:t>6.47%</x:t>
+    <x:t>17,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,756,054.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elbit Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CRN4P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,545,783.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K82ZT8</x:t>
   </x:si>
   <x:si>
-    <x:t>31,801</x:t>
-[...23 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>29,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,595,867.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>DSCT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Israel Discount Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HVQG80</x:t>
   </x:si>
   <x:si>
-    <x:t>354,149</x:t>
-[...5 lines deleted...]
-    <x:t>3.31%</x:t>
+    <x:t>371,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,380,742.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J72HD9</x:t>
   </x:si>
   <x:si>
-    <x:t>51,139</x:t>
-[...5 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>53,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,199,621.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>PHOE IT</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Holdings Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2KHT6</x:t>
   </x:si>
   <x:si>
-    <x:t>73,560</x:t>
-[...5 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>77,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,539,806.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>TSEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tower Semiconductor Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH91G0</x:t>
   </x:si>
   <x:si>
-    <x:t>27,256</x:t>
-[...5 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>26,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,305,964.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KC17R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,777,399.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,775,905.40</x:t>
   </x:si>
   <x:si>
     <x:t>DOX US</x:t>
   </x:si>
   <x:si>
     <x:t>Amdocs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3MXG5</x:t>
   </x:si>
   <x:si>
-    <x:t>30,945</x:t>
-[...5 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>31,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,672,751.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>FROG US</x:t>
   </x:si>
   <x:si>
     <x:t>Jfrog Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006PWZX16</x:t>
   </x:si>
   <x:si>
-    <x:t>37,551</x:t>
-[...38 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>40,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,326,084.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q5BQ63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,086,495.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azrieli Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9PL35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,892,619.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harel Insurance Investments &amp; Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28QX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,870,791.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMND US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lemonade Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BM5YC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,821,676.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DFGX71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,805,793.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>MNDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Monday.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GF8K4W4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,351</x:t>
-[...20 lines deleted...]
-    <x:t>$1,938,257.01</x:t>
+    <x:t>13,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,734,365.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0KV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,725,583.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clal Insurance Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0F62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,721,497.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZQ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bezeq The Israeli Telecommunication Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,647,480.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global-E Online Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKY1P71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,622,007.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>WIX US</x:t>
   </x:si>
   <x:si>
     <x:t>Wix.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005CM7J89</x:t>
   </x:si>
   <x:si>
-    <x:t>18,032</x:t>
-[...95 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>18,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,526,624.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>S US</x:t>
   </x:si>
   <x:si>
     <x:t>Sentinelone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6F2F09</x:t>
   </x:si>
   <x:si>
-    <x:t>101,904</x:t>
-[...59 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>107,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,518,204.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENLT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enlight Renewable Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NQKK36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,470,736.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camtek Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ4M84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,245.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TASE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tel Aviv Stock Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8N3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,301,706.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Varonis Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y04TN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,461.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGDL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Migdal Insurance &amp; Financial Holdings L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCC81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,190,550.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>MMHD IT</x:t>
   </x:si>
   <x:si>
     <x:t>Menora Mivtachim Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G28FC2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,578</x:t>
-[...95 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>9,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,156,227.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNJKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,040,226.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>BIG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Big Shopping Centers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6J2W7</x:t>
   </x:si>
   <x:si>
-    <x:t>3,981</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>4,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,512.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zim Integrated Shipping Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ7XR05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,954.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>PLUS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Plus500 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004V7D7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>18,932</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>18,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,107.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>DLEKG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQGBF1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,400</x:t>
-[...35 lines deleted...]
-    <x:t>$883,767.50</x:t>
+    <x:t>3,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,564.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icl Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXH0Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$919,240.84</x:t>
   </x:si>
   <x:si>
     <x:t>CLBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Cellebrite Di Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK00N6</x:t>
   </x:si>
   <x:si>
-    <x:t>46,547</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>47,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,690.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>OPCE IT</x:t>
   </x:si>
   <x:si>
     <x:t>Opc Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H50SMD3</x:t>
   </x:si>
   <x:si>
-    <x:t>26,967</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>28,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$680,900.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strauss Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KKM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,182.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobileye Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019X46Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,605.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shufersal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSSJX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,393.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKBN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikun &amp; Binui Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35FH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,555.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBIH IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0GY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,298.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ENOG LN</x:t>
   </x:si>
   <x:si>
     <x:t>Energean Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K4LLFZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>47,759</x:t>
-[...77 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>42,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,178.58</x:t>
   </x:si>
   <x:si>
     <x:t>PAZ IT</x:t>
   </x:si>
   <x:si>
     <x:t>Paz Retail And Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NB3443</x:t>
   </x:si>
   <x:si>
-    <x:t>2,044</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>2,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,545.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaredge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0084BBZY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,415.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVNE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mivne Real Estate Kd Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJGMM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,510.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMOT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amot Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSVW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,324.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pagaya Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJFX5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,146.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALHE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alony Hetz Properties &amp; Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKRYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,670.50</x:t>
   </x:si>
   <x:si>
     <x:t>PAYO US</x:t>
   </x:si>
   <x:si>
     <x:t>Payoneer Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z5JLLB3</x:t>
   </x:si>
   <x:si>
-    <x:t>82,701</x:t>
-[...50 lines deleted...]
-    <x:t>$430,629.33</x:t>
+    <x:t>87,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,012.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>MVNE IT</x:t>
-[...26 lines deleted...]
-    <x:t>$422,369.40</x:t>
+    <x:t>ETOR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etoro Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG5TXN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,023.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oddity Tech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H5JVGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,496.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLAN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DZ2XT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,427.13</x:t>
   </x:si>
   <x:si>
     <x:t>FORTY IT</x:t>
   </x:si>
   <x:si>
     <x:t>Formula Systems 1985 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JN58H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,116</x:t>
-[...23 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>2,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,137.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rami Levy Chain Stores Hashikma Marketi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NS1R38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,650.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energix-Renewable Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MFMTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,904.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTRX IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matrix It Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PB0382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,615.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>ISCD IT</x:t>
   </x:si>
   <x:si>
     <x:t>Isracard Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW1JGV1</x:t>
   </x:si>
   <x:si>
-    <x:t>72,861</x:t>
-[...71 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>76,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,118.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shapir Engineering And Industry Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007PB6MQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,976.60</x:t>
   </x:si>
   <x:si>
     <x:t>FTAL IT</x:t>
   </x:si>
   <x:si>
     <x:t>Fattal Holdings 1998 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVVZC91</x:t>
   </x:si>
   <x:si>
-    <x:t>1,540</x:t>
-[...2 lines deleted...]
-    <x:t>$310,649.15</x:t>
+    <x:t>1,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,044.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>SPEN IT</x:t>
-[...11 lines deleted...]
-    <x:t>$309,958.93</x:t>
+    <x:t>ELTR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electra Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,115.11</x:t>
   </x:si>
   <x:si>
     <x:t>INMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Inmode Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PPS73P4</x:t>
   </x:si>
   <x:si>
-    <x:t>20,717</x:t>
-[...2 lines deleted...]
-    <x:t>$301,639.52</x:t>
+    <x:t>23,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,512.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
+    <x:t>ILCO IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV48T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,560.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL6MR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,195.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novocure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009XW8PY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,064.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARPT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Airport City Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PX04R1</x:t>
   </x:si>
   <x:si>
-    <x:t>14,564</x:t>
-[...20 lines deleted...]
-    <x:t>$285,463.62</x:t>
+    <x:t>15,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,643.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenon Holdings Ltd/Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LYGD28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,853.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oil Refineries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q9GM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,971.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASHG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashtrom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006M6THM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,479.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taboola.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN6XD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,165.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratasys Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002S5ZRF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,596.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Galil Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJWBF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,627.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>RDWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Radware Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWR89</x:t>
   </x:si>
   <x:si>
-    <x:t>11,874</x:t>
-[...137 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>8,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,222.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kornit Digital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0086KNBP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,073.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>FVRR US</x:t>
   </x:si>
   <x:si>
     <x:t>Fiverr International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YSC5M7</x:t>
   </x:si>
   <x:si>
-    <x:t>10,396</x:t>
-[...41 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>10,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,806.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opko Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N49069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,806.08</x:t>
   </x:si>
   <x:si>
     <x:t>PLTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Playtika Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ8C789</x:t>
   </x:si>
   <x:si>
-    <x:t>35,747</x:t>
-[...38 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>38,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,259.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>354,383</x:t>
+    <x:t>486,375</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$354,382.61</x:t>
+    <x:t>$486,374.51</x:t>
   </x:si>
   <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>91</x:t>
   </x:si>
   <x:si>
-    <x:t>$28.21</x:t>
+    <x:t>$28.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$482,996.40</x:t>
+    <x:t>$-392,795.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1516,56 +1528,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb8b946e40aa4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb7fc294a8c4844e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34a39983bbee4ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3d44d346b04881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R31a3a602ce2d4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8c34641199d44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I86"/>
+  <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2082,225 +2094,225 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
@@ -2372,312 +2384,312 @@
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2691,80 +2703,80 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -2952,225 +2964,225 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
@@ -3242,819 +3254,848 @@
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="G85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="H85" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B86" s="2" t="s">
+      <x:c r="D86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A87" s="2" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="B87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C86" s="2" t="s">
+      <x:c r="C87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D86" s="2" t="s">
+      <x:c r="D87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E86" s="2" t="s">
+      <x:c r="E87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F86" s="2" t="s">
+      <x:c r="F87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G86" s="2" t="s">
+      <x:c r="G87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H86" s="2" t="s">
+      <x:c r="H87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I86" s="2" t="s">
+      <x:c r="I87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A86:I86"/>
+    <x:mergeCell ref="A87:I87"/>
   </x:mergeCells>
 </x:worksheet>
 </file>