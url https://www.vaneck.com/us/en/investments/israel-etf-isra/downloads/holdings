--- v2 (2026-01-16)
+++ v3 (2026-02-06)
@@ -1,1506 +1,1518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf376ddf0d80b4076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bef3dd4a8a487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260115" sheetId="1" r:id="Rf8c34641199d44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260205" sheetId="1" r:id="Re0da4a48cb9b419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="487">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="491">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>418,329</x:t>
+    <x:t>423,253</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,532,943.15</x:t>
+    <x:t>$14,729,204.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.13%</x:t>
+    <x:t>11.10%</x:t>
   </x:si>
   <x:si>
     <x:t>LUMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Leumi Le-Israel Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXB0V7</x:t>
   </x:si>
   <x:si>
-    <x:t>474,500</x:t>
-[...5 lines deleted...]
-    <x:t>8.81%</x:t>
+    <x:t>480,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,631,329.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.77%</x:t>
   </x:si>
   <x:si>
     <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Hapoalim Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F23M06</x:t>
   </x:si>
   <x:si>
-    <x:t>399,536</x:t>
-[...5 lines deleted...]
-    <x:t>7.57%</x:t>
+    <x:t>404,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,184,312.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESLT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elbit Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CRN4P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,144,497.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
   </x:si>
   <x:si>
     <x:t>CYBR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cyberark Software Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006Q52QV2</x:t>
   </x:si>
   <x:si>
-    <x:t>17,097</x:t>
-[...23 lines deleted...]
-    <x:t>5.65%</x:t>
+    <x:t>17,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,602,992.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K82ZT8</x:t>
   </x:si>
   <x:si>
-    <x:t>29,680</x:t>
-[...5 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>30,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,292,611.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
   </x:si>
   <x:si>
     <x:t>DSCT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Israel Discount Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HVQG80</x:t>
   </x:si>
   <x:si>
-    <x:t>371,652</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>376,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,569,524.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J72HD9</x:t>
   </x:si>
   <x:si>
-    <x:t>53,667</x:t>
-[...5 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>54,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,321,604.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>PHOE IT</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Holdings Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2KHT6</x:t>
   </x:si>
   <x:si>
-    <x:t>77,196</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>78,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,048,517.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>TSEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tower Semiconductor Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH91G0</x:t>
   </x:si>
   <x:si>
-    <x:t>26,661</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>26,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,481,933.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,757,826.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>NICE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KC17R4</x:t>
   </x:si>
   <x:si>
-    <x:t>24,053</x:t>
-[...20 lines deleted...]
-    <x:t>$2,775,905.40</x:t>
+    <x:t>24,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,688,641.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>DOX US</x:t>
   </x:si>
   <x:si>
     <x:t>Amdocs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3MXG5</x:t>
   </x:si>
   <x:si>
-    <x:t>31,709</x:t>
-[...5 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>32,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,281,992.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harel Insurance Investments &amp; Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28QX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,227,179.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q5BQ63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,208,508.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DFGX71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,114,526.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azrieli Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9PL35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,967,530.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>FROG US</x:t>
   </x:si>
   <x:si>
     <x:t>Jfrog Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006PWZX16</x:t>
   </x:si>
   <x:si>
-    <x:t>40,098</x:t>
-[...56 lines deleted...]
-    <x:t>$1,870,791.26</x:t>
+    <x:t>40,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,933,160.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clal Insurance Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0F62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,901,575.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZQ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bezeq The Israeli Telecommunication Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>722,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,869,927.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0KV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,860,130.52</x:t>
   </x:si>
   <x:si>
     <x:t>1.40%</x:t>
   </x:si>
   <x:si>
+    <x:t>ENLT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enlight Renewable Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NQKK36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,687,374.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>LMND US</x:t>
   </x:si>
   <x:si>
     <x:t>Lemonade Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BM5YC05</x:t>
   </x:si>
   <x:si>
-    <x:t>22,717</x:t>
-[...23 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>22,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,484.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TASE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tel Aviv Stock Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8N3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,493,830.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentinelone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6F2F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,410,611.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wix.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CM7J89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,147.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camtek Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ4M84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,681.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global-E Online Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKY1P71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,496.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGDL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Migdal Insurance &amp; Financial Holdings L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCC81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,275,833.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMHD IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menora Mivtachim Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,264,847.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>MNDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Monday.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GF8K4W4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,059</x:t>
-[...161 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>13,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,249,817.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plus500 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004V7D7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,597.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Big Shopping Centers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6J2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,062.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLEKG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQGBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,763.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNJKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,155.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icl Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXH0Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,562.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zim Integrated Shipping Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ7XR05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$908,811.99</x:t>
   </x:si>
   <x:si>
     <x:t>VRNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Varonis Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y04TN6</x:t>
   </x:si>
   <x:si>
-    <x:t>36,321</x:t>
-[...32 lines deleted...]
-    <x:t>BBG000G28FC2</x:t>
+    <x:t>36,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,173.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opc Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H50SMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,622.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLBT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cellebrite Di Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK00N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,269.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strauss Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KKM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$650,477.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBIH IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0GY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,797.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shufersal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSSJX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,119.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAZ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paz Retail And Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NB3443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,064.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAYO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Payoneer Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5JLLB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,996.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKBN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikun &amp; Binui Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35FH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,730.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaredge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0084BBZY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,892.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4LLFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,648.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALHE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alony Hetz Properties &amp; Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKRYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,965.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobileye Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019X46Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,057.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMOT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amot Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSVW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,149.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVNE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mivne Real Estate Kd Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJGMM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,571.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energix-Renewable Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MFMTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,481.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISCD IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isracard Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NW1JGV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,836.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rami Levy Chain Stores Hashikma Marketi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NS1R38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,778.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pagaya Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJFX5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,456.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shapir Engineering And Industry Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007PB6MQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,274.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmode Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPS73P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,730.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLAN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DZ2XT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,737.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETOR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etoro Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG5TXN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,108.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTAL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fattal Holdings 1998 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JVVZC91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,002.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oddity Tech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H5JVGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,454.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILCO IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV48T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,932.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenon Holdings Ltd/Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LYGD28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,829.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELTR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electra Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,380.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTY IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formula Systems 1985 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JN58H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,558.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTRX IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matrix It Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PB0382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,541.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARPT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airport City Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PX04R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,264.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oil Refineries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q9GM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>839,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,788.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL6MR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,059.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASHG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashtrom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006M6THM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,293.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taboola.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN6XD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,498.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novocure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009XW8PY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,639.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Galil Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJWBF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,404.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radware Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKWR89</x:t>
   </x:si>
   <x:si>
     <x:t>9,002</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,156,227.85</x:t>
-[...698 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$217,668.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SSYS US</x:t>
   </x:si>
   <x:si>
     <x:t>Stratasys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002S5ZRF9</x:t>
   </x:si>
   <x:si>
-    <x:t>20,189</x:t>
-[...38 lines deleted...]
-    <x:t>$219,222.08</x:t>
+    <x:t>20,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,763.94</x:t>
   </x:si>
   <x:si>
     <x:t>KRNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Kornit Digital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086KNBP4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,210</x:t>
-[...2 lines deleted...]
-    <x:t>$192,073.40</x:t>
+    <x:t>13,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,169.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>OPK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opko Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N49069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,760.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
     <x:t>FVRR US</x:t>
   </x:si>
   <x:si>
     <x:t>Fiverr International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YSC5M7</x:t>
   </x:si>
   <x:si>
-    <x:t>10,885</x:t>
-[...17 lines deleted...]
-    <x:t>$181,806.08</x:t>
+    <x:t>11,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,957.08</x:t>
   </x:si>
   <x:si>
     <x:t>PLTK US</x:t>
   </x:si>
   <x:si>
     <x:t>Playtika Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ8C789</x:t>
   </x:si>
   <x:si>
-    <x:t>38,556</x:t>
-[...2 lines deleted...]
-    <x:t>$137,259.36</x:t>
+    <x:t>39,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,974.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
+    <x:t>-ILS CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...20 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>-68,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-68,475.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-392,795.09</x:t>
-[...2 lines deleted...]
-    <x:t>-0.29%</x:t>
+    <x:t>$118,144.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1528,51 +1540,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3d44d346b04881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R31a3a602ce2d4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8c34641199d44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a45e1941ec40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd95ebf8928ae45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0da4a48cb9b419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1978,921 +1990,921 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
@@ -2964,1129 +2976,1129 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="2" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>