--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -1,1518 +1,1530 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bef3dd4a8a487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f940d299c44cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260205" sheetId="1" r:id="Re0da4a48cb9b419d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260226" sheetId="1" r:id="R91aadef5bbab4ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="491">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="495">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>423,253</x:t>
+    <x:t>471,519</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,729,204.40</x:t>
+    <x:t>$15,923,196.63</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>11.10%</x:t>
+    <x:t>11.34%</x:t>
   </x:si>
   <x:si>
     <x:t>LUMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Leumi Le-Israel Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXB0V7</x:t>
   </x:si>
   <x:si>
-    <x:t>480,084</x:t>
-[...5 lines deleted...]
-    <x:t>8.77%</x:t>
+    <x:t>534,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,740,632.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.07%</x:t>
   </x:si>
   <x:si>
     <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Hapoalim Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F23M06</x:t>
   </x:si>
   <x:si>
-    <x:t>404,238</x:t>
-[...5 lines deleted...]
-    <x:t>7.68%</x:t>
+    <x:t>450,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,206,386.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.98%</x:t>
   </x:si>
   <x:si>
     <x:t>ESLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Elbit Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRN4P5</x:t>
   </x:si>
   <x:si>
-    <x:t>10,597</x:t>
-[...23 lines deleted...]
-    <x:t>4.98%</x:t>
+    <x:t>11,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,035,779.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
   </x:si>
   <x:si>
     <x:t>CHKP US</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K82ZT8</x:t>
   </x:si>
   <x:si>
-    <x:t>30,029</x:t>
-[...5 lines deleted...]
-    <x:t>3.99%</x:t>
+    <x:t>33,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,178,679.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
   </x:si>
   <x:si>
     <x:t>DSCT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Israel Discount Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HVQG80</x:t>
   </x:si>
   <x:si>
-    <x:t>376,026</x:t>
-[...5 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>418,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,087,346.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J72HD9</x:t>
   </x:si>
   <x:si>
-    <x:t>54,299</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>60,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,551,274.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>PHOE IT</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix Holdings Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2KHT6</x:t>
   </x:si>
   <x:si>
-    <x:t>78,104</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>86,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,470,790.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>TSEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tower Semiconductor Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH91G0</x:t>
   </x:si>
   <x:si>
-    <x:t>26,975</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>30,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,721,639.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>NVMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSY1Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,463</x:t>
-[...5 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>7,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,180,744.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>NICE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KC17R4</x:t>
   </x:si>
   <x:si>
-    <x:t>24,336</x:t>
-[...5 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>27,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,142,164.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXSN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Next Vision Stabilized Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DFGX71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,836,737.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harel Insurance Investments &amp; Financial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28QX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,588,906.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>DOX US</x:t>
   </x:si>
   <x:si>
     <x:t>Amdocs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3MXG5</x:t>
   </x:si>
   <x:si>
-    <x:t>32,082</x:t>
-[...23 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>35,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,496,866.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENLT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enlight Renewable Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NQKK36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,301,562.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azrieli Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9PL35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,280,369.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
-    <x:t>18,213</x:t>
-[...41 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>20,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,160,063.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clal Insurance Enterprises Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0F62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,137,922.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZQ IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bezeq The Israeli Telecommunication Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDD39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>804,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,091,325.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0KV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,009,709.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TASE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tel Aviv Stock Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8N3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,954,227.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>FROG US</x:t>
   </x:si>
   <x:si>
     <x:t>Jfrog Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006PWZX16</x:t>
   </x:si>
   <x:si>
-    <x:t>40,570</x:t>
-[...77 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>45,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,878,304.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camtek Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ4M84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,829,774.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global-E Online Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKY1P71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,047.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentinelone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6F2F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,638,318.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMHD IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menora Mivtachim Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G28FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,470,495.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wix.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CM7J89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,464,636.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zim Integrated Shipping Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ7XR05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,437,285.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>LMND US</x:t>
   </x:si>
   <x:si>
     <x:t>Lemonade Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BM5YC05</x:t>
   </x:si>
   <x:si>
-    <x:t>22,984</x:t>
-[...92 lines deleted...]
-    <x:t>$1,375,496.07</x:t>
+    <x:t>25,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,412,738.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>MGDL IT</x:t>
   </x:si>
   <x:si>
     <x:t>Migdal Insurance &amp; Financial Holdings L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCC81</x:t>
   </x:si>
   <x:si>
-    <x:t>229,669</x:t>
-[...23 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>255,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,882.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLEKG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQGBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,180.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plus500 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004V7D7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,713.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNJKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,151,215.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Big Shopping Centers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6J2W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,131,199.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>MNDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Monday.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GF8K4W4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,213</x:t>
-[...56 lines deleted...]
-    <x:t>$1,047,763.57</x:t>
+    <x:t>14,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,680.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>MLSR IT</x:t>
-[...14 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>OPCE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opc Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H50SMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,174.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Varonis Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y04TN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$945,304.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>ICL US</x:t>
   </x:si>
   <x:si>
     <x:t>Icl Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXH0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>168,185</x:t>
-[...53 lines deleted...]
-    <x:t>$803,622.29</x:t>
+    <x:t>187,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$921,835.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRS IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strauss Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KKM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,147.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>CLBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Cellebrite Di Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK00N6</x:t>
   </x:si>
   <x:si>
-    <x:t>48,217</x:t>
-[...2 lines deleted...]
-    <x:t>$655,269.03</x:t>
+    <x:t>53,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,132.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIBIH IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First International Bank Of Israel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK0GY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$721,562.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shufersal Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSSJX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,328.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaredge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0084BBZY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,588.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>STRS IT</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>PAZ IT</x:t>
   </x:si>
   <x:si>
     <x:t>Paz Retail And Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NB3443</x:t>
   </x:si>
   <x:si>
-    <x:t>2,169</x:t>
-[...2 lines deleted...]
-    <x:t>$546,064.81</x:t>
+    <x:t>2,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,918.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENOG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energean Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4LLFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,212.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
+    <x:t>MBLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mobileye Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019X46Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,820.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKBN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikun &amp; Binui Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35FH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,294.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETOR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etoro Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG5TXN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,789.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energix-Renewable Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MFMTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,177.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALHE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alony Hetz Properties &amp; Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKRYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,561.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rami Levy Chain Stores Hashikma Marketi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NS1R38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,968.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVNE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mivne Real Estate Kd Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJGMM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,399.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMOT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amot Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSVW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,162.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PAYO US</x:t>
   </x:si>
   <x:si>
     <x:t>Payoneer Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z5JLLB3</x:t>
   </x:si>
   <x:si>
-    <x:t>88,813</x:t>
-[...146 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>98,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,478.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shapir Engineering And Industry Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007PB6MQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,627.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>ISCD IT</x:t>
   </x:si>
   <x:si>
     <x:t>Isracard Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW1JGV1</x:t>
   </x:si>
   <x:si>
-    <x:t>77,361</x:t>
-[...23 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>82,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,508.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenon Holdings Ltd/Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LYGD28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,312.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inmode Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PPS73P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,549.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTAL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fattal Holdings 1998 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JVVZC91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,046.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novocure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009XW8PY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,091.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTRX IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matrix It Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PB0382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,293.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLAN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DZ2XT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,772.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILCO IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV48T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,490.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELTR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electra Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,672.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oil Refineries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q9GM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,144.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARPT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airport City Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PX04R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,020.92</x:t>
   </x:si>
   <x:si>
     <x:t>PGY US</x:t>
   </x:si>
   <x:si>
     <x:t>Pagaya Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJFX5J9</x:t>
   </x:si>
   <x:si>
-    <x:t>21,589</x:t>
-[...83 lines deleted...]
-    <x:t>$339,002.33</x:t>
+    <x:t>24,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,510.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTY IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formula Systems 1985 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JN58H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,055.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASHG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashtrom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006M6THM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,370.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radware Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKWR89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,903.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kornit Digital Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0086KNBP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,252.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL6MR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,485.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taboola.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN6XD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,215.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Galil Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJWBF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,139.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratasys Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002S5ZRF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,266.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opko Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N49069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,115.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ODD US</x:t>
   </x:si>
   <x:si>
     <x:t>Oddity Tech Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H5JVGM0</x:t>
   </x:si>
   <x:si>
-    <x:t>11,208</x:t>
-[...272 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>12,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,883.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Playtika Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,753.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>FVRR US</x:t>
   </x:si>
   <x:si>
     <x:t>Fiverr International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YSC5M7</x:t>
   </x:si>
   <x:si>
-    <x:t>11,013</x:t>
-[...17 lines deleted...]
-    <x:t>$134,974.60</x:t>
+    <x:t>12,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,436.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,045.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>91</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$29.01</x:t>
+    <x:t>$28.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-68,476</x:t>
-[...5 lines deleted...]
-    <x:t>-0.05%</x:t>
+    <x:t>-82,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-82,183.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,144.62</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$241,581.61</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1540,51 +1552,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a45e1941ec40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd95ebf8928ae45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0da4a48cb9b419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda080b368e0a4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd49a42f45c9b465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91aadef5bbab4ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I87"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2454,1651 +2466,1651 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="2" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I87" s="2" t="s">
         <x:v>1</x:v>
       </x:c>