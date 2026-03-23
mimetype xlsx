--- v4 (2026-02-28)
+++ v5 (2026-03-23)
@@ -1,1530 +1,1500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f940d299c44cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb937963c39f04636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260226" sheetId="1" r:id="R91aadef5bbab4ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260320" sheetId="1" r:id="Raafadbfbaaea4b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="495">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="485">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>TEVA US</x:t>
+    <x:t>TEVA</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
     <x:t>471,519</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,923,196.63</x:t>
+    <x:t>$13,546,740.87</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>11.34%</x:t>
+    <x:t>9.56%</x:t>
   </x:si>
   <x:si>
     <x:t>LUMI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Leumi Le-Israel Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXB0V7</x:t>
   </x:si>
   <x:si>
     <x:t>534,760</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,740,632.07</x:t>
-[...2 lines deleted...]
-    <x:t>9.07%</x:t>
+    <x:t>$12,483,832.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.81%</x:t>
   </x:si>
   <x:si>
     <x:t>POLI IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Hapoalim Bm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F23M06</x:t>
   </x:si>
   <x:si>
     <x:t>450,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,206,386.53</x:t>
-[...5 lines deleted...]
-    <x:t>ESLT US</x:t>
+    <x:t>$10,965,600.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESLT</x:t>
   </x:si>
   <x:si>
     <x:t>Elbit Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CRN4P5</x:t>
   </x:si>
   <x:si>
     <x:t>11,807</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,035,779.03</x:t>
-[...5 lines deleted...]
-    <x:t>CHKP US</x:t>
+    <x:t>$10,871,295.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHKP</x:t>
   </x:si>
   <x:si>
     <x:t>Check Point Software Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K82ZT8</x:t>
   </x:si>
   <x:si>
     <x:t>33,454</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,178,679.20</x:t>
-[...2 lines deleted...]
-    <x:t>3.69%</x:t>
+    <x:t>$5,109,429.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tower Semiconductor Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH91G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,917,408.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phoenix Holdings Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,562,698.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>DSCT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Israel Discount Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HVQG80</x:t>
   </x:si>
   <x:si>
     <x:t>418,848</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,087,346.07</x:t>
-[...2 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>$4,482,456.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J72HD9</x:t>
   </x:si>
   <x:si>
     <x:t>60,483</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,551,274.67</x:t>
-[...41 lines deleted...]
-    <x:t>NVMI US</x:t>
+    <x:t>$4,451,220.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSY1Y8</x:t>
   </x:si>
   <x:si>
     <x:t>7,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,180,744.00</x:t>
+    <x:t>$3,350,160.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KC17R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,208,857.96</x:t>
   </x:si>
   <x:si>
     <x:t>2.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>NXSN IT</x:t>
   </x:si>
   <x:si>
     <x:t>Next Vision Stabilized Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DFGX71</x:t>
   </x:si>
   <x:si>
     <x:t>26,021</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,836,737.12</x:t>
-[...2 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>$3,084,539.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>HARL IT</x:t>
   </x:si>
   <x:si>
     <x:t>Harel Insurance Investments &amp; Financial</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G28QX5</x:t>
   </x:si>
   <x:si>
     <x:t>49,772</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,588,906.07</x:t>
-[...5 lines deleted...]
-    <x:t>DOX US</x:t>
+    <x:t>$2,724,853.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOX</x:t>
   </x:si>
   <x:si>
     <x:t>Amdocs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3MXG5</x:t>
   </x:si>
   <x:si>
     <x:t>35,741</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,496,866.26</x:t>
-[...2 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>$2,317,089.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NQKK36</x:t>
   </x:si>
   <x:si>
     <x:t>32,504</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,301,562.85</x:t>
-[...2 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>$2,291,322.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>AZRG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Azrieli Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9PL35</x:t>
   </x:si>
   <x:si>
     <x:t>15,988</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,280,369.38</x:t>
-[...5 lines deleted...]
-    <x:t>ORA US</x:t>
+    <x:t>$2,263,282.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
     <x:t>20,288</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,160,063.36</x:t>
-[...2 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>$2,159,048.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>CLIS IT</x:t>
   </x:si>
   <x:si>
     <x:t>Clal Insurance Enterprises Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK0F62</x:t>
   </x:si>
   <x:si>
     <x:t>28,134</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,137,922.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$2,121,218.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>BEZQ IT</x:t>
   </x:si>
   <x:si>
     <x:t>Bezeq The Israeli Telecommunication Cor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDD39</x:t>
   </x:si>
   <x:si>
     <x:t>804,258</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,091,325.24</x:t>
+    <x:t>$2,110,642.68</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
+    <x:t>TASE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tel Aviv Stock Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8N3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,825.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FROG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfrog Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006PWZX16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,910,392.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
     <x:t>FIBI IT</x:t>
   </x:si>
   <x:si>
     <x:t>First International Bank Of Israel Ltd/</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK0KV3</x:t>
   </x:si>
   <x:si>
     <x:t>22,919</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,009,709.67</x:t>
-[...41 lines deleted...]
-    <x:t>CAMT US</x:t>
+    <x:t>$1,862,806.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wix.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CM7J89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,816,263.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMT</x:t>
   </x:si>
   <x:si>
     <x:t>Camtek Ltd/Israel</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ4M84</x:t>
   </x:si>
   <x:si>
     <x:t>10,865</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,829,774.65</x:t>
-[...5 lines deleted...]
-    <x:t>GLBE US</x:t>
+    <x:t>$1,803,046.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentinelone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6F2F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,722,179.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lemonade Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BM5YC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,643,457.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLBE</x:t>
   </x:si>
   <x:si>
     <x:t>Global-E Online Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZKY1P71</x:t>
   </x:si>
   <x:si>
     <x:t>47,721</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,716,047.16</x:t>
-[...20 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>$1,543,297.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLEKG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQGBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,094.84</x:t>
   </x:si>
   <x:si>
     <x:t>MMHD IT</x:t>
   </x:si>
   <x:si>
     <x:t>Menora Mivtachim Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G28FC2</x:t>
   </x:si>
   <x:si>
     <x:t>10,147</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,470,495.35</x:t>
-[...23 lines deleted...]
-    <x:t>ZIM US</x:t>
+    <x:t>$1,525,085.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGDL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Migdal Insurance &amp; Financial Holdings L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCC81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,048.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
   </x:si>
   <x:si>
     <x:t>Zim Integrated Shipping Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YQ7XR05</x:t>
   </x:si>
   <x:si>
     <x:t>49,802</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,437,285.72</x:t>
-[...53 lines deleted...]
-    <x:t>$1,272,180.67</x:t>
+    <x:t>$1,288,875.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
+    <x:t>OPCE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opc Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H50SMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,261,719.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLSR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melisron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNJKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,062.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PLUS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Plus500 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004V7D7S1</x:t>
   </x:si>
   <x:si>
     <x:t>20,978</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,160,713.74</x:t>
-[...20 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$1,171,683.04</x:t>
   </x:si>
   <x:si>
     <x:t>BIG IT</x:t>
   </x:si>
   <x:si>
     <x:t>Big Shopping Centers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6J2W7</x:t>
   </x:si>
   <x:si>
     <x:t>4,709</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,131,199.66</x:t>
+    <x:t>$1,147,757.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
-    <x:t>MNDY US</x:t>
+    <x:t>MNDY</x:t>
   </x:si>
   <x:si>
     <x:t>Monday.Com Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GF8K4W4</x:t>
   </x:si>
   <x:si>
     <x:t>14,718</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,112,680.80</x:t>
-[...23 lines deleted...]
-    <x:t>VRNS US</x:t>
+    <x:t>$1,086,924.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRNS</x:t>
   </x:si>
   <x:si>
     <x:t>Varonis Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y04TN6</x:t>
   </x:si>
   <x:si>
     <x:t>40,940</x:t>
   </x:si>
   <x:si>
-    <x:t>$945,304.60</x:t>
-[...5 lines deleted...]
-    <x:t>ICL US</x:t>
+    <x:t>$971,096.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
   </x:si>
   <x:si>
     <x:t>Icl Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXH0Q7</x:t>
   </x:si>
   <x:si>
     <x:t>187,365</x:t>
   </x:si>
   <x:si>
-    <x:t>$921,835.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$923,709.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEDG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaredge Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0084BBZY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,736.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>STRS IT</x:t>
   </x:si>
   <x:si>
     <x:t>Strauss Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2KKM6</x:t>
   </x:si>
   <x:si>
     <x:t>19,020</x:t>
   </x:si>
   <x:si>
-    <x:t>$852,147.85</x:t>
-[...5 lines deleted...]
-    <x:t>CLBT US</x:t>
+    <x:t>$835,301.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLBT</x:t>
   </x:si>
   <x:si>
     <x:t>Cellebrite Di Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK00N6</x:t>
   </x:si>
   <x:si>
     <x:t>53,716</x:t>
   </x:si>
   <x:si>
-    <x:t>$739,132.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$766,527.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>FIBIH IT</x:t>
   </x:si>
   <x:si>
     <x:t>First International Bank Of Israel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK0GY9</x:t>
   </x:si>
   <x:si>
     <x:t>6,718</x:t>
   </x:si>
   <x:si>
-    <x:t>$721,562.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$707,671.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>SAE IT</x:t>
   </x:si>
   <x:si>
     <x:t>Shufersal Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSSJX7</x:t>
   </x:si>
   <x:si>
     <x:t>49,360</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,328.95</x:t>
-[...17 lines deleted...]
-    <x:t>$681,588.40</x:t>
+    <x:t>$692,354.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>PAZ IT</x:t>
   </x:si>
   <x:si>
     <x:t>Paz Retail And Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NB3443</x:t>
   </x:si>
   <x:si>
     <x:t>2,419</x:t>
   </x:si>
   <x:si>
-    <x:t>$588,918.85</x:t>
+    <x:t>$663,595.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKBN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shikun &amp; Binui Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35FH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,666.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>ENOG LN</x:t>
   </x:si>
   <x:si>
     <x:t>Energean Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K4LLFZ9</x:t>
   </x:si>
   <x:si>
     <x:t>47,911</x:t>
   </x:si>
   <x:si>
-    <x:t>$575,212.20</x:t>
-[...5 lines deleted...]
-    <x:t>MBLY US</x:t>
+    <x:t>$542,948.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENRG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energix-Renewable Energies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MFMTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,272.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVNE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mivne Real Estate Kd Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJGMM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,793.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMLI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rami Levy Chain Stores Hashikma Marketi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NS1R38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,405.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALHE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alony Hetz Properties &amp; Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKRYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,043.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBLY</x:t>
   </x:si>
   <x:si>
     <x:t>Mobileye Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019X46Z37</x:t>
   </x:si>
   <x:si>
     <x:t>61,808</x:t>
   </x:si>
   <x:si>
-    <x:t>$540,820.00</x:t>
-[...23 lines deleted...]
-    <x:t>ETOR US</x:t>
+    <x:t>$470,976.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shapir Engineering And Industry Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007PB6MQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,058.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETOR</x:t>
   </x:si>
   <x:si>
     <x:t>Etoro Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KG5TXN7</x:t>
   </x:si>
   <x:si>
     <x:t>15,390</x:t>
   </x:si>
   <x:si>
-    <x:t>$496,789.20</x:t>
-[...68 lines deleted...]
-    <x:t>$453,399.99</x:t>
+    <x:t>$452,927.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>PAYO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Payoneer Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5JLLB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,266.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMOT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Amot Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRSVW8</x:t>
   </x:si>
   <x:si>
     <x:t>65,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$436,162.83</x:t>
-[...17 lines deleted...]
-    <x:t>$422,478.07</x:t>
+    <x:t>$420,111.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>SPEN IT</x:t>
-[...11 lines deleted...]
-    <x:t>$410,627.60</x:t>
+    <x:t>KEN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenon Holdings Ltd/Singapore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LYGD28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,447.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
+    <x:t>ORL IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oil Refineries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q9GM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,552.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISCD IT</x:t>
   </x:si>
   <x:si>
     <x:t>Isracard Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW1JGV1</x:t>
   </x:si>
   <x:si>
     <x:t>82,053</x:t>
   </x:si>
   <x:si>
-    <x:t>$396,508.34</x:t>
-[...20 lines deleted...]
-    <x:t>INMD US</x:t>
+    <x:t>$382,810.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMD</x:t>
   </x:si>
   <x:si>
     <x:t>Inmode Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PPS73P4</x:t>
   </x:si>
   <x:si>
     <x:t>26,516</x:t>
   </x:si>
   <x:si>
-    <x:t>$372,549.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>$358,761.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>FTAL IT</x:t>
   </x:si>
   <x:si>
     <x:t>Fattal Holdings 1998 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVVZC91</x:t>
   </x:si>
   <x:si>
     <x:t>1,821</x:t>
   </x:si>
   <x:si>
-    <x:t>$356,046.94</x:t>
-[...5 lines deleted...]
-    <x:t>NVCR US</x:t>
+    <x:t>$345,865.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILCO IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV48T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,335.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTRX IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matrix It Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PB0382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,887.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLAN IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hilan Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DZ2XT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,882.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTY IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formula Systems 1985 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JN58H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,756.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELTR IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electra Ltd/Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2KCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,944.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARPT IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airport City Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PX04R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,254.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVCR</x:t>
   </x:si>
   <x:si>
     <x:t>Novocure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009XW8PY2</x:t>
   </x:si>
   <x:si>
     <x:t>25,243</x:t>
   </x:si>
   <x:si>
-    <x:t>$347,091.25</x:t>
-[...98 lines deleted...]
-    <x:t>PGY US</x:t>
+    <x:t>$298,119.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASHG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashtrom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006M6THM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,492.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGY</x:t>
   </x:si>
   <x:si>
     <x:t>Pagaya Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJFX5J9</x:t>
   </x:si>
   <x:si>
     <x:t>24,054</x:t>
   </x:si>
   <x:si>
-    <x:t>$298,510.14</x:t>
-[...38 lines deleted...]
-    <x:t>RDWR US</x:t>
+    <x:t>$255,934.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDWR</x:t>
   </x:si>
   <x:si>
     <x:t>Radware Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWR89</x:t>
   </x:si>
   <x:si>
     <x:t>10,026</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,903.98</x:t>
-[...5 lines deleted...]
-    <x:t>KRNT US</x:t>
+    <x:t>$252,855.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONE IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>One Software Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL6MR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,023.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELG IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Galil Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJWBF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,992.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBLA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taboola.Com Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN6XD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,094.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRNT</x:t>
   </x:si>
   <x:si>
     <x:t>Kornit Digital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086KNBP4</x:t>
   </x:si>
   <x:si>
     <x:t>14,888</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,252.80</x:t>
-[...50 lines deleted...]
-    <x:t>SSYS US</x:t>
+    <x:t>$209,474.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opko Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N49069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,307.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oddity Tech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H5JVGM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,951.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSYS</x:t>
   </x:si>
   <x:si>
     <x:t>Stratasys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002S5ZRF9</x:t>
   </x:si>
   <x:si>
     <x:t>21,665</x:t>
   </x:si>
   <x:si>
-    <x:t>$214,266.85</x:t>
-[...41 lines deleted...]
-    <x:t>PLTK US</x:t>
+    <x:t>$164,654.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FVRR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiverr International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002YSC5M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,767.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTK</x:t>
   </x:si>
   <x:si>
     <x:t>Playtika Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ8C789</x:t>
   </x:si>
   <x:si>
     <x:t>43,457</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,753.80</x:t>
-[...35 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$122,548.74</x:t>
   </x:si>
   <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>91</x:t>
+    <x:t>393,023</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$28.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$126,382.22</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-82,183</x:t>
-[...5 lines deleted...]
-    <x:t>-0.06%</x:t>
+    <x:t>110,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,879.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$241,581.61</x:t>
+    <x:t>$229,665.27</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1552,56 +1522,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda080b368e0a4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd49a42f45c9b465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91aadef5bbab4ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e43d469bb0c4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d5e6cfbf00643b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raafadbfbaaea4b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I87"/>
+  <x:dimension ref="A1:I86"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2466,1660 +2436,1631 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F85" s="1" t="s">
+      <x:c r="G85" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A86" s="2" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="G85" s="1" t="s">
-[...42 lines deleted...]
-      <x:c r="B87" s="2" t="s">
+      <x:c r="B86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C87" s="2" t="s">
+      <x:c r="C86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D87" s="2" t="s">
+      <x:c r="D86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E87" s="2" t="s">
+      <x:c r="E86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F87" s="2" t="s">
+      <x:c r="F86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G87" s="2" t="s">
+      <x:c r="G86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H87" s="2" t="s">
+      <x:c r="H86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I87" s="2" t="s">
+      <x:c r="I86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A87:I87"/>
+    <x:mergeCell ref="A86:I86"/>
   </x:mergeCells>
 </x:worksheet>
 </file>