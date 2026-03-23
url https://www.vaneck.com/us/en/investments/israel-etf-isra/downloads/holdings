--- v5 (2026-03-23)
+++ v6 (2026-03-23)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb937963c39f04636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba5c6a29f5944a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260320" sheetId="1" r:id="Raafadbfbaaea4b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ISRA_asof_20260320" sheetId="1" r:id="Rdf1516075a0a4848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="485">
   <x:si>
     <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1522,51 +1522,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e43d469bb0c4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d5e6cfbf00643b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raafadbfbaaea4b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee1765d8de64786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R505ec1cfecbf4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf1516075a0a4848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I86"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">