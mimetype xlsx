--- v5 (2026-01-18)
+++ v6 (2026-02-07)
@@ -1,7173 +1,7230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf8d76fe5614f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa83827042433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260115" sheetId="1" r:id="Ra060e1d72ce94fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260205" sheetId="1" r:id="R324ac8e9f22b4939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5603" uniqueCount="2376">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5647" uniqueCount="2395">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Republic Of South Africa Government Bon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0033KXYP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>687,253,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,493,907.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R7V2715</x:t>
   </x:si>
   <x:si>
     <x:t>10.000</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...11 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>243,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,570,111.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
-    <x:t>Republic Of South Africa Government Bon</x:t>
-[...23 lines deleted...]
-    <x:t>ZAR</x:t>
+    <x:t>Turkiye Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSSWD52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,534,279,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,736,743.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0021RCFH9</x:t>
   </x:si>
   <x:si>
     <x:t>7.750</x:t>
   </x:si>
   <x:si>
-    <x:t>640,172,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>675,374,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,273,027.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
-    <x:t>Turkiye Government Bond</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Brazil Letras Do Tesouro Nacional</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJZNDZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>246,740,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>267,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,846,638.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086H7FK5</x:t>
   </x:si>
   <x:si>
     <x:t>8.875</x:t>
   </x:si>
   <x:si>
-    <x:t>483,573,441</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>527,173,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,416,999.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004T9FBB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512,953,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,419,210.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002W625T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648,966,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,911,760.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0069HXQ96</x:t>
   </x:si>
   <x:si>
-    <x:t>571,127,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>596,852,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,702,414.48</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T9FLP0</x:t>
   </x:si>
   <x:si>
     <x:t>8.500</x:t>
   </x:si>
   <x:si>
-    <x:t>472,069,700</x:t>
-[...35 lines deleted...]
-    <x:t>$29,280,604.90</x:t>
+    <x:t>515,910,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,069,362.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KMB098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,404,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,464,682.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JNKWY26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,005,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,325,460.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9WW658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,129,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,280,568.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BTJ9QT4</x:t>
   </x:si>
   <x:si>
-    <x:t>9.762</x:t>
-[...8 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>167,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,265,703.58</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T9DVS7</x:t>
   </x:si>
   <x:si>
-    <x:t>8.000</x:t>
-[...53 lines deleted...]
-    <x:t>COP</x:t>
+    <x:t>484,658,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,737,576.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086HBT93</x:t>
   </x:si>
   <x:si>
     <x:t>9.000</x:t>
   </x:si>
   <x:si>
-    <x:t>423,512,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>476,992,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,245,655.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of Poland Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C1D4CR2</x:t>
   </x:si>
   <x:si>
     <x:t>6.000</x:t>
   </x:si>
   <x:si>
-    <x:t>84,501,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>97,333,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,738,500.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>PLN</x:t>
   </x:si>
   <x:si>
+    <x:t>07/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNG1FL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,873,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,905,018.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T96W58</x:t>
   </x:si>
   <x:si>
-    <x:t>413,638,364</x:t>
-[...20 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>470,668,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,761,344.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HXBK2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470,202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,370,150.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Bonos De La Tesoreria De La Republica E</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G6YHY27</x:t>
   </x:si>
   <x:si>
-    <x:t>20,360,000,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>22,720,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,967,922.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Chile</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JRP2HN7</x:t>
   </x:si>
   <x:si>
     <x:t>26.200</x:t>
   </x:si>
   <x:si>
-    <x:t>1,026,360,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>1,177,158,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,371,361.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWN6H31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,783,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,905,829.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GWNNHS4</x:t>
   </x:si>
   <x:si>
     <x:t>7.300</x:t>
   </x:si>
   <x:si>
-    <x:t>67,278,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>76,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,727,813.79</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2033</x:t>
-[...11 lines deleted...]
-    <x:t>$23,153,523.05</x:t>
+    <x:t>07/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LWVW7H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,787,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,196,215.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KWNRY68</x:t>
   </x:si>
   <x:si>
-    <x:t>144,500,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>155,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,763,937.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H3PG095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,980,653.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,246,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,967,911.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR5HYJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,142,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,701,864.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9Y483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,708,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,421,152.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5QTHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,888,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,174,215.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000JM2B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,403,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,755,480.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N8SKK57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,183,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,742,098.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF44QX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,034,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,686,639.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014JC5VB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,748,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,665,236.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C78R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,838,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,636,753.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3YG9F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911,379,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,332,547.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZZ8QY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,015,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,298,045.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BCBS933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,146,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,839,794.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000HPNX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>387,196,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,558,583.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N905NT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,475,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,364,363.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TNRR083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,217,703.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HT0LQW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,784,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,997,288.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Uruguay Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HDK71Q4</x:t>
   </x:si>
   <x:si>
     <x:t>9.750</x:t>
   </x:si>
   <x:si>
-    <x:t>699,684,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>710,604,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,996,586.91</x:t>
   </x:si>
   <x:si>
     <x:t>Uruguay</x:t>
   </x:si>
   <x:si>
     <x:t>UYU</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027</x:t>
-[...143 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q35RT30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,804,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,568,748.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007D4H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329,713,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,565,764.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,916,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,870,346.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKWC2H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,831,876.27</x:t>
   </x:si>
   <x:si>
     <x:t>International Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56V7J3</x:t>
   </x:si>
   <x:si>
-    <x:t>7.000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>334,280,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,352,151.96</x:t>
+    <x:t>$19,775,145.43</x:t>
   </x:si>
   <x:si>
     <x:t>Supra-National</x:t>
   </x:si>
   <x:si>
-    <x:t>04/25/2032</x:t>
-[...107 lines deleted...]
-    <x:t>$18,441,403.15</x:t>
+    <x:t>09/12/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019HY6HY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,733,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,724,787.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000B07Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,773,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,606,069.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009F0QNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,745,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,383,164.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PB9SND6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314,346,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,343,293.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86JP48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,666,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,339,083.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001J8G0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,925,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,112,169.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G530SR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,271,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,872,125.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P2SVD60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,044,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,855,289.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCLK700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,933,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,583,598.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HX7PF26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,456,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,565,909.00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TD1FJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>71,396,500,000</x:t>
-[...119 lines deleted...]
-    <x:t>$16,929,909.89</x:t>
+    <x:t>73,631,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,294,343.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,561,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,292,399.59</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ7Q7Z2</x:t>
   </x:si>
   <x:si>
     <x:t>11.500</x:t>
   </x:si>
   <x:si>
-    <x:t>61,482,600,000</x:t>
-[...77 lines deleted...]
-    <x:t>$16,478,487.40</x:t>
+    <x:t>69,983,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,258,919.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9H72P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,575,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,164,236.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,978,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,070,407.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WJSHD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,317,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,830,289.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01964QZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,506,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,791,458.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC5JZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,927,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,692,067.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia Treasury Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRT6QH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,726,030,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,422,491.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRW8VK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,643,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,376,313.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ303N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,505,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,006,245.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VG9ZHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,071,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,929,443.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N9YKBS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,060,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,843,731.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HNFV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608,381,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,733,379.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG9RK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>917,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,338,060.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DQMKR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,430,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,303,627.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BYJ4983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,397,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,287,683.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,205,944.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108L80X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>494,551,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,087,987.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008H3KDN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,876,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,904,713.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC0HST4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,466,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,886,205.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000P09N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,101,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,851,499.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6GHZV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,826,520.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0196KCCM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,754,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,804,781.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HSWG1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312,440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,686,758.08</x:t>
   </x:si>
   <x:si>
     <x:t>International Bank For Reconstruction &amp;</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014G2MHZ8</x:t>
   </x:si>
   <x:si>
     <x:t>7.250</x:t>
   </x:si>
   <x:si>
     <x:t>269,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,251,567.83</x:t>
+    <x:t>$15,560,650.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
-    <x:t>08/22/2029</x:t>
-[...122 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>09/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVLV6S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,882,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,532,768.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LRZYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,641,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,355,749.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QG1R1C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,027,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,346,234.51</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017GW0Z98</x:t>
   </x:si>
   <x:si>
     <x:t>7.540</x:t>
   </x:si>
   <x:si>
     <x:t>1,293,580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,230,373.72</x:t>
-[...20 lines deleted...]
-    <x:t>RSD</x:t>
+    <x:t>$15,280,592.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PPMPB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,389,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,243,542.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY6MBL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,393,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,240,151.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX4VF88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,488,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,226,506.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FGGRG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,411,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,190,289.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011KQ0GL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,454,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,117,661.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JTY3QW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,058,704.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YSF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540,329,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,963,038.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZ9HPX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,369,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,935,922.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N63RYY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,965,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,912,133.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWNGVD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,883,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,897,225.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230,191,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,739,485.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RDW789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>466,378,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,651,372.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFJX12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,245,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,618,312.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4XSYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,579,789.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042M9WV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,565,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,452,667.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H8DCP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,295,040,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,343,224.67</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JR4FHJ6</x:t>
   </x:si>
   <x:si>
     <x:t>247,780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,846,456.56</x:t>
-[...179 lines deleted...]
-    <x:t>CZK</x:t>
+    <x:t>$14,131,129.04</x:t>
   </x:si>
   <x:si>
     <x:t>European Investment Bank</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z70H1M9</x:t>
   </x:si>
   <x:si>
-    <x:t>1.000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>52,971,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,863,777.97</x:t>
+    <x:t>$14,127,010.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Luxembourg</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2031</x:t>
-[...191 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>03/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004X8PQX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,346,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,987,196.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M90JQD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,184,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,945,063.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015JZPDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,929,850.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY7NJS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,763,553.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH51F32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,241,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,680,153.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Investment Issue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKWWHK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,173,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,569,228.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZWTKQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,311,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,537,224.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,864,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,526,727.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002DJMDP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377,888,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,525,167.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019XJL2K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,004,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,510,524.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018N1MQ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,861,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,458,381.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTH1V60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,474,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,383,390.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6LC991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,193,890,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,361,612.63</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J31001</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
     <x:t>46,072,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,051,894.01</x:t>
-[...113 lines deleted...]
-    <x:t>$12,340,290.09</x:t>
+    <x:t>$13,301,605.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4N42C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,260,974.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNNMN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,355,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,096,460.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H1F1S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,493,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,956,338.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5YCZK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,609,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,894,691.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P12L2B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,605,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,886,270.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0045BVLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,882,017.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZYH95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,530,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,854,146.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRN6B80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,826,255.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DBR5TL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,567,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,709,940.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007X4TXG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,977,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,707,970.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQWWJ19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,133,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,678,050.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB0J4G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,882,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,622,105.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,621,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,586,747.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X7GK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,220,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,571,219.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>391,295,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,559,315.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>366,883,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,529,296.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N03TC31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,818,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,523,109.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P97LGV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,072,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,520,797.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H1J954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,980,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,488,009.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,477,430.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008M818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,440,557.36</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TNLSL34</x:t>
   </x:si>
   <x:si>
     <x:t>5.790</x:t>
   </x:si>
   <x:si>
     <x:t>1,122,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,250,439.81</x:t>
-[...59 lines deleted...]
-    <x:t>$11,995,834.00</x:t>
+    <x:t>$12,344,271.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNP0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,229,553.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKT8YS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,209,729.53</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NJ0M1H2</x:t>
   </x:si>
   <x:si>
     <x:t>10.750</x:t>
   </x:si>
   <x:si>
     <x:t>687,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,929,016.39</x:t>
+    <x:t>$12,202,568.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MGBRQN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375,567,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,130,558.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CJRN962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,123,701.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,331,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,100,206.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016PTLZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,033,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,034,013.47</x:t>
   </x:si>
   <x:si>
     <x:t>European Bank For Reconstruction &amp; Deve</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RMM2VB3</x:t>
   </x:si>
   <x:si>
     <x:t>1,081,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,903,277.07</x:t>
+    <x:t>$11,975,356.58</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
-    <x:t>07/23/2029</x:t>
-[...134 lines deleted...]
-    <x:t>$11,438,267.81</x:t>
+    <x:t>06/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001VXZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>338,368,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,972,785.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX26W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>357,669,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,963,364.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T3RFDF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,267,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,947,428.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GD4SJ54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,879,504.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NYSGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,868,506.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019X002T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,845,429.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP5YDY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,095,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,829,201.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2MF522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,295,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,813,763.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VDD9Y95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,629,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,758,333.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009K01880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,398,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,704,220.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRP9NQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,627,269.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0ZD13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,604,199.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR8F3C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,593,178.64</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB2QWT8</x:t>
   </x:si>
   <x:si>
     <x:t>5.850</x:t>
   </x:si>
   <x:si>
     <x:t>1,045,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,399,690.42</x:t>
-[...41 lines deleted...]
-    <x:t>$11,301,314.75</x:t>
+    <x:t>$11,482,748.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G292179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,442,428.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T4HHXV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,356,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,441,802.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HGD7Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,643,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,424,656.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016ZZPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,414,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,365,429.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,023,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,330,365.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,323,713.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,234,437.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBKRMC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,526,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,145,338.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYVF7S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,139,884.91</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C9TCJS4</x:t>
   </x:si>
   <x:si>
     <x:t>76,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,280,790.40</x:t>
-[...329 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$11,065,658.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K9TPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,251,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,064,908.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016QDF0Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,936,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,006,765.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFCD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,341,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,916,960.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015XQF9Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,909,713.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9M10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,902,939.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QG4R6G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>951,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,861,914.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC6Z35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,927,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,822,347.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVD7HB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,864,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,806,819.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KTHMXL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,224,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,780,945.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PPZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,445,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,721,886.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C4TDMN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,655,702.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3Y9JP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,994,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,655,263.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JKV6Z93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,494,988.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJYYLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,420,524.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRPMZ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,412,243.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6GCFJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289,786,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,405,951.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2YTBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,387,361.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZYH59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,859,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,368,386.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003BKTCT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,662,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,329,692.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016K3TW59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,521,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,317,922.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVSS6V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,302,744.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KTT17M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,294,935.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LC4WPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311,407,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,284,552.17</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N13MCM6</x:t>
   </x:si>
   <x:si>
     <x:t>50,951,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,492,421.41</x:t>
-[...170 lines deleted...]
-    <x:t>$10,070,485.21</x:t>
+    <x:t>$10,251,953.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QX95821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,208,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,210,669.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92MYS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,331,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,172,040.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GP2PZY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,916,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,114,161.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XHZK8R1</x:t>
   </x:si>
   <x:si>
     <x:t>928,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,059,521.39</x:t>
-[...47 lines deleted...]
-    <x:t>$9,941,621.78</x:t>
+    <x:t>$10,111,799.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B8YP0H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,915,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,072,498.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86ZF51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,304,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,037,501.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0089MP275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,021,041.92</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M2ZKL39</x:t>
   </x:si>
   <x:si>
     <x:t>152,631,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,940,264.60</x:t>
-[...116 lines deleted...]
-    <x:t>$9,655,535.26</x:t>
+    <x:t>$10,015,751.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MT49CP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,637,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,939,859.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WHL3BX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,198,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,911,493.10</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DSP6B40</x:t>
   </x:si>
   <x:si>
     <x:t>34,868,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,645,729.59</x:t>
-[...29 lines deleted...]
-    <x:t>$9,494,275.39</x:t>
+    <x:t>$9,823,594.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ4GML6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307,508,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,805,422.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2RXCQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,752,787.96</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PC4533</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
-    <x:t>157,035,000,000</x:t>
-[...56 lines deleted...]
-    <x:t>$9,370,448.94</x:t>
+    <x:t>160,329,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,697,914.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVXTLJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,770,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,596,918.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XX887F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,910,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,594,344.41</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NKY14J2</x:t>
   </x:si>
   <x:si>
     <x:t>35,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,330,225.65</x:t>
-[...146 lines deleted...]
-    <x:t>$9,141,140.75</x:t>
+    <x:t>$9,571,906.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0184P1LP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>832,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,525,937.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004P6QVY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,735,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,497,241.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GH8V3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,474,417.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,233,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,473,171.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CX531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,793,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,460,320.04</x:t>
   </x:si>
   <x:si>
     <x:t>07/19/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HLHQ9M8</x:t>
   </x:si>
   <x:si>
     <x:t>17.300</x:t>
   </x:si>
   <x:si>
-    <x:t>460,681,000</x:t>
-[...62 lines deleted...]
-    <x:t>China Government Bond</x:t>
+    <x:t>520,331,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,364,666.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6GLXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,151,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,324,959.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014R9CQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,210,866.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXDC4W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,799,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,209,776.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009QNZKZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,648,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,151,285.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFSC173</x:t>
   </x:si>
   <x:si>
-    <x:t>1.780</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>62,940,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,005,398.19</x:t>
-[...101 lines deleted...]
-    <x:t>$8,755,934.70</x:t>
+    <x:t>$9,078,385.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HH2H0P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>787,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,912,405.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WF4CDD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,250,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,881,130.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0D8X13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,880,088.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1QH037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,880,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,831,004.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C96YTS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,698,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,818,003.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NV0G444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,805,479.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HNK00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,780,779.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZTNHJR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,087,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,777,495.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2Y83S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272,133,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,747,665.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000F35R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,969,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,742,019.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038RJDV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,480,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,639,885.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRSW001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,611,934.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,814,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,608,861.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K9ZWBR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,462,733.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WKXJ191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,385,473.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9M2HF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>733,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,362,264.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MPVXVR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,405,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,161,795.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV4NXD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,442,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,142,608.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCWX38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,124,607.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perusahaan Penerbit Sbsn Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116XS8C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,113,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,121,050.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ0P2G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,666,290,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,106,658.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,090,019.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G40R2K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,073,726.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0022GWRN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,368,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,061,282.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9R46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,056,949.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDKC702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,573,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,048,298.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRLN3V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,044,154.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X8RDPM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,014,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,985,366.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G54JB31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,980,751.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVK7Q56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,276,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,901,218.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter-American Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2Q8610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,874,668.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HHNGZ16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,700,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,837,379.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PTG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,829,257.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SC42S74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,815,912.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMFP906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,809,855.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0057Y2XN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,730,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,760,180.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,741,360.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,734,097.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004K8VVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,314,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,680,101.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2ZXN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,640,987.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Côte D'Ivoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2N8LQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>662,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,636,245.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8D6X48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,633,125.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7H0564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,614,619.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBZ0M77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,612,952.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NXXC3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,609,670.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWFTFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,591,783.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBJ1MG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,545,215.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PBTSBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,424,316.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP47BY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,407,388.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWN0LJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,406,767.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7R9DF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,305,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,403,607.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W4GHDJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,372,204.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDDV9B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,912,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,357,260.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHHG51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,770,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,333,466.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138523W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,279,346.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JXGR4K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,955,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,265,509.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VLFLK06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,237,653.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWSBB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,235,592.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007CY05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,725,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,235,379.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RM4T2V7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,915,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,938,737.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WXWRDK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,040,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,898,522.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGWCHR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,866,557.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC9K0H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,836,214.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008QQJ434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,421,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,829,586.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000598L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,804,473.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLMJZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,779,182.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLMV4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,736,594.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL0CHC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,765,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,736,086.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T8HNDF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,005,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,724,013.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J798WS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,706,098.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MXQS0V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,013,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,705,008.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XPZ530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,677,159.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M1H6G90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,674,312.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ8KDT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,191,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,616,700.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FYJ28Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,549,134.30</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S1TVP66</x:t>
   </x:si>
   <x:si>
-    <x:t>146,224,000</x:t>
-[...827 lines deleted...]
-    <x:t>$6,660,090.68</x:t>
+    <x:t>108,144,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,489,565.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X5D9XY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,459,946.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G68Q9C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,418,684.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016MLRQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,520,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,407,261.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3DD458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,388,357.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJH1Z33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,357,175.48</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPFD6Z1</x:t>
   </x:si>
   <x:si>
     <x:t>109,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,625,305.30</x:t>
-[...11 lines deleted...]
-    <x:t>$6,613,123.91</x:t>
+    <x:t>$6,328,128.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QGB0G40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,314,337.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQM6RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,452,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,279,511.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS4XRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,342,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,275,703.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012919QL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,229,706.64</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KYM6GD2</x:t>
   </x:si>
   <x:si>
     <x:t>555,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,612,096.56</x:t>
-[...269 lines deleted...]
-    <x:t>$5,977,574.38</x:t>
+    <x:t>$6,214,842.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD075X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,132,009.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS1CKW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,074,500.46</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P0K1LR1</x:t>
   </x:si>
   <x:si>
     <x:t>40,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,965,869.73</x:t>
-[...38 lines deleted...]
-    <x:t>$5,882,084.82</x:t>
+    <x:t>$6,058,387.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY7CBK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,105,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,050,792.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K7D7038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,020,896.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3HMYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,105,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,981,524.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,035,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,968,948.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KYL9Q67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>514,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,956,854.40</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K22CM50</x:t>
   </x:si>
   <x:si>
     <x:t>7.320</x:t>
   </x:si>
   <x:si>
     <x:t>506,070,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,877,573.45</x:t>
-[...29 lines deleted...]
-    <x:t>$5,836,590.19</x:t>
+    <x:t>$5,931,219.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VZNKHD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,886,749.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL0CN32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,723,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,870,696.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YTQC093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,491,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,830,862.09</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZDW4M5</x:t>
   </x:si>
   <x:si>
     <x:t>2.270</x:t>
   </x:si>
   <x:si>
     <x:t>38,670,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,770,553.53</x:t>
-[...23 lines deleted...]
-    <x:t>$5,743,571.53</x:t>
+    <x:t>$5,824,643.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H0B3NK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,777,008.52</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4ZM676</x:t>
   </x:si>
   <x:si>
     <x:t>7.060</x:t>
   </x:si>
   <x:si>
     <x:t>492,930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,713,055.58</x:t>
-[...11 lines deleted...]
-    <x:t>$5,613,631.29</x:t>
+    <x:t>$5,739,068.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QLJFMP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,205,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,706,688.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4YS442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,638,991.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JDFH3H6</x:t>
   </x:si>
   <x:si>
     <x:t>2.480</x:t>
   </x:si>
   <x:si>
     <x:t>37,560,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,587,639.21</x:t>
-[...8 lines deleted...]
-    <x:t>$5,560,690.28</x:t>
+    <x:t>$5,619,423.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ8WCQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,481,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,611,705.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SRH42W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,601,189.95</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TTCHRN5</x:t>
   </x:si>
   <x:si>
     <x:t>2.680</x:t>
   </x:si>
   <x:si>
     <x:t>36,870,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,555,455.33</x:t>
-[...5 lines deleted...]
-    <x:t>BBG01219MSX1</x:t>
+    <x:t>$5,593,888.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5JZR61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,468,880.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F7YXHQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,839,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,451,051.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS21S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,399,286.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYCM1N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,380,941.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01588C4V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,272,235.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KN0MGH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,251,152.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDK2RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,185,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,241,167.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G41JF39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,223,575.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000096QJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,826,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,211,808.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F1YTH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,267,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,126,232.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG9SC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,114,648.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K7F2RV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,108,905.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HG8TKP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,711,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,093,809.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ0M1R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,092,346.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y52XRQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,079,663.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8Y0WQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,616,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,067,252.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBHTV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,051,326.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9YJ430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,049,651.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010VCD1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,009,718.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V87P2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,013,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,999,344.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XNZH200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,980,984.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZWTJKN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,972,626.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TP55NQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,960,172.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCHL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,945,458.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVBBX28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,732,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,925,794.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J29V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,921,587.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113P4TQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,846,115.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3G2HQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,840,338.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PRC0M44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,827,351.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C0D7TS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,630,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,815,751.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N0PWFT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,747,833.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S3HDGS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,743,390.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRSVQ78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,691,532.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV0DXC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,691,327.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QWGPXK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,674,250.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL887C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,653,810.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM3RR76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,651,129.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M4WQ6K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,639,545.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012R37YV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,263,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,611,693.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019V5ZWG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,062,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,518,771.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSYR36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,448,641.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018V2SB89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,441,962.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XQKSQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,336,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,433,642.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ1WQV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,424,424.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B36BKL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,360,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,406,922.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DCQS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,476,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,401,070.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMH2KP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,053,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,394,371.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q11W15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,293,189.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BX0VQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,288,717.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014VSMND5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,700,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,287,597.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FV8TYG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,567,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,280,908.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBC6KR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,251,626.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q7741T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,183,802.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDWGS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,182,549.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGPT05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,894,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,137,123.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017191V39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,094,328.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3J9GS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,730,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,079,234.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PT98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,069,727.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K23BHV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,054,428.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FDQ0ZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,039,320.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMV50M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,032,742.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JR4XXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,012,242.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LB0V843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,009,827.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNVMFM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,999,477.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019ZVC1Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,973,615.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG0DMR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,971,161.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01939XCK1</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
-    <x:t>37,930,000</x:t>
-[...281 lines deleted...]
-    <x:t>$5,121,661.69</x:t>
+    <x:t>25,560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,956,018.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,335,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,922,198.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYGQVW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,886,009.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0155W5693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,870,989.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY3DY80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,834,039.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G65BQY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,798,204.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFTZH69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,387,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,763,739.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W047PJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,757,910.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,726,883.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013GPFVB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,712,897.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFCF6Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,697,340.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000560D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,338,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,644,251.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRS5LP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,856,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,591,037.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019CFT046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,565,830.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT9H1R7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,560,245.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL34D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,532,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,552,325.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2ZG1N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,508,083.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012WGY1N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,503,454.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HMXB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,434,462.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZTNCR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,414,145.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RCZ81Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,619,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,401,025.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVJZLN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,368,685.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Infrastructure Investment Bank/Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHR0RQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,324,402.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WLMRNG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,517,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,288,338.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QPRFWR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,273,046.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012XBWR71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,265,748.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T565FR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,240,316.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B2DKB06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,232,957.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL7ZC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,873,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,200,702.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G65BQV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,135,804.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD28TC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,127,387.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014LNYRT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,065,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,117,490.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBDVT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,117,347.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9PZJJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,105,812.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,103,641.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NX4SVP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,083,746.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0163CWST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,077,005.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J4YPDL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,044,990.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRSNC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,702,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,953,861.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XSRDFQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,023,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,868,767.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WTG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,813,817.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LMZ2PX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,755,495.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z6JNKS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,638,245.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JC7V38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,350,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,616,906.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMXSJL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,600,161.31</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YC4HV15</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
-    <x:t>33,930,000</x:t>
-[...284 lines deleted...]
-    <x:t>$4,579,589.50</x:t>
+    <x:t>17,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,597,394.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016N7N4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,570,901.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0179JT527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,344,642.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCFS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,344,298.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C8SMF13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,800,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,304,280.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JQM2K76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,253,529.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5YWR34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,220,648.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnb Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVM0HD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,096,876.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB3HML6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,282,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,089,810.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J4TKL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,080,736.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HDCD97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,059,934.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016N88M05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,035,569.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGFPNJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,010,230.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B77PTF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,100,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,947,147.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PGM0WZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,834,038.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YL9JZ30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,723,039.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYCLZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,713,811.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W9LQ7S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,660,311.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018Z14HH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,649,638.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK7YLZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,584,498.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C72G1D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,600,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,575.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0K0245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,676.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWVC2K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,466,608.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C1Z2R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,415,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,399,956.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G51SBK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,914,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,328,136.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZBH3HK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,229,628.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C8QWC40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,570,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,896.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4NNJP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,088,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,408.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HZFJPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,112.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135NTLP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,160,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,813.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY6BGK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,758.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL2YHT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$917,839.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R00SQB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$897,309.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLMJZW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$832,367.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RH4T6S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,198.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R71PQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,679.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eskom Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000099QF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,633.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019M9HN15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,084,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,942.15</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z91NTP4</x:t>
   </x:si>
   <x:si>
-    <x:t>16,854,000</x:t>
-[...1733 lines deleted...]
-    <x:t>$455,913.23</x:t>
+    <x:t>2,034,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,129.60</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L0KDGD3</x:t>
   </x:si>
   <x:si>
     <x:t>39,470,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$455,159.46</x:t>
+    <x:t>$441,232.28</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJZX4M4</x:t>
   </x:si>
   <x:si>
     <x:t>2,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$307,358.39</x:t>
+    <x:t>$309,630.62</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J2GG20</x:t>
   </x:si>
   <x:si>
     <x:t>930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,940.17</x:t>
+    <x:t>$135,601.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Transnet/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00005M4D0</x:t>
   </x:si>
   <x:si>
     <x:t>13.500</x:t>
   </x:si>
   <x:si>
     <x:t>500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,353.30</x:t>
+    <x:t>$36,827.06</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>537,364,699</x:t>
-[...8 lines deleted...]
-    <x:t>$3,635,952.61</x:t>
+    <x:t>64,146,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,011.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,793.49</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>14,241,847</x:t>
-[...62 lines deleted...]
-    <x:t>$15,218.43</x:t>
+    <x:t>11,659,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,111.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>797,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,907.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,148,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,205.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,548,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,831.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>983,590,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,442.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>729,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,981.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,754,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,289.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,221.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,418.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,792.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,148,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,908.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,706.90</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>349,047</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,117.93</x:t>
-[...5 lines deleted...]
-    <x:t>$13,830.16</x:t>
+    <x:t>$10,972.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,904.47</x:t>
   </x:si>
   <x:si>
     <x:t>8,314,629</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,407.34</x:t>
+    <x:t>$9,583.32</x:t>
   </x:si>
   <x:si>
     <x:t>20,374</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,063.58</x:t>
-[...11 lines deleted...]
-    <x:t>$-152.36</x:t>
+    <x:t>$6,045.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-28,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-5,411.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-15,623,220.41</x:t>
-[...2 lines deleted...]
-    <x:t>-0.36%</x:t>
+    <x:t>$-583,423.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -7195,65 +7252,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2796069028e84a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2b0db9f6a8b24a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra060e1d72ce94fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed7f7074154c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra38985acbc7b4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R324ac8e9f22b4939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L509"/>
+  <x:dimension ref="A1:L513"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="22" customWidth="1"/>
+    <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="26" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -7514,19077 +7571,19229 @@
       <x:c r="C8" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="s">
+      <x:c r="I13" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="I13" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="I23" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="K24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="H24" s="1" t="s">
+      <x:c r="L24" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="K27" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="I27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J27" s="1" t="s">
+      <x:c r="L27" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="I29" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="L32" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="I33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="I35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="K47" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="L47" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="H50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="I50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="H55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="I55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="H61" s="1" t="s">
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="I61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="H62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="K71" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="L71" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="K80" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="L80" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="H81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="I81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J81" s="1" t="s">
+      <x:c r="K81" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="K81" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G88" s="1" t="s">
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="H88" s="1" t="s">
+      <x:c r="K88" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="I88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="F89" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="F90" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="F92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="H94" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="F99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="H99" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="H100" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="H101" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="H105" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H110" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="K110" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="K116" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="L116" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
+      <x:c r="H120" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="E120" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J121" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="H122" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="H123" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="H124" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G128" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H128" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="I150" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J150" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="F151" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H152" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="H153" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="H154" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G154" s="1" t="s">
+      <x:c r="I154" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J154" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="K154" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="H154" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="F155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G155" s="1" t="s">
+      <x:c r="H155" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="H155" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="E156" s="1" t="s">
+      <x:c r="F156" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="F156" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G156" s="1" t="s">
+      <x:c r="H156" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
-      <x:c r="H156" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="F157" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G157" s="1" t="s">
+      <x:c r="H157" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="H157" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="F158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G158" s="1" t="s">
+      <x:c r="H158" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="H158" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="F159" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G159" s="1" t="s">
+      <x:c r="H159" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="H159" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="I161" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J161" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="K161" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="L161" s="1" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="H166" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="H177" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="I177" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J177" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="E177" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="H190" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="I190" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J190" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="H190" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
-      <x:c r="F202" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G202" s="1" t="s">
+      <x:c r="H202" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
-      <x:c r="H202" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G203" s="1" t="s">
+      <x:c r="H203" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="H203" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
+      <x:c r="E204" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="F204" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G204" s="1" t="s">
+      <x:c r="H204" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="H204" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="E205" s="1" t="s">
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="F205" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G205" s="1" t="s">
+      <x:c r="H205" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="H205" s="1" t="s">
+      <x:c r="I205" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J205" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="I205" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
+      <x:c r="E208" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="E208" s="1" t="s">
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="F208" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G208" s="1" t="s">
+      <x:c r="H208" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="H208" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="D209" s="1" t="s">
+      <x:c r="F209" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G209" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="E209" s="1" t="s">
+      <x:c r="H209" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
-      <x:c r="F209" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
+      <x:c r="H210" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
-      <x:c r="E210" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="E211" s="1" t="s">
+      <x:c r="H211" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="F211" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
+      <x:c r="F212" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G212" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="E212" s="1" t="s">
+      <x:c r="H212" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="F212" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F213" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G213" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
+      <x:c r="H213" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="E213" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="F214" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
-      <x:c r="D214" s="1" t="s">
+      <x:c r="H214" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="E214" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="F215" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
+      <x:c r="H215" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="E215" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="D216" s="1" t="s">
+      <x:c r="F216" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="E216" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G216" s="1" t="s">
+      <x:c r="H216" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
-      <x:c r="H216" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="D217" s="1" t="s">
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="E217" s="1" t="s">
+      <x:c r="H217" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="F217" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G217" s="1" t="s">
+      <x:c r="I217" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J217" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="H217" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
+      <x:c r="H218" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
-      <x:c r="F218" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="H219" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="D221" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="F223" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="H223" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
-      <x:c r="E223" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="E224" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="F224" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G224" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
+      <x:c r="H224" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
-      <x:c r="E224" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="F225" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G225" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
+      <x:c r="H225" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
-      <x:c r="E225" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G226" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
+      <x:c r="H226" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
-      <x:c r="E226" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="H227" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="H228" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F229" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="H229" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="I229" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J229" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="F230" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G230" s="1" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="H230" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
-      <x:c r="D230" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F231" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="H231" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="F232" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c r="H232" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="D232" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="F234" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G234" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="H234" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="F235" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G235" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
-      <x:c r="C235" s="1" t="s">
+      <x:c r="H235" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="D235" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="H236" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="H237" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="C238" s="1" t="s">
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="D238" s="1" t="s">
+      <x:c r="H238" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="E238" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="F241" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G241" s="1" t="s">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="H241" s="1" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="I241" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J241" s="1" t="s">
         <x:v>1229</x:v>
       </x:c>
-      <x:c r="D241" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="H242" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="D242" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="I270" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J270" s="1" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="K270" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L270" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G271" s="1" t="s">
         <x:v>1366</x:v>
       </x:c>
-      <x:c r="D271" s="1" t="s">
+      <x:c r="H271" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
-      <x:c r="E271" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="D272" s="1" t="s">
+      <x:c r="F272" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
         <x:v>1371</x:v>
       </x:c>
-      <x:c r="E272" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G272" s="1" t="s">
+      <x:c r="H272" s="1" t="s">
         <x:v>1372</x:v>
       </x:c>
-      <x:c r="H272" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="D273" s="1" t="s">
+      <x:c r="E273" s="1" t="s">
         <x:v>1375</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1150</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="F277" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G277" s="1" t="s">
         <x:v>1394</x:v>
       </x:c>
-      <x:c r="F277" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G277" s="1" t="s">
+      <x:c r="H277" s="1" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="H277" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="D278" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="D278" s="1" t="s">
+      <x:c r="E278" s="1" t="s">
         <x:v>1398</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
         <x:v>1407</x:v>
       </x:c>
-      <x:c r="F280" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G280" s="1" t="s">
+      <x:c r="H280" s="1" t="s">
         <x:v>1408</x:v>
       </x:c>
-      <x:c r="H280" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
         <x:v>1410</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
+      <x:c r="E281" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
         <x:v>1411</x:v>
       </x:c>
-      <x:c r="E281" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G281" s="1" t="s">
+      <x:c r="H281" s="1" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="H281" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
         <x:v>1414</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="D284" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="D284" s="1" t="s">
+      <x:c r="E284" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="E284" s="1" t="s">
+      <x:c r="H284" s="1" t="s">
         <x:v>1424</x:v>
       </x:c>
-      <x:c r="F284" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D285" s="1" t="s">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="E285" s="1" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="F285" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G285" s="1" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="C285" s="1" t="s">
+      <x:c r="H285" s="1" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="D285" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="D286" s="1" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="E286" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="F286" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G286" s="1" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="H286" s="1" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="D286" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="D287" s="1" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="E287" s="1" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="F287" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G287" s="1" t="s">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="H287" s="1" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="D287" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="D288" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="E288" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="F288" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G288" s="1" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="H288" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="D288" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="F290" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G290" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="H290" s="1" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="I290" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J290" s="1" t="s">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="D290" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="F291" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G291" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="H291" s="1" t="s">
         <x:v>1455</x:v>
       </x:c>
-      <x:c r="D291" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>1461</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="D293" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
         <x:v>1468</x:v>
       </x:c>
-      <x:c r="D294" s="1" t="s">
+      <x:c r="H294" s="1" t="s">
         <x:v>1469</x:v>
       </x:c>
-      <x:c r="E294" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>1472</x:v>
       </x:c>
-      <x:c r="D295" s="1" t="s">
+      <x:c r="F295" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G295" s="1" t="s">
         <x:v>1473</x:v>
       </x:c>
-      <x:c r="E295" s="1" t="s">
+      <x:c r="H295" s="1" t="s">
         <x:v>1474</x:v>
       </x:c>
-      <x:c r="F295" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
-      <x:c r="D296" s="1" t="s">
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
         <x:v>1478</x:v>
       </x:c>
-      <x:c r="E296" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G296" s="1" t="s">
+      <x:c r="H296" s="1" t="s">
         <x:v>1479</x:v>
       </x:c>
-      <x:c r="H296" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="D297" s="1" t="s">
         <x:v>1481</x:v>
       </x:c>
-      <x:c r="D297" s="1" t="s">
+      <x:c r="E297" s="1" t="s">
         <x:v>1482</x:v>
       </x:c>
-      <x:c r="E297" s="1" t="s">
+      <x:c r="F297" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G297" s="1" t="s">
         <x:v>1483</x:v>
       </x:c>
-      <x:c r="F297" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G297" s="1" t="s">
+      <x:c r="H297" s="1" t="s">
         <x:v>1484</x:v>
       </x:c>
-      <x:c r="H297" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="D298" s="1" t="s">
         <x:v>1486</x:v>
       </x:c>
-      <x:c r="D298" s="1" t="s">
+      <x:c r="E298" s="1" t="s">
         <x:v>1487</x:v>
       </x:c>
-      <x:c r="E298" s="1" t="s">
+      <x:c r="F298" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G298" s="1" t="s">
         <x:v>1488</x:v>
       </x:c>
-      <x:c r="F298" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G298" s="1" t="s">
+      <x:c r="H298" s="1" t="s">
         <x:v>1489</x:v>
       </x:c>
-      <x:c r="H298" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="D299" s="1" t="s">
         <x:v>1491</x:v>
       </x:c>
-      <x:c r="D299" s="1" t="s">
+      <x:c r="E299" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F299" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G299" s="1" t="s">
         <x:v>1492</x:v>
       </x:c>
-      <x:c r="E299" s="1" t="s">
+      <x:c r="H299" s="1" t="s">
         <x:v>1493</x:v>
       </x:c>
-      <x:c r="F299" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="F300" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G300" s="1" t="s">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="D300" s="1" t="s">
+      <x:c r="H300" s="1" t="s">
         <x:v>1497</x:v>
       </x:c>
-      <x:c r="E300" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="E302" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F302" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G302" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="H302" s="1" t="s">
         <x:v>1505</x:v>
       </x:c>
-      <x:c r="D302" s="1" t="s">
+      <x:c r="I302" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J302" s="1" t="s">
         <x:v>1506</x:v>
       </x:c>
-      <x:c r="E302" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="D303" s="1" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="E303" s="1" t="s">
         <x:v>1509</x:v>
       </x:c>
-      <x:c r="D303" s="1" t="s">
+      <x:c r="F303" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G303" s="1" t="s">
         <x:v>1510</x:v>
       </x:c>
-      <x:c r="E303" s="1" t="s">
+      <x:c r="H303" s="1" t="s">
         <x:v>1511</x:v>
       </x:c>
-      <x:c r="F303" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="F304" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G304" s="1" t="s">
         <x:v>1514</x:v>
       </x:c>
-      <x:c r="D304" s="1" t="s">
+      <x:c r="H304" s="1" t="s">
         <x:v>1515</x:v>
       </x:c>
-      <x:c r="E304" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G305" s="1" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="H305" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
-      <x:c r="D305" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
         <x:v>1526</x:v>
       </x:c>
-      <x:c r="D307" s="1" t="s">
+      <x:c r="H307" s="1" t="s">
         <x:v>1527</x:v>
       </x:c>
-      <x:c r="E307" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="D308" s="1" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="F308" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G308" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="H308" s="1" t="s">
         <x:v>1531</x:v>
       </x:c>
-      <x:c r="D308" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="E312" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F312" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G312" s="1" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="H312" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="D312" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="D314" s="1" t="s">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="F314" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G314" s="1" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="H314" s="1" t="s">
         <x:v>1557</x:v>
       </x:c>
-      <x:c r="D314" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F315" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G315" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="H315" s="1" t="s">
         <x:v>1561</x:v>
       </x:c>
-      <x:c r="D315" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="D318" s="1" t="s">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="F318" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G318" s="1" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="H318" s="1" t="s">
         <x:v>1575</x:v>
       </x:c>
-      <x:c r="D318" s="1" t="s">
+      <x:c r="I318" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J318" s="1" t="s">
         <x:v>1576</x:v>
       </x:c>
-      <x:c r="E318" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="D319" s="1" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="F319" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G319" s="1" t="s">
         <x:v>1579</x:v>
       </x:c>
-      <x:c r="D319" s="1" t="s">
+      <x:c r="H319" s="1" t="s">
         <x:v>1580</x:v>
       </x:c>
-      <x:c r="E319" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="D320" s="1" t="s">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F320" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G320" s="1" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="H320" s="1" t="s">
         <x:v>1584</x:v>
       </x:c>
-      <x:c r="D320" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="D321" s="1" t="s">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="F321" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G321" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="H321" s="1" t="s">
         <x:v>1588</x:v>
       </x:c>
-      <x:c r="D321" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="D322" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="F322" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G322" s="1" t="s">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="D322" s="1" t="s">
+      <x:c r="H322" s="1" t="s">
         <x:v>1593</x:v>
       </x:c>
-      <x:c r="E322" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="E323" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F323" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G323" s="1" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="H323" s="1" t="s">
         <x:v>1597</x:v>
       </x:c>
-      <x:c r="D323" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="D324" s="1" t="s">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F324" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G324" s="1" t="s">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="H324" s="1" t="s">
         <x:v>1601</x:v>
       </x:c>
-      <x:c r="D324" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
+        <x:v>1602</x:v>
+      </x:c>
+      <x:c r="D325" s="1" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="F325" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G325" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="H325" s="1" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="D325" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="D326" s="1" t="s">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="E326" s="1" t="s">
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="F326" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G326" s="1" t="s">
         <x:v>1610</x:v>
       </x:c>
-      <x:c r="D326" s="1" t="s">
+      <x:c r="H326" s="1" t="s">
         <x:v>1611</x:v>
       </x:c>
-      <x:c r="E326" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
+        <x:v>1612</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="F327" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G327" s="1" t="s">
         <x:v>1614</x:v>
       </x:c>
-      <x:c r="D327" s="1" t="s">
+      <x:c r="H327" s="1" t="s">
         <x:v>1615</x:v>
       </x:c>
-      <x:c r="E327" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="D328" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="E328" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F328" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G328" s="1" t="s">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="H328" s="1" t="s">
         <x:v>1619</x:v>
       </x:c>
-      <x:c r="D328" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
         <x:v>1661</x:v>
       </x:c>
-      <x:c r="D337" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="D338" s="1" t="s">
+        <x:v>1663</x:v>
+      </x:c>
+      <x:c r="E338" s="1" t="s">
+        <x:v>1664</x:v>
+      </x:c>
+      <x:c r="F338" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G338" s="1" t="s">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="H338" s="1" t="s">
         <x:v>1666</x:v>
       </x:c>
-      <x:c r="D338" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="D339" s="1" t="s">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F339" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G339" s="1" t="s">
+        <x:v>1669</x:v>
+      </x:c>
+      <x:c r="H339" s="1" t="s">
         <x:v>1670</x:v>
       </x:c>
-      <x:c r="D339" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="D341" s="1" t="s">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="E341" s="1" t="s">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="F341" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G341" s="1" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="H341" s="1" t="s">
         <x:v>1679</x:v>
       </x:c>
-      <x:c r="D341" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="D342" s="1" t="s">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="E342" s="1" t="s">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="F342" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G342" s="1" t="s">
         <x:v>1683</x:v>
       </x:c>
-      <x:c r="D342" s="1" t="s">
+      <x:c r="H342" s="1" t="s">
         <x:v>1684</x:v>
       </x:c>
-      <x:c r="E342" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
+        <x:v>1685</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="E343" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F343" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G343" s="1" t="s">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="H343" s="1" t="s">
         <x:v>1688</x:v>
       </x:c>
-      <x:c r="D343" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="D344" s="1" t="s">
+        <x:v>1690</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="F344" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G344" s="1" t="s">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="H344" s="1" t="s">
         <x:v>1693</x:v>
       </x:c>
-      <x:c r="D344" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
+        <x:v>1706</x:v>
+      </x:c>
+      <x:c r="D348" s="1" t="s">
+        <x:v>1707</x:v>
+      </x:c>
+      <x:c r="E348" s="1" t="s">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
+        <x:v>1709</x:v>
+      </x:c>
+      <x:c r="H348" s="1" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="I348" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J348" s="1" t="s">
         <x:v>1711</x:v>
       </x:c>
-      <x:c r="D348" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
+        <x:v>1763</x:v>
+      </x:c>
+      <x:c r="E361" s="1" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="F361" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G361" s="1" t="s">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="H361" s="1" t="s">
         <x:v>1765</x:v>
       </x:c>
-      <x:c r="D361" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="D362" s="1" t="s">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="E362" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="F362" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G362" s="1" t="s">
         <x:v>1769</x:v>
       </x:c>
-      <x:c r="D362" s="1" t="s">
+      <x:c r="H362" s="1" t="s">
         <x:v>1770</x:v>
       </x:c>
-      <x:c r="E362" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="D363" s="1" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="E363" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="F363" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G363" s="1" t="s">
+        <x:v>1773</x:v>
+      </x:c>
+      <x:c r="H363" s="1" t="s">
         <x:v>1774</x:v>
       </x:c>
-      <x:c r="D363" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="D364" s="1" t="s">
+        <x:v>1776</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="F364" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G364" s="1" t="s">
+        <x:v>1777</x:v>
+      </x:c>
+      <x:c r="H364" s="1" t="s">
         <x:v>1778</x:v>
       </x:c>
-      <x:c r="D364" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
+        <x:v>1779</x:v>
+      </x:c>
+      <x:c r="D365" s="1" t="s">
+        <x:v>1780</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="F365" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G365" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="H365" s="1" t="s">
         <x:v>1783</x:v>
       </x:c>
-      <x:c r="D365" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
+        <x:v>1784</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
         <x:v>1787</x:v>
       </x:c>
-      <x:c r="D366" s="1" t="s">
+      <x:c r="H366" s="1" t="s">
         <x:v>1788</x:v>
       </x:c>
-      <x:c r="E366" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="E367" s="1" t="s">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="F367" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G367" s="1" t="s">
         <x:v>1792</x:v>
       </x:c>
-      <x:c r="E367" s="1" t="s">
+      <x:c r="H367" s="1" t="s">
         <x:v>1793</x:v>
       </x:c>
-      <x:c r="F367" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
+        <x:v>1795</x:v>
+      </x:c>
+      <x:c r="E368" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F368" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G368" s="1" t="s">
         <x:v>1796</x:v>
       </x:c>
-      <x:c r="E368" s="1" t="s">
+      <x:c r="H368" s="1" t="s">
         <x:v>1797</x:v>
       </x:c>
-      <x:c r="F368" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="D369" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="E369" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F369" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G369" s="1" t="s">
         <x:v>1800</x:v>
       </x:c>
-      <x:c r="D369" s="1" t="s">
+      <x:c r="H369" s="1" t="s">
         <x:v>1801</x:v>
       </x:c>
-      <x:c r="E369" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="D370" s="1" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="E370" s="1" t="s">
         <x:v>1804</x:v>
       </x:c>
-      <x:c r="D370" s="1" t="s">
+      <x:c r="F370" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G370" s="1" t="s">
         <x:v>1805</x:v>
       </x:c>
-      <x:c r="E370" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G370" s="1" t="s">
+      <x:c r="H370" s="1" t="s">
         <x:v>1806</x:v>
       </x:c>
-      <x:c r="H370" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
+        <x:v>1807</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
         <x:v>1808</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
+      <x:c r="E371" s="1" t="s">
         <x:v>1809</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1550</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
         <x:v>1814</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F377" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G377" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
-      <x:c r="F377" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G377" s="1" t="s">
+      <x:c r="H377" s="1" t="s">
         <x:v>1839</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1840</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="D378" s="1" t="s">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="E378" s="1" t="s">
         <x:v>1841</x:v>
       </x:c>
-      <x:c r="D378" s="1" t="s">
+      <x:c r="F378" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G378" s="1" t="s">
         <x:v>1842</x:v>
       </x:c>
-      <x:c r="E378" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G378" s="1" t="s">
+      <x:c r="H378" s="1" t="s">
         <x:v>1843</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1844</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D379" s="1" t="s">
+        <x:v>1844</x:v>
+      </x:c>
+      <x:c r="E379" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="F379" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G379" s="1" t="s">
         <x:v>1845</x:v>
       </x:c>
-      <x:c r="D379" s="1" t="s">
+      <x:c r="H379" s="1" t="s">
         <x:v>1846</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1849</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="D382" s="1" t="s">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="E382" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="F382" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G382" s="1" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="H382" s="1" t="s">
         <x:v>1858</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1861</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="D383" s="1" t="s">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="E383" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F383" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G383" s="1" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="H383" s="1" t="s">
         <x:v>1862</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1865</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="D384" s="1" t="s">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F384" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G384" s="1" t="s">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="H384" s="1" t="s">
         <x:v>1866</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1869</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="D385" s="1" t="s">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="F385" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G385" s="1" t="s">
         <x:v>1870</x:v>
       </x:c>
-      <x:c r="D385" s="1" t="s">
+      <x:c r="H385" s="1" t="s">
         <x:v>1871</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1873</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="E386" s="1" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="F386" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G386" s="1" t="s">
         <x:v>1874</x:v>
       </x:c>
-      <x:c r="E386" s="1" t="s">
+      <x:c r="H386" s="1" t="s">
         <x:v>1875</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1877</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
         <x:v>1878</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
         <x:v>1879</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
         <x:v>1884</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
         <x:v>1885</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
         <x:v>1887</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
         <x:v>1889</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F390" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G390" s="1" t="s">
         <x:v>1891</x:v>
       </x:c>
-      <x:c r="F390" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G390" s="1" t="s">
+      <x:c r="H390" s="1" t="s">
         <x:v>1892</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1893</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="D391" s="1" t="s">
         <x:v>1894</x:v>
       </x:c>
-      <x:c r="D391" s="1" t="s">
+      <x:c r="E391" s="1" t="s">
         <x:v>1895</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
         <x:v>1897</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
+        <x:v>1899</x:v>
+      </x:c>
+      <x:c r="D392" s="1" t="s">
+        <x:v>1900</x:v>
+      </x:c>
+      <x:c r="E392" s="1" t="s">
+        <x:v>1901</x:v>
+      </x:c>
+      <x:c r="F392" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G392" s="1" t="s">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="H392" s="1" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="I392" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J392" s="1" t="s">
         <x:v>1898</x:v>
       </x:c>
-      <x:c r="D392" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
         <x:v>1960</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D408" s="1" t="s">
         <x:v>1969</x:v>
       </x:c>
-      <x:c r="D408" s="1" t="s">
+      <x:c r="E408" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F408" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G408" s="1" t="s">
         <x:v>1970</x:v>
       </x:c>
-      <x:c r="E408" s="1" t="s">
+      <x:c r="H408" s="1" t="s">
         <x:v>1971</x:v>
       </x:c>
-      <x:c r="F408" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="D409" s="1" t="s">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="E409" s="1" t="s">
         <x:v>1974</x:v>
       </x:c>
-      <x:c r="D409" s="1" t="s">
+      <x:c r="F409" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G409" s="1" t="s">
         <x:v>1975</x:v>
       </x:c>
-      <x:c r="E409" s="1" t="s">
+      <x:c r="H409" s="1" t="s">
         <x:v>1976</x:v>
       </x:c>
-      <x:c r="F409" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="C410" s="1" t="s">
+        <x:v>1977</x:v>
+      </x:c>
+      <x:c r="D410" s="1" t="s">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="E410" s="1" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="F410" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G410" s="1" t="s">
         <x:v>1979</x:v>
       </x:c>
-      <x:c r="C410" s="1" t="s">
+      <x:c r="H410" s="1" t="s">
         <x:v>1980</x:v>
       </x:c>
-      <x:c r="D410" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
+        <x:v>1981</x:v>
+      </x:c>
+      <x:c r="D411" s="1" t="s">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="E411" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F411" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G411" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="H411" s="1" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="D411" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="D412" s="1" t="s">
+        <x:v>1985</x:v>
+      </x:c>
+      <x:c r="E412" s="1" t="s">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="F412" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G412" s="1" t="s">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="H412" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
-      <x:c r="D412" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1993</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1994</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
+        <x:v>1993</x:v>
+      </x:c>
+      <x:c r="D414" s="1" t="s">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="E414" s="1" t="s">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="F414" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G414" s="1" t="s">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="H414" s="1" t="s">
         <x:v>1997</x:v>
       </x:c>
-      <x:c r="D414" s="1" t="s">
+      <x:c r="I414" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J414" s="1" t="s">
         <x:v>1998</x:v>
       </x:c>
-      <x:c r="E414" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>2003</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>2021</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>2026</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>2030</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>2038</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>2039</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>2051</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>2055</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>2073</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>2074</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
-        <x:v>2077</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="F432" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G432" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="H432" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>2086</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
-        <x:v>2087</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>2096</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>2100</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
-        <x:v>2101</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>2103</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>2104</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>2105</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="F438" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G438" s="1" t="s">
-        <x:v>2106</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="H438" s="1" t="s">
-        <x:v>2107</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>2109</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="F439" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G439" s="1" t="s">
-        <x:v>2110</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="H439" s="1" t="s">
-        <x:v>2111</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>2112</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F440" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G440" s="1" t="s">
-        <x:v>2113</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="H440" s="1" t="s">
-        <x:v>2114</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>2115</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>2116</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F441" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G441" s="1" t="s">
-        <x:v>2117</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="H441" s="1" t="s">
-        <x:v>2118</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>2119</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F442" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G442" s="1" t="s">
-        <x:v>2121</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="H442" s="1" t="s">
-        <x:v>2122</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>2123</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>2124</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>2125</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="F443" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G443" s="1" t="s">
-        <x:v>2126</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="H443" s="1" t="s">
-        <x:v>2127</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>2128</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>2129</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="F444" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G444" s="1" t="s">
-        <x:v>2130</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="H444" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>2135</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="F445" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G445" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="H445" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C446" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D446" s="1" t="s">
+        <x:v>2132</x:v>
+      </x:c>
+      <x:c r="E446" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="C446" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F447" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G447" s="1" t="s">
-        <x:v>2144</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="H447" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>2147</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>2150</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="F449" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G449" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="H449" s="1" t="s">
-        <x:v>2154</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>2155</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>2156</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="D450" s="1" t="s">
-        <x:v>2158</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="E450" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="F450" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G450" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="H450" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>2163</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="F451" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G451" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="H451" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>2167</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
-        <x:v>2168</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
-        <x:v>2169</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>2170</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>2171</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="F453" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G453" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="H453" s="1" t="s">
-        <x:v>2172</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>2173</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>2174</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>2176</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
-        <x:v>2177</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="F455" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G455" s="1" t="s">
-        <x:v>2178</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="H455" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="D456" s="1" t="s">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="E456" s="1" t="s">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="F456" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G456" s="1" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="H456" s="1" t="s">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="I456" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J456" s="1" t="s">
         <x:v>2180</x:v>
       </x:c>
-      <x:c r="D456" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
+        <x:v>2183</x:v>
+      </x:c>
+      <x:c r="E457" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F457" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G457" s="1" t="s">
+        <x:v>2184</x:v>
+      </x:c>
+      <x:c r="H457" s="1" t="s">
         <x:v>2185</x:v>
       </x:c>
-      <x:c r="E457" s="1" t="s">
+      <x:c r="I457" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J457" s="1" t="s">
+        <x:v>2180</x:v>
+      </x:c>
+      <x:c r="K457" s="1" t="s">
         <x:v>2186</x:v>
       </x:c>
-      <x:c r="F457" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L457" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
+        <x:v>2187</x:v>
+      </x:c>
+      <x:c r="E458" s="1" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="F458" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G458" s="1" t="s">
+        <x:v>2189</x:v>
+      </x:c>
+      <x:c r="H458" s="1" t="s">
         <x:v>2190</x:v>
       </x:c>
-      <x:c r="E458" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
+        <x:v>2192</x:v>
+      </x:c>
+      <x:c r="D459" s="1" t="s">
         <x:v>2193</x:v>
       </x:c>
-      <x:c r="D459" s="1" t="s">
+      <x:c r="E459" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F459" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G459" s="1" t="s">
         <x:v>2194</x:v>
       </x:c>
-      <x:c r="E459" s="1" t="s">
+      <x:c r="H459" s="1" t="s">
         <x:v>2195</x:v>
       </x:c>
-      <x:c r="F459" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G459" s="1" t="s">
+      <x:c r="I459" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J459" s="1" t="s">
+        <x:v>2180</x:v>
+      </x:c>
+      <x:c r="K459" s="1" t="s">
         <x:v>2196</x:v>
       </x:c>
-      <x:c r="H459" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L459" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
+        <x:v>2197</x:v>
+      </x:c>
+      <x:c r="D460" s="1" t="s">
         <x:v>2198</x:v>
       </x:c>
-      <x:c r="D460" s="1" t="s">
+      <x:c r="E460" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F460" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G460" s="1" t="s">
         <x:v>2199</x:v>
       </x:c>
-      <x:c r="E460" s="1" t="s">
+      <x:c r="H460" s="1" t="s">
         <x:v>2200</x:v>
       </x:c>
-      <x:c r="F460" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="D461" s="1" t="s">
+        <x:v>2201</x:v>
+      </x:c>
+      <x:c r="E461" s="1" t="s">
+        <x:v>1649</x:v>
+      </x:c>
+      <x:c r="F461" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G461" s="1" t="s">
+        <x:v>2202</x:v>
+      </x:c>
+      <x:c r="H461" s="1" t="s">
         <x:v>2203</x:v>
       </x:c>
-      <x:c r="D461" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
+        <x:v>2204</x:v>
+      </x:c>
+      <x:c r="D462" s="1" t="s">
+        <x:v>2205</x:v>
+      </x:c>
+      <x:c r="E462" s="1" t="s">
+        <x:v>2206</x:v>
+      </x:c>
+      <x:c r="F462" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G462" s="1" t="s">
         <x:v>2207</x:v>
       </x:c>
-      <x:c r="D462" s="1" t="s">
+      <x:c r="H462" s="1" t="s">
         <x:v>2208</x:v>
       </x:c>
-      <x:c r="E462" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="D463" s="1" t="s">
+        <x:v>2209</x:v>
+      </x:c>
+      <x:c r="E463" s="1" t="s">
+        <x:v>2210</x:v>
+      </x:c>
+      <x:c r="F463" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G463" s="1" t="s">
+        <x:v>2211</x:v>
+      </x:c>
+      <x:c r="H463" s="1" t="s">
         <x:v>2212</x:v>
       </x:c>
-      <x:c r="D463" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
+        <x:v>2213</x:v>
+      </x:c>
+      <x:c r="D464" s="1" t="s">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="E464" s="1" t="s">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="F464" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G464" s="1" t="s">
         <x:v>2216</x:v>
       </x:c>
-      <x:c r="D464" s="1" t="s">
+      <x:c r="H464" s="1" t="s">
         <x:v>2217</x:v>
       </x:c>
-      <x:c r="E464" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="D465" s="1" t="s">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="E465" s="1" t="s">
         <x:v>2220</x:v>
       </x:c>
-      <x:c r="D465" s="1" t="s">
+      <x:c r="F465" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G465" s="1" t="s">
         <x:v>2221</x:v>
       </x:c>
-      <x:c r="E465" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G465" s="1" t="s">
+      <x:c r="H465" s="1" t="s">
         <x:v>2222</x:v>
       </x:c>
-      <x:c r="H465" s="1" t="s">
+      <x:c r="I465" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J465" s="1" t="s">
         <x:v>2223</x:v>
       </x:c>
-      <x:c r="I465" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
+        <x:v>2224</x:v>
+      </x:c>
+      <x:c r="D466" s="1" t="s">
         <x:v>2225</x:v>
       </x:c>
-      <x:c r="D466" s="1" t="s">
+      <x:c r="E466" s="1" t="s">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="F466" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G466" s="1" t="s">
         <x:v>2226</x:v>
       </x:c>
-      <x:c r="E466" s="1" t="s">
+      <x:c r="H466" s="1" t="s">
         <x:v>2227</x:v>
       </x:c>
-      <x:c r="F466" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="D467" s="1" t="s">
+        <x:v>2229</x:v>
+      </x:c>
+      <x:c r="E467" s="1" t="s">
         <x:v>2230</x:v>
       </x:c>
-      <x:c r="D467" s="1" t="s">
+      <x:c r="F467" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G467" s="1" t="s">
         <x:v>2231</x:v>
       </x:c>
-      <x:c r="E467" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G467" s="1" t="s">
+      <x:c r="H467" s="1" t="s">
         <x:v>2232</x:v>
       </x:c>
-      <x:c r="H467" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
+        <x:v>2233</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
         <x:v>2234</x:v>
       </x:c>
-      <x:c r="D468" s="1" t="s">
+      <x:c r="E468" s="1" t="s">
         <x:v>2235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="F468" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G468" s="1" t="s">
         <x:v>2236</x:v>
       </x:c>
       <x:c r="H468" s="1" t="s">
         <x:v>2237</x:v>
       </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
         <x:v>2238</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
         <x:v>2239</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="F469" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G469" s="1" t="s">
-        <x:v>2240</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="H469" s="1" t="s">
-        <x:v>2241</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>2242</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>2243</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F470" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G470" s="1" t="s">
-        <x:v>2244</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="H470" s="1" t="s">
-        <x:v>2245</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>2246</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>2247</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>2248</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F471" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G471" s="1" t="s">
         <x:v>2249</x:v>
       </x:c>
       <x:c r="H471" s="1" t="s">
         <x:v>2250</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
         <x:v>2251</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
         <x:v>2252</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="F472" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G472" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="H472" s="1" t="s">
-        <x:v>2254</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>2255</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
         <x:v>2258</x:v>
       </x:c>
       <x:c r="H473" s="1" t="s">
         <x:v>2259</x:v>
       </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="D474" s="1" t="s">
         <x:v>2261</x:v>
       </x:c>
-      <x:c r="D474" s="1" t="s">
+      <x:c r="E474" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F474" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G474" s="1" t="s">
         <x:v>2262</x:v>
       </x:c>
-      <x:c r="E474" s="1" t="s">
+      <x:c r="H474" s="1" t="s">
         <x:v>2263</x:v>
       </x:c>
-      <x:c r="F474" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="D475" s="1" t="s">
+        <x:v>2265</x:v>
+      </x:c>
+      <x:c r="E475" s="1" t="s">
         <x:v>2266</x:v>
       </x:c>
-      <x:c r="D475" s="1" t="s">
+      <x:c r="F475" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G475" s="1" t="s">
         <x:v>2267</x:v>
       </x:c>
-      <x:c r="E475" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G475" s="1" t="s">
+      <x:c r="H475" s="1" t="s">
         <x:v>2268</x:v>
       </x:c>
-      <x:c r="H475" s="1" t="s">
+      <x:c r="I475" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J475" s="1" t="s">
         <x:v>2269</x:v>
       </x:c>
-      <x:c r="I475" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
         <x:v>2270</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
         <x:v>2271</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
-        <x:v>2272</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="H476" s="1" t="s">
-        <x:v>2273</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>2274</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>2275</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>2276</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
         <x:v>2277</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
         <x:v>2278</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
         <x:v>2279</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>2281</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>2282</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>2284</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>2286</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>2287</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>2290</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>2291</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>2293</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>2294</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>2295</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>2296</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>2297</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>2298</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
         <x:v>2301</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
         <x:v>2302</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
         <x:v>2303</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
         <x:v>2304</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
         <x:v>2305</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
         <x:v>2306</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
         <x:v>2307</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
         <x:v>2308</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
         <x:v>2309</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
         <x:v>2310</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F485" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G485" s="1" t="s">
         <x:v>2311</x:v>
       </x:c>
       <x:c r="H485" s="1" t="s">
         <x:v>2312</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
+        <x:v>2316</x:v>
+      </x:c>
+      <x:c r="E486" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F486" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G486" s="1" t="s">
+        <x:v>2317</x:v>
+      </x:c>
+      <x:c r="H486" s="1" t="s">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="I486" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J486" s="1" t="s">
         <x:v>2313</x:v>
       </x:c>
-      <x:c r="D486" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>2317</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>2227</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="H487" s="1" t="s">
-        <x:v>2320</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>2322</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
         <x:v>2323</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
         <x:v>2324</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="F488" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G488" s="1" t="s">
         <x:v>2325</x:v>
       </x:c>
-      <x:c r="F488" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G488" s="1" t="s">
+      <x:c r="H488" s="1" t="s">
         <x:v>2326</x:v>
       </x:c>
-      <x:c r="H488" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
         <x:v>2328</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G489" s="1" t="s">
         <x:v>2329</x:v>
       </x:c>
-      <x:c r="G489" s="1" t="s">
+      <x:c r="H489" s="1" t="s">
         <x:v>2330</x:v>
       </x:c>
-      <x:c r="H489" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>2333</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>2335</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
-        <x:v>2336</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="F492" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G492" s="1" t="s">
-        <x:v>2337</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>2340</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>2341</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>2342</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>2352</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>2343</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
-        <x:v>2348</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>2349</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>2350</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F499" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G499" s="1" t="s">
-        <x:v>2351</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="H499" s="1" t="s">
-        <x:v>2352</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D500" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>2353</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
-        <x:v>2354</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F501" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G501" s="1" t="s">
-        <x:v>2355</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
-        <x:v>2356</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
-        <x:v>2358</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>2359</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2360</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>2361</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>2362</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>2363</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2366</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>2367</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
-        <x:v>2368</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>2378</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
-        <x:v>2369</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>2371</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D508" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F508" s="1" t="s">
-        <x:v>2372</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="G508" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="H508" s="1" t="s">
-        <x:v>2373</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>2374</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A509" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B509" s="2" t="s">
+      <x:c r="A509" s="1">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B509" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="C509" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D509" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="E509" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F509" s="1" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="G509" s="1" t="s">
+        <x:v>2383</x:v>
+      </x:c>
+      <x:c r="H509" s="1" t="s">
+        <x:v>2384</x:v>
+      </x:c>
+      <x:c r="I509" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J509" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="K509" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="L509" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A510" s="1">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B510" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="C510" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D510" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F510" s="1" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="G510" s="1" t="s">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="H510" s="1" t="s">
+        <x:v>2386</x:v>
+      </x:c>
+      <x:c r="I510" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J510" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="K510" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="L510" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A511" s="1">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="B511" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="C511" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D511" s="1" t="s">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="E511" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F511" s="1" t="s">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="G511" s="1" t="s">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="H511" s="1" t="s">
+        <x:v>2388</x:v>
+      </x:c>
+      <x:c r="I511" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J511" s="1" t="s">
+        <x:v>2389</x:v>
+      </x:c>
+      <x:c r="K511" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="L511" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A512" s="1">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B512" s="1" t="s">
+        <x:v>2390</x:v>
+      </x:c>
+      <x:c r="C512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F512" s="1" t="s">
+        <x:v>2391</x:v>
+      </x:c>
+      <x:c r="G512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H512" s="1" t="s">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="I512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J512" s="1" t="s">
+        <x:v>2393</x:v>
+      </x:c>
+      <x:c r="K512" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L512" s="1" t="s">
+        <x:v>2352</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="513" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A513" s="2" t="s">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="B513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C509" s="2" t="s">
+      <x:c r="C513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D509" s="2" t="s">
+      <x:c r="D513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E509" s="2" t="s">
+      <x:c r="E513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F509" s="2" t="s">
+      <x:c r="F513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G509" s="2" t="s">
+      <x:c r="G513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H509" s="2" t="s">
+      <x:c r="H513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I509" s="2" t="s">
+      <x:c r="I513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J509" s="2" t="s">
+      <x:c r="J513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K509" s="2" t="s">
+      <x:c r="K513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L509" s="2" t="s">
+      <x:c r="L513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A509:L509"/>
+    <x:mergeCell ref="A513:L513"/>
   </x:mergeCells>
 </x:worksheet>
 </file>