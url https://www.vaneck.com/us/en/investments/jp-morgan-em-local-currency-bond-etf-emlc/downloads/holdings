--- v6 (2026-02-07)
+++ v7 (2026-02-28)
@@ -1,7230 +1,7278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa83827042433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1dc9d2546a47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260205" sheetId="1" r:id="R324ac8e9f22b4939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260226" sheetId="1" r:id="R6afaa20479a64fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5647" uniqueCount="2395">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5691" uniqueCount="2411">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R7V2715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271,030,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,176,303.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Republic Of South Africa Government Bon</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0033KXYP7</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...11 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>704,733,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,123,908.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Turkiye Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSSWD52</x:t>
   </x:si>
   <x:si>
     <x:t>30.000</x:t>
   </x:si>
   <x:si>
-    <x:t>1,534,279,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>1,581,379,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,315,604.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
     <x:t>Mexican Bonos</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0021RCFH9</x:t>
   </x:si>
   <x:si>
     <x:t>7.750</x:t>
   </x:si>
   <x:si>
-    <x:t>675,374,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>681,412,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,797,708.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil Letras Do Tesouro Nacional</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJZNDZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>267,250,000</x:t>
-[...2 lines deleted...]
-    <x:t>$35,846,638.40</x:t>
+    <x:t>278,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,748,851.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0086H7FK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>538,873,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,402,394.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>02/28/2035</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>03/31/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T9FBB7</x:t>
   </x:si>
   <x:si>
     <x:t>8.250</x:t>
   </x:si>
   <x:si>
-    <x:t>512,953,388</x:t>
-[...2 lines deleted...]
-    <x:t>$33,419,210.02</x:t>
+    <x:t>532,383,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,671,219.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004T9FLP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>544,400,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,263,598.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002W625T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666,604,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,944,804.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2042</x:t>
-[...8 lines deleted...]
-    <x:t>$32,911,760.66</x:t>
+    <x:t>11/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0069HXQ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,609,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,566,429.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/23/2034</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>07/31/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018KMB098</x:t>
   </x:si>
   <x:si>
     <x:t>8.000</x:t>
   </x:si>
   <x:si>
-    <x:t>605,404,000</x:t>
-[...2 lines deleted...]
-    <x:t>$31,464,682.03</x:t>
+    <x:t>616,609,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,144,936.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HXBK2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532,545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,017,221.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTJ9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,770,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,948,171.67</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00JNKWY26</x:t>
   </x:si>
   <x:si>
-    <x:t>9.762</x:t>
-[...5 lines deleted...]
-    <x:t>$31,325,460.84</x:t>
+    <x:t>175,085,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,681,979.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0086HBT93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,662,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,510,374.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004T9DVS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>496,448,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,268,377.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C1D4CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,623,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,426,507.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004T96W58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,968,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,069,594.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNG1FL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,683,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,607,355.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6YHY27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,235,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,910,909.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWN6H31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>508,935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,782,358.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JRP2HN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,206,828,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,185,521.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWNNHS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,622,731.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>Colombian Tes</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C9WW658</x:t>
   </x:si>
   <x:si>
     <x:t>13.250</x:t>
   </x:si>
   <x:si>
-    <x:t>101,129,500,000</x:t>
-[...2 lines deleted...]
-    <x:t>$31,280,568.12</x:t>
+    <x:t>104,649,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,170,352.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Colombia</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027</x:t>
-[...197 lines deleted...]
-    <x:t>PEN</x:t>
+    <x:t>01/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNRY68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,821,474.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LWVW7H9</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>85,787,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,196,215.12</x:t>
-[...17 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$25,315,705.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H3PG095</x:t>
   </x:si>
   <x:si>
-    <x:t>149,430,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>150,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,061,651.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N8SKK57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,143,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,026,857.39</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MBNVK35</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>84,246,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,967,911.64</x:t>
+    <x:t>86,276,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,874,449.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKWC2H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,325,959.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9Y483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,238,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,261,710.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3YG9F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>972,219,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,014,802.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5QTHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,008,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,986,232.56</x:t>
   </x:si>
   <x:si>
     <x:t>India Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TR5HYJ1</x:t>
   </x:si>
   <x:si>
     <x:t>6.330</x:t>
   </x:si>
   <x:si>
     <x:t>2,142,380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,701,864.82</x:t>
+    <x:t>$23,600,865.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2034</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>08/12/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000JM2B6</x:t>
   </x:si>
   <x:si>
     <x:t>6.900</x:t>
   </x:si>
   <x:si>
-    <x:t>70,403,000</x:t>
-[...20 lines deleted...]
-    <x:t>$22,742,098.43</x:t>
+    <x:t>74,883,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,559,251.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C78R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,478,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,551,443.62</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF44QX7</x:t>
   </x:si>
   <x:si>
     <x:t>6.850</x:t>
   </x:si>
   <x:si>
-    <x:t>68,034,000</x:t>
-[...2 lines deleted...]
-    <x:t>$22,686,639.05</x:t>
+    <x:t>72,024,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,160,270.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000HPNX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,010,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,888,436.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BCBS933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,396,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,611,575.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZZ8QY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,015,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,302,928.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N905NT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,165,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,257,292.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HT0LQW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,936,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,016,354.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014JC5VB7</x:t>
   </x:si>
   <x:si>
     <x:t>9.250</x:t>
   </x:si>
   <x:si>
-    <x:t>101,748,700,000</x:t>
-[...89 lines deleted...]
-    <x:t>$21,364,363.10</x:t>
+    <x:t>106,298,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,938,886.27</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TNRR083</x:t>
   </x:si>
   <x:si>
     <x:t>1.250</x:t>
   </x:si>
   <x:si>
-    <x:t>86,425,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>86,905,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,457,439.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Uruguay Government International Bond</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HDK71Q4</x:t>
   </x:si>
   <x:si>
     <x:t>9.750</x:t>
   </x:si>
   <x:si>
     <x:t>710,604,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,996,586.91</x:t>
+    <x:t>$21,370,870.80</x:t>
   </x:si>
   <x:si>
     <x:t>Uruguay</x:t>
   </x:si>
   <x:si>
     <x:t>UYU</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007D4H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>332,853,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,285,419.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000B07Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>346,635,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,050,038.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86JP48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,812,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,020,796.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,235,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,903,799.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q35RT30</x:t>
   </x:si>
   <x:si>
     <x:t>6.790</x:t>
   </x:si>
   <x:si>
     <x:t>1,804,730,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,568,748.51</x:t>
-[...17 lines deleted...]
-    <x:t>$20,565,764.88</x:t>
+    <x:t>$20,526,061.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G530SR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,959,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,445,793.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56V7J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,160,323.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supra-National</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019HY6HY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,769,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,121,731.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001J8G0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,155,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,094,577.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>08/22/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TD35K22</x:t>
   </x:si>
   <x:si>
     <x:t>11.000</x:t>
   </x:si>
   <x:si>
-    <x:t>73,916,700,000</x:t>
-[...62 lines deleted...]
-    <x:t>$19,606,069.47</x:t>
+    <x:t>77,201,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,049,505.69</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009F0QNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,745,000,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>17,155,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,019,436.48</x:t>
   </x:si>
   <x:si>
     <x:t>Indonesia Treasury Bond</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P2SVD60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>323,844,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,959,665.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PB9SND6</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
     <x:t>314,346,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,343,293.06</x:t>
-[...71 lines deleted...]
-    <x:t>$18,855,289.67</x:t>
+    <x:t>$19,462,438.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCLK700</x:t>
   </x:si>
   <x:si>
     <x:t>7.600</x:t>
   </x:si>
   <x:si>
-    <x:t>54,933,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>58,123,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,040,946.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,763,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,835,169.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9H72P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,960,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,753,168.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TD1FJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,901,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,601,885.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WJSHD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,287,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,483,619.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HX7PF26</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
   <x:si>
     <x:t>296,456,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,565,909.00</x:t>
-[...23 lines deleted...]
-    <x:t>$18,292,399.59</x:t>
+    <x:t>$17,973,907.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N9YKBS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,331,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,889,234.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC5JZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,927,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,823,856.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia Treasury Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRT6QH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,793,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,754,303.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSD</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ7Q7Z2</x:t>
   </x:si>
   <x:si>
     <x:t>11.500</x:t>
   </x:si>
   <x:si>
-    <x:t>69,983,900,000</x:t>
-[...44 lines deleted...]
-    <x:t>$17,830,289.92</x:t>
+    <x:t>73,046,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,493,422.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRW8VK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,643,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,410,057.67</x:t>
   </x:si>
   <x:si>
     <x:t>08/22/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01964QZ35</x:t>
   </x:si>
   <x:si>
     <x:t>7.260</x:t>
   </x:si>
   <x:si>
     <x:t>1,506,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,791,458.35</x:t>
-[...50 lines deleted...]
-    <x:t>$17,376,313.56</x:t>
+    <x:t>$17,190,470.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VG9ZHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,071,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,190,248.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG9RK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>917,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,151,219.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FGGRG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,602,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,132,199.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108L80X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509,271,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,114,002.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JZ303N0</x:t>
   </x:si>
   <x:si>
     <x:t>6.875</x:t>
   </x:si>
   <x:si>
     <x:t>268,505,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,006,245.16</x:t>
-[...32 lines deleted...]
-    <x:t>$16,843,731.95</x:t>
+    <x:t>$17,104,024.77</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112HNFV3</x:t>
   </x:si>
   <x:si>
     <x:t>608,381,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,733,379.49</x:t>
-[...26 lines deleted...]
-    <x:t>DOP</x:t>
+    <x:t>$17,072,173.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0196KCCM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>458,884,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,029,184.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017GW0Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,437,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,003,294.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YSF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597,149,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,760,182.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVLV6S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,002,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,736,004.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,578,613.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008H3KDN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,008,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,575,001.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000P09N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,411,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,557,153.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6GHZV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,416,020.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01DQMKR56</x:t>
   </x:si>
   <x:si>
     <x:t>1,430,070,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,303,627.69</x:t>
+    <x:t>$16,373,865.70</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BYJ4983</x:t>
   </x:si>
   <x:si>
     <x:t>7.410</x:t>
   </x:si>
   <x:si>
     <x:t>1,397,680,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,287,683.03</x:t>
-[...59 lines deleted...]
-    <x:t>$15,904,713.40</x:t>
+    <x:t>$16,293,632.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HSWG1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,117,004.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019LRZYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,641,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,980,888.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWNGVD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,213,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,959,455.77</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WC0HST4</x:t>
   </x:si>
   <x:si>
     <x:t>5.770</x:t>
   </x:si>
   <x:si>
     <x:t>1,466,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,886,205.58</x:t>
-[...56 lines deleted...]
-    <x:t>$15,686,758.08</x:t>
+    <x:t>$15,878,041.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX4VF88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,546,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,863,872.12</x:t>
   </x:si>
   <x:si>
     <x:t>International Bank For Reconstruction &amp;</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014G2MHZ8</x:t>
   </x:si>
   <x:si>
     <x:t>7.250</x:t>
   </x:si>
   <x:si>
     <x:t>269,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,560,650.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$15,844,671.79</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2030</x:t>
-[...23 lines deleted...]
-    <x:t>$15,355,749.85</x:t>
+    <x:t>10/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JTY3QW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,377,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,695,938.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RDW789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>479,928,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,484,871.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/21/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH51F32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,448,090.25</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QG1R1C6</x:t>
   </x:si>
   <x:si>
     <x:t>53,027,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,346,234.51</x:t>
-[...14 lines deleted...]
-    <x:t>$15,280,592.33</x:t>
+    <x:t>$15,413,440.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N63RYY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,270,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,387,413.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246,391,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,342,302.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY6MBL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,393,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,269,805.54</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PPMPB1</x:t>
   </x:si>
   <x:si>
     <x:t>6.100</x:t>
   </x:si>
   <x:si>
     <x:t>1,389,790,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,243,542.26</x:t>
-[...44 lines deleted...]
-    <x:t>$15,190,289.91</x:t>
+    <x:t>$15,256,676.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M90JQD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>410,364,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,190,204.61</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011KQ0GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>66,454,500,000</x:t>
-[...29 lines deleted...]
-    <x:t>$14,963,038.45</x:t>
+    <x:t>69,239,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,030,023.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4XSYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,985,581.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H8DCP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,344,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,920,993.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015JZPDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,884,531.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042M9WV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,855,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,803,574.67</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JZ9HPX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.875</x:t>
   </x:si>
   <x:si>
-    <x:t>1,369,130,000</x:t>
-[...53 lines deleted...]
-    <x:t>$14,651,372.95</x:t>
+    <x:t>1,423,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,740,096.79</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PMFJX12</x:t>
   </x:si>
   <x:si>
     <x:t>225,245,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,618,312.14</x:t>
-[...41 lines deleted...]
-    <x:t>$14,343,224.67</x:t>
+    <x:t>$14,640,162.34</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JR4FHJ6</x:t>
   </x:si>
   <x:si>
     <x:t>247,780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,131,129.04</x:t>
+    <x:t>$14,571,432.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNNMN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,521,236.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019XJL2K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393,744,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,462,570.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018N1MQ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,271,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,354,956.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ0M1H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>748,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,282,809.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002DJMDP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,308,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,228,783.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY7NJS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,185,574.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,334,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,151,885.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004X8PQX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,346,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,070,168.36</x:t>
   </x:si>
   <x:si>
     <x:t>European Investment Bank</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z70H1M9</x:t>
   </x:si>
   <x:si>
     <x:t>52,971,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,127,010.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$14,048,677.09</x:t>
   </x:si>
   <x:si>
     <x:t>Luxembourg</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2034</x:t>
-[...65 lines deleted...]
-    <x:t>$13,680,153.49</x:t>
+    <x:t>12/17/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZWTKQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,360,040,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,019,048.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTH1V60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,017,328.89</x:t>
   </x:si>
   <x:si>
     <x:t>Malaysia Government Investment Issue</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NKWWHK1</x:t>
   </x:si>
   <x:si>
     <x:t>4.467</x:t>
   </x:si>
   <x:si>
     <x:t>49,173,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,569,228.25</x:t>
-[...98 lines deleted...]
-    <x:t>$13,383,390.23</x:t>
+    <x:t>$13,795,761.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0045BVLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,577,243.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4N42C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,564,314.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H1F1S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,612,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,534,154.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5YCZK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,219,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,527,838.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,455,472.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB0J4G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,742,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,372,994.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J31001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,072,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,320,881.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2MF522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,065,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,320,769.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,341,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,318,475.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P12L2B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,860,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,294,689.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DBR5TL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,917,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,290,968.28</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6LC991</x:t>
   </x:si>
   <x:si>
     <x:t>7.160</x:t>
   </x:si>
   <x:si>
     <x:t>1,193,890,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,361,612.63</x:t>
-[...95 lines deleted...]
-    <x:t>$12,882,017.01</x:t>
+    <x:t>$13,276,516.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375,183,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,203,794.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,175,123.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>European Bank For Reconstruction &amp; Deve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMM2VB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,189,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,144,186.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H1J954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,125,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,112,002.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008M818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,114,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,091,424.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNP0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,088,716.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRN6B80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,056,962.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016PTLZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,117,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,999,027.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K9TPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,911,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,877,786.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>379,311,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,841,574.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX26W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369,299,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,814,615.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P97LGV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,072,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,787,495.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RKZYH95</x:t>
   </x:si>
   <x:si>
-    <x:t>7.125</x:t>
-[...35 lines deleted...]
-    <x:t>$12,709,940.10</x:t>
+    <x:t>203,270,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,781,709.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MGBRQN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>384,597,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,767,215.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N03TC31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,818,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,742,203.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X7GK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,730,377.46</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007X4TXG8</x:t>
   </x:si>
   <x:si>
-    <x:t>54,977,000,000</x:t>
-[...2 lines deleted...]
-    <x:t>$12,707,970.36</x:t>
+    <x:t>57,407,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,687,204.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CJRN962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,674,787.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001VXZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,348,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,670,778.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T3RFDF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,567,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,660,514.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKT8YS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,615,188.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VDD9Y95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,099,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,613,698.01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQWWJ19</x:t>
   </x:si>
   <x:si>
-    <x:t>59,133,400,000</x:t>
-[...149 lines deleted...]
-    <x:t>$12,440,557.36</x:t>
+    <x:t>61,771,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,553,114.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NYSGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,495,222.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GD4SJ54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,234,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,467,829.96</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TNLSL34</x:t>
   </x:si>
   <x:si>
     <x:t>5.790</x:t>
   </x:si>
   <x:si>
     <x:t>1,122,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,344,271.58</x:t>
-[...188 lines deleted...]
-    <x:t>$11,868,506.55</x:t>
+    <x:t>$12,326,916.00</x:t>
   </x:si>
   <x:si>
     <x:t>Romania Government Bond</x:t>
   </x:si>
   <x:si>
+    <x:t>04/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR8F3C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,300,183.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019X002T6</x:t>
   </x:si>
   <x:si>
-    <x:t>45,475,000</x:t>
-[...8 lines deleted...]
-    <x:t>RON</x:t>
+    <x:t>46,455,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,296,255.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRP9NQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,284,339.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,653,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,261,759.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0ZD13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,234,095.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q5PPZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,993,900.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,410,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,948,614.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,918,914.19</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FP5YDY3</x:t>
   </x:si>
   <x:si>
     <x:t>7.900</x:t>
   </x:si>
   <x:si>
-    <x:t>43,095,000</x:t>
-[...32 lines deleted...]
-    <x:t>$11,758,333.62</x:t>
+    <x:t>45,365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,846,077.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016QDF0Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,966,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,790,629.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBKRMC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,926,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,782,037.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016ZZPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,414,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,747,704.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009K01880</x:t>
   </x:si>
   <x:si>
     <x:t>169,398,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,704,220.16</x:t>
-[...44 lines deleted...]
-    <x:t>$11,593,178.64</x:t>
+    <x:t>$11,687,647.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G292179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,656,685.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJYYLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,655,976.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T4HHXV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,356,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,641,456.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HGD7Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,643,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,633,076.24</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB2QWT8</x:t>
   </x:si>
   <x:si>
     <x:t>5.850</x:t>
   </x:si>
   <x:si>
     <x:t>1,045,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,482,748.36</x:t>
-[...116 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$11,477,435.57</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QYVF7S4</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
-    <x:t>40,644,000</x:t>
-[...2 lines deleted...]
-    <x:t>$11,139,884.91</x:t>
+    <x:t>43,004,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,434,478.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JKV6Z93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,385,852.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KTHMXL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,484,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,369,648.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2YTBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,321,888.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015XQF9Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,264,460.82</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C9TCJS4</x:t>
   </x:si>
   <x:si>
     <x:t>76,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,065,658.99</x:t>
-[...26 lines deleted...]
-    <x:t>$11,006,765.41</x:t>
+    <x:t>$11,249,868.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVSS6V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,240,580.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9M10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,077,287.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016K3TW59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,014,950.82</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0195FFCD3</x:t>
   </x:si>
   <x:si>
     <x:t>172,341,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,916,960.31</x:t>
-[...35 lines deleted...]
-    <x:t>China</x:t>
+    <x:t>$10,992,005.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVD7HB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,864,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,984,267.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6GCFJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,786,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,927,026.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3Y9JP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,994,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,895,636.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C4TDMN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,869,455.40</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QG4R6G6</x:t>
   </x:si>
   <x:si>
     <x:t>6.450</x:t>
   </x:si>
   <x:si>
     <x:t>951,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,861,914.62</x:t>
+    <x:t>$10,864,223.85</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PC6Z35</x:t>
   </x:si>
   <x:si>
     <x:t>170,927,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,822,347.88</x:t>
-[...95 lines deleted...]
-    <x:t>$10,420,524.93</x:t>
+    <x:t>$10,820,242.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B8YP0H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,285,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,758,506.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KTT17M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,729,234.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ4GML6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,068,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,709,558.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LC4WPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314,647,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,651,671.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92MYS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,481,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,648,395.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86ZF51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,814,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,625,580.97</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRPMZ99</x:t>
   </x:si>
   <x:si>
     <x:t>4.369</x:t>
   </x:si>
   <x:si>
     <x:t>39,382,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,412,243.98</x:t>
-[...29 lines deleted...]
-    <x:t>$10,387,361.21</x:t>
+    <x:t>$10,598,905.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WHL3BX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,608,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,576,312.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014R9CQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,427,734.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QX95821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,208,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,408,425.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003BKTCT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,662,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,363,494.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XX887F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,132,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,312,895.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GP2PZY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,916,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,277,996.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0089MP275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,200,178.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MT49CP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,637,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,104,366.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M2ZKL39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,631,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,089,541.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004P6QVY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,265,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,062,489.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038RJDV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,680,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,012,002.45</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RKZYH59</x:t>
   </x:si>
   <x:si>
     <x:t>158,859,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,368,386.52</x:t>
-[...50 lines deleted...]
-    <x:t>6.300</x:t>
+    <x:t>$10,010,600.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZK8R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,007,255.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,018,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,994,693.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004K8VVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,424,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,986,435.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2RXCQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,912,907.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DSP6B40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,868,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,840,418.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HLHQ9M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549,361,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,836,898.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CX531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,793,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,814,991.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVXTLJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,770,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,759,309.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC4533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,329,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,759,227.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GH8V3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,750,674.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKY14J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,658,750.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N13MCM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,951,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,632,535.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXDC4W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,759,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,618,737.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0184P1LP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>832,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,516,505.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6GLXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,021,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,495,241.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2Y83S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,103,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,371,118.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HNK00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,288,986.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000F35R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,822,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,281,459.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWFTFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,238,472.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFSC173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,213,408.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009QNZKZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,648,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,211,890.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HH2H0P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,113,204.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1QH037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,080,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,069,507.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0D8X13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,019,977.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7R9DF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,455,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,961,932.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,957,640.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZTNHJR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,087,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,935,954.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C96YTS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,698,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,926,440.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLMV4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,853,451.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9R46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,847,318.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NV0G444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,831,724.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MPVXVR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,753,964.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NXXC3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,693,935.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRSW001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,683,870.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WF4CDD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,420,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,674,937.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T8HNDF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,533,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,659,689.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M1H6G90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,557,031.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WKXJ191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,520,086.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDKC702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,248,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,506,675.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K9ZWBR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,493,803.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCWX38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,487,825.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,963,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,470,627.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ0P2G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,739,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,432,823.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G40R2K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,410,211.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,814,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,405,947.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9M2HF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>733,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,358,540.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRLN3V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,353,186.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter-American Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGWCHR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,351,795.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV4NXD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,442,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,294,937.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perusahaan Penerbit Sbsn Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116XS8C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,113,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,176,982.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS1CKW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,138,060.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMFP906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,111,152.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0022GWRN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,368,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,101,022.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HHNGZ16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,835,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,030,728.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7H0564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,028,304.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G54JB31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,969,294.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PTG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,954,013.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2Q8610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,866,312.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,856,330.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBZ0M77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,845,258.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SC42S74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,828,789.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138523W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,823,347.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0057Y2XN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114,730,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,819,330.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007CY05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,505,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,811,780.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHHG51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,793,526.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDK2RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,015,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,761,613.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2ZXN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,737,879.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Côte D'Ivoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP47BY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,715,832.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBJ1MG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,670,355.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X8RDPM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,169,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,662,024.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G68Q9C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>658,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,657,986.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2N8LQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>662,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,630,031.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8D6X48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,629,627.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JXGR4K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,110,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,519,385.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W4GHDJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,494,620.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VLFLK06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,480,081.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PBTSBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,471,491.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVK7Q56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,276,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,405,745.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDDV9B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,912,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,402,010.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS4XRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236,182,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,351,912.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RM4T2V7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,325,382.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWSBB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,305,027.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WXWRDK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,267,372.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000598L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,211,224.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWN0LJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,105,938.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,021,314.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL0CHC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,765,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,016,003.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008QQJ434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,421,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,987,254.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC9K0H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,951,978.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJH1Z33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,950,551.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XPZ530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,820,812.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J798WS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,817,631.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLMJZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,816,619.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K7D7038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,804,232.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QGB0G40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,804,006.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012919QL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,762,452.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MXQS0V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,013,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,699,247.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1TVP66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,144,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,670,794.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ8KDT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,191,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,659,789.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FYJ28Q8</x:t>
   </x:si>
   <x:si>
     <x:t>42,140,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,294,935.18</x:t>
-[...1451 lines deleted...]
-    <x:t>$6,489,565.04</x:t>
+    <x:t>$6,654,837.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDW4M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,621,929.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY7CBK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,560,677.52</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X5D9XY4</x:t>
   </x:si>
   <x:si>
     <x:t>3.810</x:t>
   </x:si>
   <x:si>
     <x:t>34,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,459,946.47</x:t>
-[...11 lines deleted...]
-    <x:t>$6,418,684.39</x:t>
+    <x:t>$6,553,516.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VZNKHD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,549,813.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JPFD6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,464,500.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016MLRQ1</x:t>
   </x:si>
   <x:si>
     <x:t>102,520,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,407,261.21</x:t>
+    <x:t>$6,458,495.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQM6RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,452,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,415,654.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ8WCQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,131,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,412,974.51</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W3DD458</x:t>
   </x:si>
   <x:si>
     <x:t>6.010</x:t>
   </x:si>
   <x:si>
     <x:t>579,840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,388,357.63</x:t>
-[...77 lines deleted...]
-    <x:t>$6,229,706.64</x:t>
+    <x:t>$6,384,332.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8Y0WQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,962,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,245,405.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD075X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,232,574.10</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KYM6GD2</x:t>
   </x:si>
   <x:si>
     <x:t>555,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,214,842.97</x:t>
-[...29 lines deleted...]
-    <x:t>$6,074,500.46</x:t>
+    <x:t>$6,203,416.62</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P0K1LR1</x:t>
   </x:si>
   <x:si>
     <x:t>40,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,058,387.07</x:t>
-[...26 lines deleted...]
-    <x:t>$6,020,896.42</x:t>
+    <x:t>$6,178,626.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YTQC093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,576,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,134,038.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V87P2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,828,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,058,283.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL0CN32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,723,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,047,695.69</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3HMYS2</x:t>
   </x:si>
   <x:si>
     <x:t>27,105,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,981,524.87</x:t>
-[...11 lines deleted...]
-    <x:t>$5,968,948.50</x:t>
+    <x:t>$6,017,497.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QLJFMP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,095,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,981,016.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KYL9Q67</x:t>
   </x:si>
   <x:si>
     <x:t>7.050</x:t>
   </x:si>
   <x:si>
     <x:t>514,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,956,854.40</x:t>
+    <x:t>$5,933,721.89</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K22CM50</x:t>
   </x:si>
   <x:si>
     <x:t>7.320</x:t>
   </x:si>
   <x:si>
     <x:t>506,070,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,931,219.91</x:t>
-[...50 lines deleted...]
-    <x:t>$5,824,643.61</x:t>
+    <x:t>$5,926,912.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TTCHRN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,924,445.42</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H0B3NK0</x:t>
   </x:si>
   <x:si>
     <x:t>2.620</x:t>
   </x:si>
   <x:si>
     <x:t>37,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,777,008.52</x:t>
+    <x:t>$5,873,386.98</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4ZM676</x:t>
   </x:si>
   <x:si>
     <x:t>7.060</x:t>
   </x:si>
   <x:si>
     <x:t>492,930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,739,068.17</x:t>
-[...11 lines deleted...]
-    <x:t>$5,706,688.48</x:t>
+    <x:t>$5,732,865.42</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4YS442</x:t>
   </x:si>
   <x:si>
     <x:t>3.290</x:t>
   </x:si>
   <x:si>
     <x:t>36,430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,638,991.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$5,727,142.71</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JDFH3H6</x:t>
   </x:si>
   <x:si>
     <x:t>2.480</x:t>
   </x:si>
   <x:si>
     <x:t>37,560,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,619,423.24</x:t>
-[...14 lines deleted...]
-    <x:t>$5,611,705.85</x:t>
+    <x:t>$5,709,540.10</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SRH42W7</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
     <x:t>168,340,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,601,189.95</x:t>
-[...14 lines deleted...]
-    <x:t>$5,593,888.64</x:t>
+    <x:t>$5,677,882.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XSRDFQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,073,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,557,512.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3J9GS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,030,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,551,073.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PT98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,670,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,498,386.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ0M1R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,475,526.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYCM1N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,464,180.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014VSMND5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,560,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,420,691.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS21S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,396,857.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG9SC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,369,203.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVBBX28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,932,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,359,104.19</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z5JZR61</x:t>
   </x:si>
   <x:si>
     <x:t>96,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,468,880.18</x:t>
+    <x:t>$5,348,865.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KN0MGH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,342,043.92</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F7YXHQ2</x:t>
   </x:si>
   <x:si>
     <x:t>82,839,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,451,051.43</x:t>
-[...29 lines deleted...]
-    <x:t>$5,380,941.02</x:t>
+    <x:t>$5,304,222.52</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01588C4V5</x:t>
   </x:si>
   <x:si>
     <x:t>33,920,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,272,235.62</x:t>
-[...26 lines deleted...]
-    <x:t>$5,241,167.00</x:t>
+    <x:t>$5,292,729.88</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G41JF39</x:t>
   </x:si>
   <x:si>
     <x:t>450,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,223,575.24</x:t>
+    <x:t>$5,202,013.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K7F2RV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,193,997.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J29V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,188,467.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012F1YTH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,267,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,169,625.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y52XRQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,163,524.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBHTV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,130,366.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9YJ430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,129,809.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSYR36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,125,378.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010VCD1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,086,105.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZWTJKN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,060,457.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TP55NQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,037,510.61</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000096QJ5</x:t>
   </x:si>
   <x:si>
     <x:t>70,826,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,211,808.93</x:t>
-[...41 lines deleted...]
-    <x:t>$5,108,905.08</x:t>
+    <x:t>$5,029,496.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCHL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,028,382.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FV8TYG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,057,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,006,246.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL887C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,998,170.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,028,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,980,562.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ1WQV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,944,781.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113P4TQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,923,109.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3G2HQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,914,878.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PRC0M44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,913,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XNZH200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,902,891.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C0D7TS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,630,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,850,267.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S3HDGS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,805,501.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRSNC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,502,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,776,188.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV0DXC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,763,858.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QWGPXK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,748,593.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N0PWFT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,745,742.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM3RR76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,727,641.09</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HG8TKP4</x:t>
   </x:si>
   <x:si>
     <x:t>273,711,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,093,809.38</x:t>
-[...248 lines deleted...]
-    <x:t>$4,743,390.19</x:t>
+    <x:t>$4,724,730.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMH2KP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,293,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,691,207.56</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRSVQ78</x:t>
   </x:si>
   <x:si>
     <x:t>2.150</x:t>
   </x:si>
   <x:si>
     <x:t>32,930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,691,532.98</x:t>
-[...59 lines deleted...]
-    <x:t>$4,651,129.82</x:t>
+    <x:t>$4,681,718.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZTNCR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,680,388.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012R37YV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,263,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,645,707.19</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M4WQ6K1</x:t>
   </x:si>
   <x:si>
     <x:t>392,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,639,545.36</x:t>
-[...11 lines deleted...]
-    <x:t>$4,611,693.08</x:t>
+    <x:t>$4,636,309.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B36BKL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,490,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,610,028.29</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019V5ZWG7</x:t>
   </x:si>
   <x:si>
     <x:t>4.662</x:t>
   </x:si>
   <x:si>
     <x:t>16,062,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,518,771.01</x:t>
-[...8 lines deleted...]
-    <x:t>$4,448,641.55</x:t>
+    <x:t>$4,598,519.27</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018V2SB89</x:t>
   </x:si>
   <x:si>
     <x:t>29,960,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,441,962.42</x:t>
+    <x:t>$4,509,277.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WLMRNG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,067,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,505,260.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DCQS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,476,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,487,076.51</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001XQKSQ1</x:t>
   </x:si>
   <x:si>
     <x:t>66,336,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,433,642.60</x:t>
-[...53 lines deleted...]
-    <x:t>$4,394,371.46</x:t>
+    <x:t>$4,476,862.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017191V39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,418,799.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGPT05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,958,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,378,219.14</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019Q11W15</x:t>
   </x:si>
   <x:si>
     <x:t>28,330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,293,189.58</x:t>
+    <x:t>$4,364,214.25</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BX0VQC2</x:t>
   </x:si>
   <x:si>
     <x:t>2.790</x:t>
   </x:si>
   <x:si>
     <x:t>28,190,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,288,717.62</x:t>
-[...23 lines deleted...]
-    <x:t>$4,280,908.02</x:t>
+    <x:t>$4,357,594.99</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBC6KR5</x:t>
   </x:si>
   <x:si>
     <x:t>72,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,251,626.79</x:t>
+    <x:t>$4,333,393.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNVMFM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,322,449.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDWGS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,262,914.19</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q7741T0</x:t>
   </x:si>
   <x:si>
     <x:t>1.740</x:t>
   </x:si>
   <x:si>
     <x:t>28,610,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,183,802.93</x:t>
-[...68 lines deleted...]
-    <x:t>$4,069,727.43</x:t>
+    <x:t>$4,255,849.72</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K23BHV1</x:t>
   </x:si>
   <x:si>
     <x:t>2.390</x:t>
   </x:si>
   <x:si>
     <x:t>27,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,054,428.95</x:t>
+    <x:t>$4,117,175.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2ZG1N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,116,544.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JR4XXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,099,176.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,091,041.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LB0V843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,084,078.41</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FDQ0ZY8</x:t>
   </x:si>
   <x:si>
     <x:t>2.880</x:t>
   </x:si>
   <x:si>
     <x:t>25,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,039,320.24</x:t>
+    <x:t>$4,054,387.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG0DMR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,054,019.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019ZVC1Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,034,816.45</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMV50M3</x:t>
   </x:si>
   <x:si>
     <x:t>6.480</x:t>
   </x:si>
   <x:si>
     <x:t>360,840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,032,742.10</x:t>
-[...62 lines deleted...]
-    <x:t>$3,971,161.94</x:t>
+    <x:t>$4,030,005.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LMZ2PX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,028,707.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W047PJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,994,686.40</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01939XCK1</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
     <x:t>25,560,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,956,018.91</x:t>
-[...11 lines deleted...]
-    <x:t>$3,922,198.58</x:t>
+    <x:t>$3,973,931.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY3DY80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,972,351.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T565FR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,285,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,954.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0155W5693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,942,469.26</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYGQVW0</x:t>
   </x:si>
   <x:si>
     <x:t>14,855,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,886,009.31</x:t>
-[...23 lines deleted...]
-    <x:t>$3,834,039.51</x:t>
+    <x:t>$3,890,763.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFTZH69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,387,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,884,122.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HMXB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,868,017.00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G65BQY8</x:t>
   </x:si>
   <x:si>
     <x:t>25,120,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,798,204.13</x:t>
-[...35 lines deleted...]
-    <x:t>$3,726,883.78</x:t>
+    <x:t>$3,858,679.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RCZ81Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,781,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,855,998.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012WGY1N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,820,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,823,490.87</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013GPFVB2</x:t>
   </x:si>
   <x:si>
     <x:t>2.890</x:t>
   </x:si>
   <x:si>
     <x:t>23,840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,712,897.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$3,775,358.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT9H1R7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,774,347.15</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFCF6Z3</x:t>
   </x:si>
   <x:si>
     <x:t>23,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,697,340.29</x:t>
+    <x:t>$3,760,124.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL34D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,092,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,731,799.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVJZLN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,722,571.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRS5LP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,856,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,677,878.49</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000560D6</x:t>
   </x:si>
   <x:si>
     <x:t>52,338,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,644,251.33</x:t>
-[...8 lines deleted...]
-    <x:t>$3,591,037.29</x:t>
+    <x:t>$3,667,622.10</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019CFT046</x:t>
   </x:si>
   <x:si>
     <x:t>23,120,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,565,830.27</x:t>
-[...101 lines deleted...]
-    <x:t>$3,368,685.98</x:t>
+    <x:t>$3,622,917.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBDVT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,573,862.29</x:t>
   </x:si>
   <x:si>
     <x:t>Asian Infrastructure Investment Bank/Th</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZHR0RQ6</x:t>
   </x:si>
   <x:si>
     <x:t>55,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,324,402.84</x:t>
-[...11 lines deleted...]
-    <x:t>$3,288,338.89</x:t>
+    <x:t>$3,377,525.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012XBWR71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,325,458.64</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QPRFWR8</x:t>
   </x:si>
   <x:si>
     <x:t>22,610,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,273,046.99</x:t>
-[...26 lines deleted...]
-    <x:t>$3,240,316.05</x:t>
+    <x:t>$3,325,214.22</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B2DKB06</x:t>
   </x:si>
   <x:si>
     <x:t>3.120</x:t>
   </x:si>
   <x:si>
     <x:t>19,280,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,232,957.21</x:t>
+    <x:t>$3,295,453.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014LNYRT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,104,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,290,036.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,279,590.68</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HNL7ZC2</x:t>
   </x:si>
   <x:si>
     <x:t>115,873,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,200,702.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$3,271,815.50</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G65BQV1</x:t>
   </x:si>
   <x:si>
     <x:t>3.190</x:t>
   </x:si>
   <x:si>
     <x:t>18,430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,135,804.75</x:t>
+    <x:t>$3,186,217.79</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PD28TC9</x:t>
   </x:si>
   <x:si>
     <x:t>20,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,127,387.10</x:t>
-[...26 lines deleted...]
-    <x:t>$3,117,347.99</x:t>
+    <x:t>$3,174,954.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NX4SVP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,164,773.47</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9PZJJ4</x:t>
   </x:si>
   <x:si>
     <x:t>1.490</x:t>
   </x:si>
   <x:si>
     <x:t>21,690,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,105,812.31</x:t>
-[...20 lines deleted...]
-    <x:t>$3,083,746.86</x:t>
+    <x:t>$3,157,055.79</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0163CWST7</x:t>
   </x:si>
   <x:si>
     <x:t>19,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,077,005.76</x:t>
+    <x:t>$3,126,294.56</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J4YPDL9</x:t>
   </x:si>
   <x:si>
     <x:t>266,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,044,990.46</x:t>
-[...29 lines deleted...]
-    <x:t>$2,868,767.24</x:t>
+    <x:t>$3,031,904.48</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P50WTG1</x:t>
   </x:si>
   <x:si>
     <x:t>2.330</x:t>
   </x:si>
   <x:si>
     <x:t>19,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,813,817.89</x:t>
-[...8 lines deleted...]
-    <x:t>$2,755,495.96</x:t>
+    <x:t>$2,839,895.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZBH3HK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,831,362.88</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z6JNKS3</x:t>
   </x:si>
   <x:si>
-    <x:t>17,090,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>17,560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,822,724.95</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JC7V38</x:t>
   </x:si>
   <x:si>
     <x:t>45,350,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,616,906.18</x:t>
+    <x:t>$2,665,965.41</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RMXSJL7</x:t>
   </x:si>
   <x:si>
     <x:t>1.920</x:t>
   </x:si>
   <x:si>
     <x:t>19,610,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,600,161.31</x:t>
+    <x:t>$2,644,922.06</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YC4HV15</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>17,240,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,597,394.12</x:t>
+    <x:t>$2,638,208.72</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016N7N4C7</x:t>
   </x:si>
   <x:si>
     <x:t>3.320</x:t>
   </x:si>
   <x:si>
     <x:t>14,840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,570,901.36</x:t>
+    <x:t>$2,617,697.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCFS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,388,012.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0179JT527</x:t>
   </x:si>
   <x:si>
     <x:t>2.760</x:t>
   </x:si>
   <x:si>
     <x:t>15,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,344,642.55</x:t>
-[...14 lines deleted...]
-    <x:t>$2,344,298.41</x:t>
+    <x:t>$2,384,425.64</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C8SMF13</x:t>
   </x:si>
   <x:si>
     <x:t>37,800,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,304,280.55</x:t>
+    <x:t>$2,324,692.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JQM2K76</x:t>
   </x:si>
   <x:si>
     <x:t>7.400</x:t>
   </x:si>
   <x:si>
     <x:t>196,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,253,529.52</x:t>
+    <x:t>$2,253,980.08</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z5YWR34</x:t>
   </x:si>
   <x:si>
     <x:t>5.020</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,220,648.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$2,210,543.44</x:t>
   </x:si>
   <x:si>
     <x:t>Qnb Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WVM0HD4</x:t>
   </x:si>
   <x:si>
     <x:t>14,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,096,876.07</x:t>
+    <x:t>$2,129,289.31</x:t>
   </x:si>
   <x:si>
     <x:t>Cayman Islands</x:t>
   </x:si>
   <x:si>
+    <x:t>04/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HDCD97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,090,932.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016N88M05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,067,275.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J4TKL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,064,811.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00YB3HML6</x:t>
   </x:si>
   <x:si>
     <x:t>11.700</x:t>
   </x:si>
   <x:si>
     <x:t>153,282,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,089,810.81</x:t>
-[...38 lines deleted...]
-    <x:t>$2,035,569.92</x:t>
+    <x:t>$2,052,377.44</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGFPNJ3</x:t>
   </x:si>
   <x:si>
     <x:t>0.870</x:t>
   </x:si>
   <x:si>
     <x:t>7,140,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,010,230.79</x:t>
+    <x:t>$2,014,986.92</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B77PTF4</x:t>
   </x:si>
   <x:si>
     <x:t>12.000</x:t>
   </x:si>
   <x:si>
     <x:t>7,100,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,947,147.70</x:t>
+    <x:t>$1,931,543.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZ1MZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,901,545.37</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PGM0WZ9</x:t>
   </x:si>
   <x:si>
     <x:t>7.070</x:t>
   </x:si>
   <x:si>
     <x:t>32,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,834,038.07</x:t>
+    <x:t>$1,896,688.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZ15R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,800,026.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YL9JZ30</x:t>
   </x:si>
   <x:si>
     <x:t>1.400</x:t>
   </x:si>
   <x:si>
     <x:t>11,920,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,723,039.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$1,749,832.13</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYCLZ96</x:t>
   </x:si>
   <x:si>
     <x:t>12,610,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,713,811.61</x:t>
+    <x:t>$1,739,167.07</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W9LQ7S9</x:t>
   </x:si>
   <x:si>
     <x:t>5.130</x:t>
   </x:si>
   <x:si>
     <x:t>33,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,660,311.50</x:t>
+    <x:t>$1,717,109.83</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018Z14HH0</x:t>
   </x:si>
   <x:si>
     <x:t>5.730</x:t>
   </x:si>
   <x:si>
     <x:t>5,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,649,638.22</x:t>
+    <x:t>$1,654,587.95</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZK7YLZ1</x:t>
   </x:si>
   <x:si>
     <x:t>3.766</x:t>
   </x:si>
   <x:si>
     <x:t>6,260,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,584,498.65</x:t>
+    <x:t>$1,614,710.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C72G1D6</x:t>
   </x:si>
   <x:si>
     <x:t>24,600,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,573,575.73</x:t>
+    <x:t>$1,582,495.60</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0K0245</x:t>
   </x:si>
   <x:si>
     <x:t>134,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,507,676.73</x:t>
+    <x:t>$1,504,042.00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KWVC2K0</x:t>
   </x:si>
   <x:si>
     <x:t>2.370</x:t>
   </x:si>
   <x:si>
     <x:t>9,880,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,466,608.59</x:t>
+    <x:t>$1,490,631.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL2YHT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,414,917.82</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014C1Z2R2</x:t>
   </x:si>
   <x:si>
     <x:t>23,415,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,399,956.63</x:t>
+    <x:t>$1,414,836.87</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G51SBK9</x:t>
   </x:si>
   <x:si>
     <x:t>65,914,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,328,136.66</x:t>
-[...8 lines deleted...]
-    <x:t>1.340</x:t>
+    <x:t>$1,236,231.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C8QWC40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,570,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,227.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4NNJP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,088,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,271.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HZFJPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,440.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135NTLP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,160,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,282.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY6BGK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,812.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R00SQB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,035.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLMJZW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,686.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RH4T6S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,768.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eskom Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000099QF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,539.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R71PQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,545.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019M9HN15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,084,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,960.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZQJVG92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$602,956.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z91NTP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,034,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,362.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0KDGD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,258.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9RRXP0</x:t>
   </x:si>
   <x:si>
     <x:t>39,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,229,628.66</x:t>
-[...185 lines deleted...]
-    <x:t>$441,232.28</x:t>
+    <x:t>$403,705.00</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJZX4M4</x:t>
   </x:si>
   <x:si>
     <x:t>2,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$309,630.62</x:t>
+    <x:t>$314,537.29</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J2GG20</x:t>
   </x:si>
   <x:si>
     <x:t>930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,601.68</x:t>
+    <x:t>$137,719.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Transnet/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00005M4D0</x:t>
   </x:si>
   <x:si>
     <x:t>13.500</x:t>
   </x:si>
   <x:si>
     <x:t>500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,827.06</x:t>
+    <x:t>$37,977.02</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>64,146,849</x:t>
-[...8 lines deleted...]
-    <x:t>$394,793.49</x:t>
+    <x:t>6,348,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,773,734.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$900,912.89</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>11,659,070</x:t>
-[...62 lines deleted...]
-    <x:t>$12,908.94</x:t>
+    <x:t>3,732,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$864,550.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,530,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,089.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,411,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,151.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>948,683,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,882.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,036,808,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,931.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,606,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,664.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,810,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,398.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,441.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,963.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,189.60</x:t>
   </x:si>
   <x:si>
     <x:t>14,167</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,706.90</x:t>
+    <x:t>$16,715.41</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>349,047</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,972.88</x:t>
-[...5 lines deleted...]
-    <x:t>$7,904.47</x:t>
+    <x:t>$11,246.90</x:t>
   </x:si>
   <x:si>
     <x:t>8,314,629</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,583.32</x:t>
-[...14 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$9,621.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>531,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,339.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>881,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,764.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,385.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,041.54</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-583,423.91</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$23,196,024.48</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -7252,56 +7300,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed7f7074154c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra38985acbc7b4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R324ac8e9f22b4939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015494076868495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66f54e2edd6340aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6afaa20479a64fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L513"/>
+  <x:dimension ref="A1:L517"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="26" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -7571,19229 +7619,19381 @@
       <x:c r="C8" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="K20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="L20" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="K23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="s">
+      <x:c r="L23" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="H26" s="1" t="s">
+      <x:c r="L26" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="I28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="K37" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="L37" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="H39" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="I40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="H42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="I42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="K48" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="L48" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="I52" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="K52" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H52" s="1" t="s">
+      <x:c r="L52" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="H53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="I53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="H57" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="K60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="L60" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="H61" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="I62" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="H62" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="K63" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="L63" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="H65" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="H66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="I84" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="K84" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="L84" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="H87" s="1" t="s">
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="I87" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="D88" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="I93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="F95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G95" s="1" t="s">
+      <x:c r="I95" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J95" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="K95" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="H95" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="F96" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="H97" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="I100" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="H102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="H106" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>583</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="H111" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="F112" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G115" s="1" t="s">
+      <x:c r="I115" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="H115" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="F116" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="K119" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="L119" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="I121" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J121" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="K121" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="H122" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="H123" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
+      <x:c r="H124" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="F124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G124" s="1" t="s">
+      <x:c r="I124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J124" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="H124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G125" s="1" t="s">
+      <x:c r="H125" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="H125" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G126" s="1" t="s">
+      <x:c r="H126" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="H126" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="H127" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="F128" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G128" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E128" s="1" t="s">
+      <x:c r="H128" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="F128" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="H129" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="H130" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="F131" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
+      <x:c r="H131" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="F131" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G132" s="1" t="s">
+      <x:c r="H132" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="H132" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="F133" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
+      <x:c r="H133" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="F133" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G134" s="1" t="s">
+      <x:c r="H134" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="H134" s="1" t="s">
+      <x:c r="I134" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J134" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="I134" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="F142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G142" s="1" t="s">
+      <x:c r="H142" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="H142" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="H143" s="1" t="s">
+      <x:c r="I143" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J143" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="K143" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="L143" s="1" t="s">
         <x:v>763</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="I149" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J149" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="F149" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="F157" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G157" s="1" t="s">
+      <x:c r="H157" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="H157" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="F158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G158" s="1" t="s">
+      <x:c r="H158" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="H158" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
+      <x:c r="H159" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="F159" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E160" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="C160" s="1" t="s">
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="H160" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="F163" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="H163" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
-      <x:c r="E163" s="1" t="s">
+      <x:c r="I163" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J163" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="K163" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="F163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G163" s="1" t="s">
+      <x:c r="L163" s="1" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
         <x:v>863</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>864</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="H164" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="F165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G165" s="1" t="s">
+      <x:c r="H165" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="H165" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G166" s="1" t="s">
+      <x:c r="H166" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="H166" s="1" t="s">
+      <x:c r="I166" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="I166" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="F167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G167" s="1" t="s">
+      <x:c r="H167" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="H167" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="D168" s="1" t="s">
+      <x:c r="E168" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="E168" s="1" t="s">
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="F168" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G168" s="1" t="s">
+      <x:c r="H168" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="H168" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G170" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="H170" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="F170" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="D171" s="1" t="s">
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="E171" s="1" t="s">
+      <x:c r="H171" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="F171" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="E172" s="1" t="s">
+      <x:c r="H172" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="F172" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="E173" s="1" t="s">
+      <x:c r="H173" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="F173" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="D174" s="1" t="s">
+      <x:c r="F174" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G174" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="E174" s="1" t="s">
+      <x:c r="H174" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="F174" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G174" s="1" t="s">
+      <x:c r="I174" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J174" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="H174" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="D175" s="1" t="s">
+      <x:c r="E175" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F175" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="E175" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G175" s="1" t="s">
+      <x:c r="H175" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="H175" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="F176" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="H177" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="H178" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
+      <x:c r="H179" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="E179" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="D180" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="E180" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="D180" s="1" t="s">
+      <x:c r="F180" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G180" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="E180" s="1" t="s">
+      <x:c r="H180" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="F180" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
+      <x:c r="F181" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G181" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="E181" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G181" s="1" t="s">
+      <x:c r="H181" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="H181" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F182" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G182" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="E182" s="1" t="s">
+      <x:c r="H182" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="F182" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="C183" s="1" t="s">
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="D183" s="1" t="s">
+      <x:c r="H183" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="E183" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="D184" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="F184" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G184" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="H184" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="D184" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="D185" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F186" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G186" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="H186" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="H187" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="D187" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="F188" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="D188" s="1" t="s">
+      <x:c r="H188" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="E188" s="1" t="s">
+      <x:c r="I188" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J188" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="F188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G188" s="1" t="s">
+      <x:c r="K188" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
-      <x:c r="H188" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
         <x:v>985</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
+      <x:c r="E190" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G190" s="1" t="s">
+      <x:c r="H190" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="H190" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
+      <x:c r="E191" s="1" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="F194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G194" s="1" t="s">
+      <x:c r="H194" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="H194" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
-      <x:c r="D195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="E195" s="1" t="s">
+      <x:c r="F195" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G195" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="F195" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G195" s="1" t="s">
+      <x:c r="H195" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
-      <x:c r="H195" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="D196" s="1" t="s">
+      <x:c r="E196" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="F196" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G196" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
-      <x:c r="E196" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G196" s="1" t="s">
+      <x:c r="H196" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
-      <x:c r="H196" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="D197" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="D197" s="1" t="s">
+      <x:c r="E197" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F197" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G197" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G197" s="1" t="s">
+      <x:c r="H197" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
-      <x:c r="H197" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="D198" s="1" t="s">
+      <x:c r="E198" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="F198" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G198" s="1" t="s">
+      <x:c r="H198" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="H198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
-      <x:c r="D199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
+      <x:c r="F199" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
-      <x:c r="F199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G199" s="1" t="s">
+      <x:c r="H199" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="H199" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="E200" s="1" t="s">
+      <x:c r="F200" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G200" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="F200" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G200" s="1" t="s">
+      <x:c r="H200" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="H200" s="1" t="s">
+      <x:c r="I200" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J200" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="I200" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>1065</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="F208" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G208" s="1" t="s">
+      <x:c r="H208" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="H208" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
+      <x:c r="E210" s="1" t="s">
         <x:v>1082</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F216" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="F216" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G216" s="1" t="s">
+      <x:c r="H216" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="H216" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G218" s="1" t="s">
+      <x:c r="H218" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="H218" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
         <x:v>1124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
-      <x:c r="F220" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G220" s="1" t="s">
+      <x:c r="H220" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
-      <x:c r="H220" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
-      <x:c r="D221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="E221" s="1" t="s">
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
-      <x:c r="F221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G221" s="1" t="s">
+      <x:c r="H221" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
-      <x:c r="H221" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
+      <x:c r="E225" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F225" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G225" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="E225" s="1" t="s">
+      <x:c r="H225" s="1" t="s">
         <x:v>1152</x:v>
       </x:c>
-      <x:c r="F225" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F226" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G226" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="D226" s="1" t="s">
+      <x:c r="H226" s="1" t="s">
         <x:v>1156</x:v>
       </x:c>
-      <x:c r="E226" s="1" t="s">
+      <x:c r="I226" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J226" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="F226" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
+      <x:c r="H227" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="F228" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
+      <x:c r="F229" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
-      <x:c r="E229" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G229" s="1" t="s">
+      <x:c r="H229" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
-      <x:c r="H229" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="D230" s="1" t="s">
+      <x:c r="F230" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G230" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
-      <x:c r="E230" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G230" s="1" t="s">
+      <x:c r="H230" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="H230" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
+      <x:c r="E231" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="F231" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G231" s="1" t="s">
+      <x:c r="H231" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
-      <x:c r="H231" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="D232" s="1" t="s">
+      <x:c r="E232" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
-      <x:c r="E232" s="1" t="s">
+      <x:c r="F232" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
-      <x:c r="F232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G232" s="1" t="s">
+      <x:c r="H232" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
-      <x:c r="H232" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F233" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G233" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
-      <x:c r="F233" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G233" s="1" t="s">
+      <x:c r="H233" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
-      <x:c r="H233" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="E234" s="1" t="s">
+      <x:c r="F234" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G234" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="F234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G234" s="1" t="s">
+      <x:c r="H234" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="H234" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="D235" s="1" t="s">
+      <x:c r="E235" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="F235" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G235" s="1" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="E235" s="1" t="s">
+      <x:c r="H235" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="F235" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="H236" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="H237" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="I237" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J237" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
-      <x:c r="D238" s="1" t="s">
+      <x:c r="H238" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="E238" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="F239" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G239" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="H239" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="H240" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="F241" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G241" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="D241" s="1" t="s">
+      <x:c r="H241" s="1" t="s">
         <x:v>1225</x:v>
       </x:c>
-      <x:c r="E241" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="H242" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="D242" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F243" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G243" s="1" t="s">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="H243" s="1" t="s">
         <x:v>1235</x:v>
       </x:c>
-      <x:c r="D243" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="D244" s="1" t="s">
+      <x:c r="H244" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="E244" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="E245" s="1" t="s">
+      <x:c r="H245" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="F245" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="D246" s="1" t="s">
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G246" s="1" t="s">
+      <x:c r="H246" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="H246" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="D247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="E247" s="1" t="s">
+      <x:c r="F247" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G247" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="F247" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G247" s="1" t="s">
+      <x:c r="H247" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="H247" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="D248" s="1" t="s">
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
+      <x:c r="H248" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="F248" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="D249" s="1" t="s">
+      <x:c r="F249" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G249" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="E249" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G249" s="1" t="s">
+      <x:c r="H249" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="H249" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="C250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="D250" s="1" t="s">
+      <x:c r="F250" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="E250" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G250" s="1" t="s">
+      <x:c r="H250" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="H250" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="D251" s="1" t="s">
+      <x:c r="E251" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F251" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G251" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="E251" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G251" s="1" t="s">
+      <x:c r="H251" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="H251" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="D252" s="1" t="s">
+      <x:c r="E252" s="1" t="s">
         <x:v>1277</x:v>
       </x:c>
-      <x:c r="E252" s="1" t="s">
+      <x:c r="F252" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G252" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="F252" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G252" s="1" t="s">
+      <x:c r="H252" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="H252" s="1" t="s">
+      <x:c r="I252" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J252" s="1" t="s">
         <x:v>1280</x:v>
       </x:c>
-      <x:c r="I252" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F257" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G257" s="1" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="F257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G257" s="1" t="s">
+      <x:c r="H257" s="1" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="H257" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
-      <x:c r="D258" s="1" t="s">
+      <x:c r="E258" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="E258" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G258" s="1" t="s">
+      <x:c r="H258" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="H258" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="D259" s="1" t="s">
+      <x:c r="E259" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="F259" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G259" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="E259" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G259" s="1" t="s">
+      <x:c r="H259" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
-      <x:c r="H259" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="F260" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="D260" s="1" t="s">
+      <x:c r="H260" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
-      <x:c r="E260" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C261" s="1" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="E261" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F261" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G261" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
-      <x:c r="C261" s="1" t="s">
+      <x:c r="H261" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
-      <x:c r="D261" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
-      <x:c r="D262" s="1" t="s">
+      <x:c r="H262" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
-      <x:c r="E262" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="F263" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G263" s="1" t="s">
         <x:v>1326</x:v>
       </x:c>
-      <x:c r="D263" s="1" t="s">
+      <x:c r="H263" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
-      <x:c r="E263" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="E264" s="1" t="s">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="F264" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G264" s="1" t="s">
         <x:v>1331</x:v>
       </x:c>
-      <x:c r="E264" s="1" t="s">
+      <x:c r="H264" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
-      <x:c r="F264" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
-      <x:c r="D265" s="1" t="s">
+      <x:c r="E265" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G265" s="1" t="s">
+      <x:c r="H265" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
-      <x:c r="H265" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
-      <x:c r="D266" s="1" t="s">
+      <x:c r="E266" s="1" t="s">
         <x:v>1340</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="F268" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G268" s="1" t="s">
+      <x:c r="H268" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="H268" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
         <x:v>1351</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
+      <x:c r="E269" s="1" t="s">
         <x:v>1352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="C270" s="1" t="s">
         <x:v>1356</x:v>
       </x:c>
-      <x:c r="C270" s="1" t="s">
+      <x:c r="D270" s="1" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
+      <x:c r="E270" s="1" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="E270" s="1" t="s">
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="F270" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G270" s="1" t="s">
+      <x:c r="H270" s="1" t="s">
         <x:v>1360</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1361</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G271" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
-      <x:c r="D271" s="1" t="s">
+      <x:c r="H271" s="1" t="s">
         <x:v>1364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1367</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="F272" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
-      <x:c r="D272" s="1" t="s">
+      <x:c r="H272" s="1" t="s">
         <x:v>1369</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1372</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F273" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="H273" s="1" t="s">
         <x:v>1373</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1377</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="F274" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G274" s="1" t="s">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="H274" s="1" t="s">
         <x:v>1378</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1382</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="F275" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G275" s="1" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="H275" s="1" t="s">
         <x:v>1383</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1387</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="F282" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G282" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>1413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1416</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="D283" s="1" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="E283" s="1" t="s">
         <x:v>1417</x:v>
       </x:c>
-      <x:c r="D283" s="1" t="s">
+      <x:c r="F283" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G283" s="1" t="s">
         <x:v>1418</x:v>
       </x:c>
-      <x:c r="E283" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G283" s="1" t="s">
+      <x:c r="H283" s="1" t="s">
         <x:v>1419</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1420</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D284" s="1" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="E284" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
-      <x:c r="D284" s="1" t="s">
+      <x:c r="H284" s="1" t="s">
         <x:v>1422</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1424</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="E285" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F285" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G285" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
-      <x:c r="E285" s="1" t="s">
+      <x:c r="H285" s="1" t="s">
         <x:v>1426</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1428</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="D286" s="1" t="s">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="E286" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="F286" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G286" s="1" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="D286" s="1" t="s">
+      <x:c r="H286" s="1" t="s">
         <x:v>1430</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1432</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="D287" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="E287" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
-      <x:c r="D287" s="1" t="s">
+      <x:c r="F287" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G287" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
-      <x:c r="E287" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G287" s="1" t="s">
+      <x:c r="H287" s="1" t="s">
         <x:v>1435</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1436</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="D288" s="1" t="s">
         <x:v>1437</x:v>
       </x:c>
-      <x:c r="D288" s="1" t="s">
+      <x:c r="E288" s="1" t="s">
         <x:v>1438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1193</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
         <x:v>1451</x:v>
       </x:c>
-      <x:c r="D291" s="1" t="s">
+      <x:c r="E291" s="1" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="F291" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G291" s="1" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="E291" s="1" t="s">
+      <x:c r="H291" s="1" t="s">
         <x:v>1453</x:v>
       </x:c>
-      <x:c r="F291" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="D292" s="1" t="s">
+      <x:c r="F292" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G292" s="1" t="s">
         <x:v>1457</x:v>
       </x:c>
-      <x:c r="E292" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G292" s="1" t="s">
+      <x:c r="H292" s="1" t="s">
         <x:v>1458</x:v>
       </x:c>
-      <x:c r="H292" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
-      <x:c r="D293" s="1" t="s">
+      <x:c r="E293" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
         <x:v>1461</x:v>
       </x:c>
-      <x:c r="E293" s="1" t="s">
+      <x:c r="H293" s="1" t="s">
         <x:v>1462</x:v>
       </x:c>
-      <x:c r="F293" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
         <x:v>1465</x:v>
       </x:c>
-      <x:c r="D294" s="1" t="s">
+      <x:c r="H294" s="1" t="s">
         <x:v>1466</x:v>
       </x:c>
-      <x:c r="E294" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F295" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G295" s="1" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="H295" s="1" t="s">
         <x:v>1470</x:v>
       </x:c>
-      <x:c r="D295" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="H296" s="1" t="s">
         <x:v>1475</x:v>
       </x:c>
-      <x:c r="D296" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="E302" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="F302" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G302" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="H302" s="1" t="s">
         <x:v>1502</x:v>
       </x:c>
-      <x:c r="D302" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="D303" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="E303" s="1" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="F303" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G303" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="H303" s="1" t="s">
         <x:v>1507</x:v>
       </x:c>
-      <x:c r="D303" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="F304" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G304" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="H304" s="1" t="s">
         <x:v>1512</x:v>
       </x:c>
-      <x:c r="D304" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G305" s="1" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="H305" s="1" t="s">
         <x:v>1516</x:v>
       </x:c>
-      <x:c r="D305" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
         <x:v>1519</x:v>
       </x:c>
-      <x:c r="D306" s="1" t="s">
+      <x:c r="H306" s="1" t="s">
         <x:v>1520</x:v>
       </x:c>
-      <x:c r="E306" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
         <x:v>1523</x:v>
       </x:c>
-      <x:c r="D307" s="1" t="s">
+      <x:c r="H307" s="1" t="s">
         <x:v>1524</x:v>
       </x:c>
-      <x:c r="E307" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="F308" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G308" s="1" t="s">
         <x:v>1528</x:v>
       </x:c>
-      <x:c r="E308" s="1" t="s">
+      <x:c r="H308" s="1" t="s">
         <x:v>1529</x:v>
       </x:c>
-      <x:c r="F308" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="D309" s="1" t="s">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
         <x:v>1532</x:v>
       </x:c>
-      <x:c r="D309" s="1" t="s">
+      <x:c r="F309" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G309" s="1" t="s">
         <x:v>1533</x:v>
       </x:c>
-      <x:c r="E309" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G309" s="1" t="s">
+      <x:c r="H309" s="1" t="s">
         <x:v>1534</x:v>
       </x:c>
-      <x:c r="H309" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="D310" s="1" t="s">
         <x:v>1536</x:v>
       </x:c>
-      <x:c r="D310" s="1" t="s">
+      <x:c r="E310" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F310" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G310" s="1" t="s">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="E310" s="1" t="s">
+      <x:c r="H310" s="1" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="F310" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
+        <x:v>1539</x:v>
+      </x:c>
+      <x:c r="D311" s="1" t="s">
+        <x:v>1540</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
         <x:v>1541</x:v>
       </x:c>
-      <x:c r="D311" s="1" t="s">
+      <x:c r="F311" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G311" s="1" t="s">
         <x:v>1542</x:v>
       </x:c>
-      <x:c r="E311" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G311" s="1" t="s">
+      <x:c r="H311" s="1" t="s">
         <x:v>1543</x:v>
       </x:c>
-      <x:c r="H311" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
         <x:v>1545</x:v>
       </x:c>
-      <x:c r="D312" s="1" t="s">
+      <x:c r="E312" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="F312" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G312" s="1" t="s">
         <x:v>1546</x:v>
       </x:c>
-      <x:c r="E312" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G312" s="1" t="s">
+      <x:c r="H312" s="1" t="s">
         <x:v>1547</x:v>
       </x:c>
-      <x:c r="H312" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="D313" s="1" t="s">
         <x:v>1549</x:v>
       </x:c>
-      <x:c r="D313" s="1" t="s">
+      <x:c r="E313" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F313" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G313" s="1" t="s">
         <x:v>1550</x:v>
       </x:c>
-      <x:c r="E313" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G313" s="1" t="s">
+      <x:c r="H313" s="1" t="s">
         <x:v>1551</x:v>
       </x:c>
-      <x:c r="H313" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="D314" s="1" t="s">
         <x:v>1553</x:v>
       </x:c>
-      <x:c r="D314" s="1" t="s">
+      <x:c r="E314" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F314" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G314" s="1" t="s">
         <x:v>1554</x:v>
       </x:c>
-      <x:c r="E314" s="1" t="s">
+      <x:c r="H314" s="1" t="s">
         <x:v>1555</x:v>
       </x:c>
-      <x:c r="F314" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="F315" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G315" s="1" t="s">
         <x:v>1558</x:v>
       </x:c>
-      <x:c r="D315" s="1" t="s">
+      <x:c r="H315" s="1" t="s">
         <x:v>1559</x:v>
       </x:c>
-      <x:c r="E315" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="D316" s="1" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
         <x:v>1562</x:v>
       </x:c>
-      <x:c r="D316" s="1" t="s">
+      <x:c r="F316" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G316" s="1" t="s">
         <x:v>1563</x:v>
       </x:c>
-      <x:c r="E316" s="1" t="s">
+      <x:c r="H316" s="1" t="s">
         <x:v>1564</x:v>
       </x:c>
-      <x:c r="F316" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+      <x:c r="D317" s="1" t="s">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="F317" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G317" s="1" t="s">
         <x:v>1567</x:v>
       </x:c>
-      <x:c r="D317" s="1" t="s">
+      <x:c r="H317" s="1" t="s">
         <x:v>1568</x:v>
       </x:c>
-      <x:c r="E317" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="D318" s="1" t="s">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
         <x:v>1571</x:v>
       </x:c>
-      <x:c r="D318" s="1" t="s">
+      <x:c r="F318" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G318" s="1" t="s">
         <x:v>1572</x:v>
       </x:c>
-      <x:c r="E318" s="1" t="s">
+      <x:c r="H318" s="1" t="s">
         <x:v>1573</x:v>
       </x:c>
-      <x:c r="F318" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="F319" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G319" s="1" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="H319" s="1" t="s">
         <x:v>1577</x:v>
       </x:c>
-      <x:c r="E319" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="D320" s="1" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F320" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G320" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="H320" s="1" t="s">
         <x:v>1581</x:v>
       </x:c>
-      <x:c r="D320" s="1" t="s">
+      <x:c r="I320" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J320" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
-      <x:c r="E320" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="D321" s="1" t="s">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="F321" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G321" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
-      <x:c r="D321" s="1" t="s">
+      <x:c r="H321" s="1" t="s">
         <x:v>1586</x:v>
       </x:c>
-      <x:c r="E321" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="D322" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
         <x:v>1589</x:v>
       </x:c>
-      <x:c r="D322" s="1" t="s">
+      <x:c r="F322" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G322" s="1" t="s">
         <x:v>1590</x:v>
       </x:c>
-      <x:c r="E322" s="1" t="s">
+      <x:c r="H322" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="F322" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="E323" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="D323" s="1" t="s">
+      <x:c r="F323" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G323" s="1" t="s">
         <x:v>1595</x:v>
       </x:c>
-      <x:c r="E323" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G323" s="1" t="s">
+      <x:c r="H323" s="1" t="s">
         <x:v>1596</x:v>
       </x:c>
-      <x:c r="H323" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="D324" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="D324" s="1" t="s">
+      <x:c r="E324" s="1" t="s">
         <x:v>1599</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F325" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G325" s="1" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="F325" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G325" s="1" t="s">
+      <x:c r="H325" s="1" t="s">
         <x:v>1605</x:v>
       </x:c>
-      <x:c r="H325" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="D326" s="1" t="s">
         <x:v>1607</x:v>
       </x:c>
-      <x:c r="D326" s="1" t="s">
+      <x:c r="E326" s="1" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="E326" s="1" t="s">
+      <x:c r="F326" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G326" s="1" t="s">
         <x:v>1609</x:v>
       </x:c>
-      <x:c r="F326" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G326" s="1" t="s">
+      <x:c r="H326" s="1" t="s">
         <x:v>1610</x:v>
       </x:c>
-      <x:c r="H326" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
         <x:v>1612</x:v>
       </x:c>
-      <x:c r="D327" s="1" t="s">
+      <x:c r="E327" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F327" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G327" s="1" t="s">
         <x:v>1613</x:v>
       </x:c>
-      <x:c r="E327" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G327" s="1" t="s">
+      <x:c r="H327" s="1" t="s">
         <x:v>1614</x:v>
       </x:c>
-      <x:c r="H327" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
+        <x:v>1615</x:v>
+      </x:c>
+      <x:c r="D328" s="1" t="s">
         <x:v>1616</x:v>
       </x:c>
-      <x:c r="D328" s="1" t="s">
+      <x:c r="E328" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F328" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G328" s="1" t="s">
         <x:v>1617</x:v>
       </x:c>
-      <x:c r="E328" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G328" s="1" t="s">
+      <x:c r="H328" s="1" t="s">
         <x:v>1618</x:v>
       </x:c>
-      <x:c r="H328" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="D329" s="1" t="s">
         <x:v>1620</x:v>
       </x:c>
-      <x:c r="D329" s="1" t="s">
+      <x:c r="E329" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="F329" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G329" s="1" t="s">
         <x:v>1621</x:v>
       </x:c>
-      <x:c r="E329" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G329" s="1" t="s">
+      <x:c r="H329" s="1" t="s">
         <x:v>1622</x:v>
       </x:c>
-      <x:c r="H329" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="D330" s="1" t="s">
         <x:v>1624</x:v>
       </x:c>
-      <x:c r="D330" s="1" t="s">
+      <x:c r="E330" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="F330" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G330" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="E330" s="1" t="s">
+      <x:c r="H330" s="1" t="s">
         <x:v>1626</x:v>
       </x:c>
-      <x:c r="F330" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="E331" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F331" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G331" s="1" t="s">
         <x:v>1629</x:v>
       </x:c>
-      <x:c r="E331" s="1" t="s">
+      <x:c r="H331" s="1" t="s">
         <x:v>1630</x:v>
       </x:c>
-      <x:c r="F331" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="D332" s="1" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F332" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G332" s="1" t="s">
         <x:v>1633</x:v>
       </x:c>
-      <x:c r="D332" s="1" t="s">
+      <x:c r="H332" s="1" t="s">
         <x:v>1634</x:v>
       </x:c>
-      <x:c r="E332" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="D333" s="1" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F333" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G333" s="1" t="s">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="H333" s="1" t="s">
         <x:v>1638</x:v>
       </x:c>
-      <x:c r="D333" s="1" t="s">
+      <x:c r="I333" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J333" s="1" t="s">
         <x:v>1639</x:v>
       </x:c>
-      <x:c r="E333" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
         <x:v>1642</x:v>
       </x:c>
-      <x:c r="E334" s="1" t="s">
+      <x:c r="F334" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G334" s="1" t="s">
         <x:v>1643</x:v>
       </x:c>
-      <x:c r="F334" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G334" s="1" t="s">
+      <x:c r="H334" s="1" t="s">
         <x:v>1644</x:v>
       </x:c>
-      <x:c r="H334" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="D335" s="1" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="E335" s="1" t="s">
         <x:v>1647</x:v>
       </x:c>
-      <x:c r="D335" s="1" t="s">
+      <x:c r="F335" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G335" s="1" t="s">
         <x:v>1648</x:v>
       </x:c>
-      <x:c r="E335" s="1" t="s">
+      <x:c r="H335" s="1" t="s">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="F335" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="D336" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="E336" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
-      <x:c r="D336" s="1" t="s">
+      <x:c r="F336" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G336" s="1" t="s">
         <x:v>1653</x:v>
       </x:c>
-      <x:c r="E336" s="1" t="s">
+      <x:c r="H336" s="1" t="s">
         <x:v>1654</x:v>
       </x:c>
-      <x:c r="F336" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="D337" s="1" t="s">
+      <x:c r="H337" s="1" t="s">
         <x:v>1658</x:v>
       </x:c>
-      <x:c r="E337" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="D338" s="1" t="s">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="E338" s="1" t="s">
+        <x:v>1661</x:v>
+      </x:c>
+      <x:c r="F338" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G338" s="1" t="s">
         <x:v>1662</x:v>
       </x:c>
-      <x:c r="D338" s="1" t="s">
+      <x:c r="H338" s="1" t="s">
         <x:v>1663</x:v>
       </x:c>
-      <x:c r="E338" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D339" s="1" t="s">
+        <x:v>1664</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="F339" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G339" s="1" t="s">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="H339" s="1" t="s">
         <x:v>1667</x:v>
       </x:c>
-      <x:c r="D339" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="D340" s="1" t="s">
+        <x:v>1669</x:v>
+      </x:c>
+      <x:c r="E340" s="1" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="F340" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G340" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
-      <x:c r="D340" s="1" t="s">
+      <x:c r="H340" s="1" t="s">
         <x:v>1672</x:v>
       </x:c>
-      <x:c r="E340" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="D341" s="1" t="s">
+        <x:v>1674</x:v>
+      </x:c>
+      <x:c r="E341" s="1" t="s">
         <x:v>1675</x:v>
       </x:c>
-      <x:c r="D341" s="1" t="s">
+      <x:c r="F341" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G341" s="1" t="s">
         <x:v>1676</x:v>
       </x:c>
-      <x:c r="E341" s="1" t="s">
+      <x:c r="H341" s="1" t="s">
         <x:v>1677</x:v>
       </x:c>
-      <x:c r="F341" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="D342" s="1" t="s">
+        <x:v>1679</x:v>
+      </x:c>
+      <x:c r="E342" s="1" t="s">
         <x:v>1680</x:v>
       </x:c>
-      <x:c r="D342" s="1" t="s">
+      <x:c r="F342" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G342" s="1" t="s">
         <x:v>1681</x:v>
       </x:c>
-      <x:c r="E342" s="1" t="s">
+      <x:c r="H342" s="1" t="s">
         <x:v>1682</x:v>
       </x:c>
-      <x:c r="F342" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
+        <x:v>1683</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
+        <x:v>1684</x:v>
+      </x:c>
+      <x:c r="E343" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="F343" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G343" s="1" t="s">
         <x:v>1685</x:v>
       </x:c>
-      <x:c r="D343" s="1" t="s">
+      <x:c r="H343" s="1" t="s">
         <x:v>1686</x:v>
       </x:c>
-      <x:c r="E343" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="D344" s="1" t="s">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F344" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G344" s="1" t="s">
         <x:v>1689</x:v>
       </x:c>
-      <x:c r="D344" s="1" t="s">
+      <x:c r="H344" s="1" t="s">
         <x:v>1690</x:v>
       </x:c>
-      <x:c r="E344" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D345" s="1" t="s">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="E345" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="F345" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G345" s="1" t="s">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="H345" s="1" t="s">
+        <x:v>1693</x:v>
+      </x:c>
+      <x:c r="I345" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J345" s="1" t="s">
         <x:v>1694</x:v>
       </x:c>
-      <x:c r="D345" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
+        <x:v>1696</x:v>
+      </x:c>
+      <x:c r="E346" s="1" t="s">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="F346" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G346" s="1" t="s">
         <x:v>1698</x:v>
       </x:c>
-      <x:c r="D346" s="1" t="s">
+      <x:c r="H346" s="1" t="s">
         <x:v>1699</x:v>
       </x:c>
-      <x:c r="E346" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
+        <x:v>1701</x:v>
+      </x:c>
+      <x:c r="E347" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="F347" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G347" s="1" t="s">
         <x:v>1702</x:v>
       </x:c>
-      <x:c r="D347" s="1" t="s">
+      <x:c r="H347" s="1" t="s">
         <x:v>1703</x:v>
       </x:c>
-      <x:c r="E347" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="D348" s="1" t="s">
+        <x:v>1705</x:v>
+      </x:c>
+      <x:c r="E348" s="1" t="s">
         <x:v>1706</x:v>
       </x:c>
-      <x:c r="D348" s="1" t="s">
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
         <x:v>1707</x:v>
       </x:c>
-      <x:c r="E348" s="1" t="s">
+      <x:c r="H348" s="1" t="s">
         <x:v>1708</x:v>
       </x:c>
-      <x:c r="F348" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="F350" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G350" s="1" t="s">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="H350" s="1" t="s">
         <x:v>1715</x:v>
       </x:c>
-      <x:c r="D350" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
+        <x:v>1721</x:v>
+      </x:c>
+      <x:c r="E352" s="1" t="s">
+        <x:v>1722</x:v>
+      </x:c>
+      <x:c r="F352" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G352" s="1" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="H352" s="1" t="s">
         <x:v>1724</x:v>
       </x:c>
-      <x:c r="E352" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="D353" s="1" t="s">
+        <x:v>1726</x:v>
+      </x:c>
+      <x:c r="E353" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F353" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G353" s="1" t="s">
         <x:v>1727</x:v>
       </x:c>
-      <x:c r="D353" s="1" t="s">
+      <x:c r="H353" s="1" t="s">
         <x:v>1728</x:v>
       </x:c>
-      <x:c r="E353" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="D354" s="1" t="s">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="E354" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F354" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G354" s="1" t="s">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="H354" s="1" t="s">
         <x:v>1732</x:v>
       </x:c>
-      <x:c r="D354" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
+        <x:v>1733</x:v>
+      </x:c>
+      <x:c r="D355" s="1" t="s">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="E355" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F355" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G355" s="1" t="s">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="H355" s="1" t="s">
         <x:v>1736</x:v>
       </x:c>
-      <x:c r="D355" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="D356" s="1" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="E356" s="1" t="s">
+        <x:v>1739</x:v>
+      </x:c>
+      <x:c r="F356" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G356" s="1" t="s">
+        <x:v>1740</x:v>
+      </x:c>
+      <x:c r="H356" s="1" t="s">
         <x:v>1741</x:v>
       </x:c>
-      <x:c r="D356" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
+        <x:v>1742</x:v>
+      </x:c>
+      <x:c r="D357" s="1" t="s">
+        <x:v>1743</x:v>
+      </x:c>
+      <x:c r="E357" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="F357" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G357" s="1" t="s">
+        <x:v>1744</x:v>
+      </x:c>
+      <x:c r="H357" s="1" t="s">
         <x:v>1745</x:v>
       </x:c>
-      <x:c r="D357" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
+        <x:v>1746</x:v>
+      </x:c>
+      <x:c r="D358" s="1" t="s">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
+        <x:v>1748</x:v>
+      </x:c>
+      <x:c r="F358" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G358" s="1" t="s">
         <x:v>1749</x:v>
       </x:c>
-      <x:c r="D358" s="1" t="s">
+      <x:c r="H358" s="1" t="s">
         <x:v>1750</x:v>
       </x:c>
-      <x:c r="E358" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
+        <x:v>1751</x:v>
+      </x:c>
+      <x:c r="D359" s="1" t="s">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="E359" s="1" t="s">
         <x:v>1753</x:v>
       </x:c>
-      <x:c r="D359" s="1" t="s">
+      <x:c r="F359" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G359" s="1" t="s">
         <x:v>1754</x:v>
       </x:c>
-      <x:c r="E359" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G359" s="1" t="s">
+      <x:c r="H359" s="1" t="s">
         <x:v>1755</x:v>
       </x:c>
-      <x:c r="H359" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
+        <x:v>1756</x:v>
+      </x:c>
+      <x:c r="D360" s="1" t="s">
         <x:v>1757</x:v>
       </x:c>
-      <x:c r="D360" s="1" t="s">
+      <x:c r="E360" s="1" t="s">
         <x:v>1758</x:v>
       </x:c>
-      <x:c r="E360" s="1" t="s">
+      <x:c r="F360" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G360" s="1" t="s">
         <x:v>1759</x:v>
       </x:c>
-      <x:c r="F360" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G360" s="1" t="s">
+      <x:c r="H360" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
-      <x:c r="H360" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
         <x:v>1762</x:v>
       </x:c>
-      <x:c r="D361" s="1" t="s">
+      <x:c r="E361" s="1" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="F361" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G361" s="1" t="s">
         <x:v>1763</x:v>
       </x:c>
-      <x:c r="E361" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G361" s="1" t="s">
+      <x:c r="H361" s="1" t="s">
         <x:v>1764</x:v>
       </x:c>
-      <x:c r="H361" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="D362" s="1" t="s">
+        <x:v>1765</x:v>
+      </x:c>
+      <x:c r="E362" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="F362" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G362" s="1" t="s">
         <x:v>1766</x:v>
       </x:c>
-      <x:c r="D362" s="1" t="s">
+      <x:c r="H362" s="1" t="s">
         <x:v>1767</x:v>
       </x:c>
-      <x:c r="E362" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="D363" s="1" t="s">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="E363" s="1" t="s">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="F363" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G363" s="1" t="s">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="H363" s="1" t="s">
         <x:v>1771</x:v>
       </x:c>
-      <x:c r="D363" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="D364" s="1" t="s">
+        <x:v>1773</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
+        <x:v>1774</x:v>
+      </x:c>
+      <x:c r="F364" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G364" s="1" t="s">
         <x:v>1775</x:v>
       </x:c>
-      <x:c r="D364" s="1" t="s">
+      <x:c r="H364" s="1" t="s">
         <x:v>1776</x:v>
       </x:c>
-      <x:c r="E364" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
+        <x:v>1777</x:v>
+      </x:c>
+      <x:c r="D365" s="1" t="s">
+        <x:v>1778</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="F365" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G365" s="1" t="s">
         <x:v>1779</x:v>
       </x:c>
-      <x:c r="D365" s="1" t="s">
+      <x:c r="H365" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
-      <x:c r="E365" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="H366" s="1" t="s">
         <x:v>1784</x:v>
       </x:c>
-      <x:c r="D366" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="D367" s="1" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="E367" s="1" t="s">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="F367" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G367" s="1" t="s">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
         <x:v>1789</x:v>
       </x:c>
-      <x:c r="D367" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="E371" s="1" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="F371" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G371" s="1" t="s">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="H371" s="1" t="s">
+        <x:v>1806</x:v>
+      </x:c>
+      <x:c r="I371" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J371" s="1" t="s">
         <x:v>1807</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="E378" s="1" t="s">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="F378" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G378" s="1" t="s">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="H378" s="1" t="s">
         <x:v>1840</x:v>
       </x:c>
-      <x:c r="E378" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
+        <x:v>1842</x:v>
+      </x:c>
+      <x:c r="E379" s="1" t="s">
+        <x:v>1843</x:v>
+      </x:c>
+      <x:c r="F379" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G379" s="1" t="s">
         <x:v>1844</x:v>
       </x:c>
-      <x:c r="E379" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G379" s="1" t="s">
+      <x:c r="H379" s="1" t="s">
         <x:v>1845</x:v>
       </x:c>
-      <x:c r="H379" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
         <x:v>1847</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F391" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G391" s="1" t="s">
         <x:v>1895</x:v>
       </x:c>
-      <x:c r="F391" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G391" s="1" t="s">
+      <x:c r="H391" s="1" t="s">
         <x:v>1896</x:v>
       </x:c>
-      <x:c r="H391" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="D392" s="1" t="s">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="E392" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="F392" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G392" s="1" t="s">
         <x:v>1899</x:v>
       </x:c>
-      <x:c r="D392" s="1" t="s">
+      <x:c r="H392" s="1" t="s">
         <x:v>1900</x:v>
       </x:c>
-      <x:c r="E392" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
+        <x:v>1901</x:v>
+      </x:c>
+      <x:c r="D393" s="1" t="s">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="E393" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F393" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G393" s="1" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="H393" s="1" t="s">
         <x:v>1904</x:v>
       </x:c>
-      <x:c r="D393" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="D394" s="1" t="s">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="E394" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F394" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G394" s="1" t="s">
+        <x:v>1907</x:v>
+      </x:c>
+      <x:c r="H394" s="1" t="s">
         <x:v>1908</x:v>
       </x:c>
-      <x:c r="D394" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="D395" s="1" t="s">
+        <x:v>1910</x:v>
+      </x:c>
+      <x:c r="E395" s="1" t="s">
+        <x:v>1911</x:v>
+      </x:c>
+      <x:c r="F395" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G395" s="1" t="s">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="H395" s="1" t="s">
         <x:v>1913</x:v>
       </x:c>
-      <x:c r="D395" s="1" t="s">
+      <x:c r="I395" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J395" s="1" t="s">
         <x:v>1914</x:v>
       </x:c>
-      <x:c r="E395" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="D396" s="1" t="s">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="E396" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F396" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G396" s="1" t="s">
         <x:v>1917</x:v>
       </x:c>
-      <x:c r="D396" s="1" t="s">
+      <x:c r="H396" s="1" t="s">
         <x:v>1918</x:v>
       </x:c>
-      <x:c r="E396" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="D397" s="1" t="s">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="E397" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="F397" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G397" s="1" t="s">
         <x:v>1921</x:v>
       </x:c>
-      <x:c r="D397" s="1" t="s">
+      <x:c r="H397" s="1" t="s">
         <x:v>1922</x:v>
       </x:c>
-      <x:c r="E397" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
+        <x:v>1923</x:v>
+      </x:c>
+      <x:c r="D398" s="1" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="E398" s="1" t="s">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="F398" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G398" s="1" t="s">
         <x:v>1926</x:v>
       </x:c>
-      <x:c r="D398" s="1" t="s">
+      <x:c r="H398" s="1" t="s">
         <x:v>1927</x:v>
       </x:c>
-      <x:c r="E398" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="D399" s="1" t="s">
+        <x:v>1929</x:v>
+      </x:c>
+      <x:c r="E399" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F399" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G399" s="1" t="s">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="H399" s="1" t="s">
         <x:v>1931</x:v>
       </x:c>
-      <x:c r="D399" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="D401" s="1" t="s">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="E401" s="1" t="s">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="F401" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G401" s="1" t="s">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="H401" s="1" t="s">
         <x:v>1940</x:v>
       </x:c>
-      <x:c r="D401" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="D402" s="1" t="s">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="E402" s="1" t="s">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="F402" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G402" s="1" t="s">
         <x:v>1944</x:v>
       </x:c>
-      <x:c r="D402" s="1" t="s">
+      <x:c r="H402" s="1" t="s">
         <x:v>1945</x:v>
       </x:c>
-      <x:c r="E402" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="D403" s="1" t="s">
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="E403" s="1" t="s">
         <x:v>1948</x:v>
       </x:c>
-      <x:c r="D403" s="1" t="s">
+      <x:c r="F403" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G403" s="1" t="s">
         <x:v>1949</x:v>
       </x:c>
-      <x:c r="E403" s="1" t="s">
+      <x:c r="H403" s="1" t="s">
         <x:v>1950</x:v>
       </x:c>
-      <x:c r="F403" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="D404" s="1" t="s">
+        <x:v>1952</x:v>
+      </x:c>
+      <x:c r="E404" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="F404" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G404" s="1" t="s">
         <x:v>1953</x:v>
       </x:c>
-      <x:c r="D404" s="1" t="s">
+      <x:c r="H404" s="1" t="s">
         <x:v>1954</x:v>
       </x:c>
-      <x:c r="E404" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="E405" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F405" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G405" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="E405" s="1" t="s">
+      <x:c r="H405" s="1" t="s">
         <x:v>1958</x:v>
       </x:c>
-      <x:c r="F405" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="E406" s="1" t="s">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="F406" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G406" s="1" t="s">
         <x:v>1961</x:v>
       </x:c>
-      <x:c r="E406" s="1" t="s">
+      <x:c r="H406" s="1" t="s">
         <x:v>1962</x:v>
       </x:c>
-      <x:c r="F406" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="D407" s="1" t="s">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="E407" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F407" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G407" s="1" t="s">
         <x:v>1965</x:v>
       </x:c>
-      <x:c r="D407" s="1" t="s">
+      <x:c r="H407" s="1" t="s">
         <x:v>1966</x:v>
       </x:c>
-      <x:c r="E407" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
+        <x:v>1968</x:v>
+      </x:c>
+      <x:c r="E408" s="1" t="s">
         <x:v>1969</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
         <x:v>1971</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
         <x:v>1972</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="F409" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G409" s="1" t="s">
         <x:v>1974</x:v>
       </x:c>
-      <x:c r="F409" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G409" s="1" t="s">
+      <x:c r="H409" s="1" t="s">
         <x:v>1975</x:v>
       </x:c>
-      <x:c r="H409" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="D410" s="1" t="s">
         <x:v>1977</x:v>
       </x:c>
-      <x:c r="D410" s="1" t="s">
+      <x:c r="E410" s="1" t="s">
         <x:v>1978</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1630</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
         <x:v>1979</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
         <x:v>1980</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>1986</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="D413" s="1" t="s">
         <x:v>1989</x:v>
       </x:c>
-      <x:c r="D413" s="1" t="s">
+      <x:c r="E413" s="1" t="s">
         <x:v>1990</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="D414" s="1" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="D414" s="1" t="s">
+      <x:c r="E414" s="1" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="E414" s="1" t="s">
+      <x:c r="F414" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G414" s="1" t="s">
         <x:v>1995</x:v>
       </x:c>
-      <x:c r="F414" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G414" s="1" t="s">
+      <x:c r="H414" s="1" t="s">
         <x:v>1996</x:v>
       </x:c>
-      <x:c r="H414" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="D415" s="1" t="s">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="E415" s="1" t="s">
         <x:v>1999</x:v>
       </x:c>
-      <x:c r="D415" s="1" t="s">
+      <x:c r="F415" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G415" s="1" t="s">
         <x:v>2000</x:v>
       </x:c>
-      <x:c r="E415" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G415" s="1" t="s">
+      <x:c r="H415" s="1" t="s">
         <x:v>2001</x:v>
       </x:c>
-      <x:c r="H415" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
+        <x:v>2002</x:v>
+      </x:c>
+      <x:c r="D416" s="1" t="s">
         <x:v>2003</x:v>
       </x:c>
-      <x:c r="D416" s="1" t="s">
+      <x:c r="E416" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F416" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G416" s="1" t="s">
         <x:v>2004</x:v>
       </x:c>
-      <x:c r="E416" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G416" s="1" t="s">
+      <x:c r="H416" s="1" t="s">
         <x:v>2005</x:v>
       </x:c>
-      <x:c r="H416" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="E417" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F417" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G417" s="1" t="s">
         <x:v>2007</x:v>
       </x:c>
-      <x:c r="E417" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G417" s="1" t="s">
+      <x:c r="H417" s="1" t="s">
         <x:v>2008</x:v>
       </x:c>
-      <x:c r="H417" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="D418" s="1" t="s">
         <x:v>2010</x:v>
       </x:c>
-      <x:c r="D418" s="1" t="s">
+      <x:c r="E418" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F418" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G418" s="1" t="s">
         <x:v>2011</x:v>
       </x:c>
-      <x:c r="E418" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G418" s="1" t="s">
+      <x:c r="H418" s="1" t="s">
         <x:v>2012</x:v>
       </x:c>
-      <x:c r="H418" s="1" t="s">
+      <x:c r="I418" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J418" s="1" t="s">
         <x:v>2013</x:v>
       </x:c>
-      <x:c r="I418" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F419" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G419" s="1" t="s">
         <x:v>2016</x:v>
       </x:c>
-      <x:c r="F419" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G419" s="1" t="s">
+      <x:c r="H419" s="1" t="s">
         <x:v>2017</x:v>
       </x:c>
-      <x:c r="H419" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="D420" s="1" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="E420" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="F420" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G420" s="1" t="s">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="D420" s="1" t="s">
+      <x:c r="H420" s="1" t="s">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="E420" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="D421" s="1" t="s">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="E421" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="F421" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G421" s="1" t="s">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="D421" s="1" t="s">
+      <x:c r="H421" s="1" t="s">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="E421" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="D422" s="1" t="s">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="E422" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F422" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G422" s="1" t="s">
         <x:v>2027</x:v>
       </x:c>
-      <x:c r="D422" s="1" t="s">
+      <x:c r="H422" s="1" t="s">
         <x:v>2028</x:v>
       </x:c>
-      <x:c r="E422" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
+        <x:v>2030</x:v>
+      </x:c>
+      <x:c r="E423" s="1" t="s">
+        <x:v>2031</x:v>
+      </x:c>
+      <x:c r="F423" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G423" s="1" t="s">
         <x:v>2032</x:v>
       </x:c>
-      <x:c r="E423" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G423" s="1" t="s">
+      <x:c r="H423" s="1" t="s">
         <x:v>2033</x:v>
       </x:c>
-      <x:c r="H423" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="D424" s="1" t="s">
         <x:v>2035</x:v>
       </x:c>
-      <x:c r="D424" s="1" t="s">
+      <x:c r="E424" s="1" t="s">
         <x:v>2036</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
         <x:v>2037</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
         <x:v>2038</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
         <x:v>2039</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
         <x:v>2040</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
         <x:v>2046</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
         <x:v>2047</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C427" s="1" t="s">
         <x:v>2048</x:v>
       </x:c>
-      <x:c r="C427" s="1" t="s">
+      <x:c r="D427" s="1" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="D427" s="1" t="s">
+      <x:c r="E427" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F427" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G427" s="1" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="E427" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G427" s="1" t="s">
+      <x:c r="H427" s="1" t="s">
         <x:v>2051</x:v>
       </x:c>
-      <x:c r="H427" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
+        <x:v>2052</x:v>
+      </x:c>
+      <x:c r="D428" s="1" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="D428" s="1" t="s">
+      <x:c r="E428" s="1" t="s">
         <x:v>2054</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
         <x:v>2055</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
         <x:v>2056</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D429" s="1" t="s">
         <x:v>2057</x:v>
       </x:c>
-      <x:c r="D429" s="1" t="s">
+      <x:c r="E429" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="F429" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G429" s="1" t="s">
         <x:v>2058</x:v>
       </x:c>
-      <x:c r="E429" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G429" s="1" t="s">
+      <x:c r="H429" s="1" t="s">
         <x:v>2059</x:v>
       </x:c>
-      <x:c r="H429" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="D430" s="1" t="s">
         <x:v>2061</x:v>
       </x:c>
-      <x:c r="D430" s="1" t="s">
+      <x:c r="E430" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F430" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G430" s="1" t="s">
         <x:v>2062</x:v>
       </x:c>
-      <x:c r="E430" s="1" t="s">
+      <x:c r="H430" s="1" t="s">
         <x:v>2063</x:v>
       </x:c>
-      <x:c r="F430" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="D431" s="1" t="s">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="E431" s="1" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="F431" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G431" s="1" t="s">
         <x:v>2066</x:v>
       </x:c>
-      <x:c r="D431" s="1" t="s">
+      <x:c r="H431" s="1" t="s">
         <x:v>2067</x:v>
       </x:c>
-      <x:c r="E431" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="D432" s="1" t="s">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
         <x:v>2070</x:v>
       </x:c>
-      <x:c r="D432" s="1" t="s">
+      <x:c r="F432" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G432" s="1" t="s">
         <x:v>2071</x:v>
       </x:c>
-      <x:c r="E432" s="1" t="s">
+      <x:c r="H432" s="1" t="s">
         <x:v>2072</x:v>
       </x:c>
-      <x:c r="F432" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
         <x:v>2075</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
         <x:v>2076</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
         <x:v>2077</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
         <x:v>2079</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
         <x:v>2080</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
         <x:v>2081</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
         <x:v>2082</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
         <x:v>2083</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
         <x:v>2084</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
         <x:v>2085</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
         <x:v>2086</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
         <x:v>2087</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
         <x:v>2088</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
         <x:v>2089</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
         <x:v>2095</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
         <x:v>2096</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="D438" s="1" t="s">
         <x:v>2097</x:v>
       </x:c>
-      <x:c r="D438" s="1" t="s">
+      <x:c r="E438" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="F438" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G438" s="1" t="s">
         <x:v>2098</x:v>
       </x:c>
-      <x:c r="E438" s="1" t="s">
+      <x:c r="H438" s="1" t="s">
         <x:v>2099</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2101</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="E439" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F439" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G439" s="1" t="s">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="H439" s="1" t="s">
         <x:v>2102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2104</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
+        <x:v>2103</x:v>
+      </x:c>
+      <x:c r="D440" s="1" t="s">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="E440" s="1" t="s">
         <x:v>2105</x:v>
       </x:c>
-      <x:c r="D440" s="1" t="s">
+      <x:c r="F440" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G440" s="1" t="s">
         <x:v>2106</x:v>
       </x:c>
-      <x:c r="E440" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G440" s="1" t="s">
+      <x:c r="H440" s="1" t="s">
         <x:v>2107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2108</x:v>
       </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
+        <x:v>2108</x:v>
+      </x:c>
+      <x:c r="D441" s="1" t="s">
         <x:v>2109</x:v>
       </x:c>
-      <x:c r="D441" s="1" t="s">
+      <x:c r="E441" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="F441" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G441" s="1" t="s">
         <x:v>2110</x:v>
       </x:c>
-      <x:c r="E441" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G441" s="1" t="s">
+      <x:c r="H441" s="1" t="s">
         <x:v>2111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2112</x:v>
       </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="D442" s="1" t="s">
         <x:v>2113</x:v>
       </x:c>
-      <x:c r="D442" s="1" t="s">
+      <x:c r="E442" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F442" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G442" s="1" t="s">
         <x:v>2114</x:v>
       </x:c>
-      <x:c r="E442" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G442" s="1" t="s">
+      <x:c r="H442" s="1" t="s">
         <x:v>2115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2116</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="D443" s="1" t="s">
         <x:v>2117</x:v>
       </x:c>
-      <x:c r="D443" s="1" t="s">
+      <x:c r="E443" s="1" t="s">
         <x:v>2118</x:v>
       </x:c>
-      <x:c r="E443" s="1" t="s">
+      <x:c r="F443" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G443" s="1" t="s">
         <x:v>2119</x:v>
       </x:c>
-      <x:c r="F443" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G443" s="1" t="s">
+      <x:c r="H443" s="1" t="s">
         <x:v>2120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2121</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
+        <x:v>2121</x:v>
+      </x:c>
+      <x:c r="D444" s="1" t="s">
         <x:v>2122</x:v>
       </x:c>
-      <x:c r="D444" s="1" t="s">
+      <x:c r="E444" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="F444" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G444" s="1" t="s">
         <x:v>2123</x:v>
       </x:c>
-      <x:c r="E444" s="1" t="s">
+      <x:c r="H444" s="1" t="s">
         <x:v>2124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2126</x:v>
       </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
+        <x:v>2125</x:v>
+      </x:c>
+      <x:c r="D445" s="1" t="s">
+        <x:v>2126</x:v>
+      </x:c>
+      <x:c r="E445" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F445" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G445" s="1" t="s">
         <x:v>2127</x:v>
       </x:c>
-      <x:c r="D445" s="1" t="s">
+      <x:c r="H445" s="1" t="s">
         <x:v>2128</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2131</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="E446" s="1" t="s">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="F446" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G446" s="1" t="s">
         <x:v>2132</x:v>
       </x:c>
-      <x:c r="E446" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G446" s="1" t="s">
+      <x:c r="H446" s="1" t="s">
         <x:v>2133</x:v>
       </x:c>
-      <x:c r="H446" s="1" t="s">
+      <x:c r="I446" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J446" s="1" t="s">
         <x:v>2134</x:v>
       </x:c>
-      <x:c r="I446" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
         <x:v>2135</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
         <x:v>2136</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="F447" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G447" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="H447" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
         <x:v>2140</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
         <x:v>2141</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
         <x:v>2142</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
         <x:v>2143</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
         <x:v>2144</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
         <x:v>2145</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="F449" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G449" s="1" t="s">
         <x:v>2146</x:v>
       </x:c>
-      <x:c r="F449" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G449" s="1" t="s">
+      <x:c r="H449" s="1" t="s">
         <x:v>2147</x:v>
       </x:c>
-      <x:c r="H449" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
+        <x:v>2148</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
         <x:v>2149</x:v>
       </x:c>
-      <x:c r="D450" s="1" t="s">
+      <x:c r="E450" s="1" t="s">
         <x:v>2150</x:v>
       </x:c>
-      <x:c r="E450" s="1" t="s">
+      <x:c r="F450" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G450" s="1" t="s">
         <x:v>2151</x:v>
       </x:c>
-      <x:c r="F450" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G450" s="1" t="s">
+      <x:c r="H450" s="1" t="s">
         <x:v>2152</x:v>
       </x:c>
-      <x:c r="H450" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
+        <x:v>2153</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
         <x:v>2154</x:v>
       </x:c>
-      <x:c r="D451" s="1" t="s">
+      <x:c r="E451" s="1" t="s">
         <x:v>2155</x:v>
       </x:c>
-      <x:c r="E451" s="1" t="s">
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
         <x:v>2156</x:v>
       </x:c>
-      <x:c r="F451" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G451" s="1" t="s">
+      <x:c r="H451" s="1" t="s">
         <x:v>2157</x:v>
       </x:c>
-      <x:c r="H451" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
         <x:v>2159</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
         <x:v>2160</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
         <x:v>2161</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
         <x:v>2162</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
         <x:v>2163</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
         <x:v>2164</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
         <x:v>2165</x:v>
       </x:c>
       <x:c r="F453" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G453" s="1" t="s">
         <x:v>2166</x:v>
       </x:c>
       <x:c r="H453" s="1" t="s">
         <x:v>2167</x:v>
       </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>2169</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
-        <x:v>2170</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>2171</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
         <x:v>2172</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="F455" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G455" s="1" t="s">
         <x:v>2173</x:v>
       </x:c>
-      <x:c r="F455" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G455" s="1" t="s">
+      <x:c r="H455" s="1" t="s">
         <x:v>2174</x:v>
       </x:c>
-      <x:c r="H455" s="1" t="s">
+      <x:c r="I455" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J455" s="1" t="s">
         <x:v>2175</x:v>
       </x:c>
-      <x:c r="I455" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
         <x:v>2176</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
         <x:v>2177</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
         <x:v>2178</x:v>
       </x:c>
       <x:c r="F456" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G456" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="H456" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C457" s="1" t="s">
         <x:v>2181</x:v>
       </x:c>
-      <x:c r="C457" s="1" t="s">
+      <x:c r="D457" s="1" t="s">
         <x:v>2182</x:v>
       </x:c>
-      <x:c r="D457" s="1" t="s">
+      <x:c r="E457" s="1" t="s">
         <x:v>2183</x:v>
       </x:c>
-      <x:c r="E457" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="H457" s="1" t="s">
         <x:v>2184</x:v>
       </x:c>
-      <x:c r="H457" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
         <x:v>2187</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="F458" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G458" s="1" t="s">
         <x:v>2188</x:v>
       </x:c>
-      <x:c r="F458" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G458" s="1" t="s">
+      <x:c r="H458" s="1" t="s">
         <x:v>2189</x:v>
       </x:c>
-      <x:c r="H458" s="1" t="s">
+      <x:c r="I458" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J458" s="1" t="s">
+        <x:v>2175</x:v>
+      </x:c>
+      <x:c r="K458" s="1" t="s">
         <x:v>2190</x:v>
       </x:c>
-      <x:c r="I458" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L458" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C459" s="1" t="s">
         <x:v>2191</x:v>
       </x:c>
-      <x:c r="C459" s="1" t="s">
+      <x:c r="D459" s="1" t="s">
         <x:v>2192</x:v>
       </x:c>
-      <x:c r="D459" s="1" t="s">
+      <x:c r="E459" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F459" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G459" s="1" t="s">
         <x:v>2193</x:v>
       </x:c>
-      <x:c r="E459" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G459" s="1" t="s">
+      <x:c r="H459" s="1" t="s">
         <x:v>2194</x:v>
       </x:c>
-      <x:c r="H459" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>2196</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="D460" s="1" t="s">
+        <x:v>2195</x:v>
+      </x:c>
+      <x:c r="E460" s="1" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="F460" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G460" s="1" t="s">
+        <x:v>2196</x:v>
+      </x:c>
+      <x:c r="H460" s="1" t="s">
         <x:v>2197</x:v>
       </x:c>
-      <x:c r="D460" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="E461" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F461" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G461" s="1" t="s">
         <x:v>2201</x:v>
       </x:c>
-      <x:c r="E461" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G461" s="1" t="s">
+      <x:c r="H461" s="1" t="s">
         <x:v>2202</x:v>
       </x:c>
-      <x:c r="H461" s="1" t="s">
+      <x:c r="I461" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J461" s="1" t="s">
+        <x:v>2175</x:v>
+      </x:c>
+      <x:c r="K461" s="1" t="s">
         <x:v>2203</x:v>
       </x:c>
-      <x:c r="I461" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L461" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="D462" s="1" t="s">
         <x:v>2204</x:v>
       </x:c>
-      <x:c r="D462" s="1" t="s">
+      <x:c r="E462" s="1" t="s">
         <x:v>2205</x:v>
       </x:c>
-      <x:c r="E462" s="1" t="s">
+      <x:c r="F462" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G462" s="1" t="s">
         <x:v>2206</x:v>
       </x:c>
-      <x:c r="F462" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G462" s="1" t="s">
+      <x:c r="H462" s="1" t="s">
         <x:v>2207</x:v>
       </x:c>
-      <x:c r="H462" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
         <x:v>2209</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
         <x:v>2210</x:v>
       </x:c>
       <x:c r="F463" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G463" s="1" t="s">
         <x:v>2211</x:v>
       </x:c>
       <x:c r="H463" s="1" t="s">
         <x:v>2212</x:v>
       </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="D464" s="1" t="s">
         <x:v>2213</x:v>
       </x:c>
-      <x:c r="D464" s="1" t="s">
+      <x:c r="E464" s="1" t="s">
         <x:v>2214</x:v>
       </x:c>
-      <x:c r="E464" s="1" t="s">
+      <x:c r="F464" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G464" s="1" t="s">
         <x:v>2215</x:v>
       </x:c>
-      <x:c r="F464" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G464" s="1" t="s">
+      <x:c r="H464" s="1" t="s">
         <x:v>2216</x:v>
       </x:c>
-      <x:c r="H464" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="D465" s="1" t="s">
         <x:v>2218</x:v>
       </x:c>
-      <x:c r="D465" s="1" t="s">
+      <x:c r="E465" s="1" t="s">
         <x:v>2219</x:v>
       </x:c>
-      <x:c r="E465" s="1" t="s">
+      <x:c r="F465" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G465" s="1" t="s">
         <x:v>2220</x:v>
       </x:c>
-      <x:c r="F465" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G465" s="1" t="s">
+      <x:c r="H465" s="1" t="s">
         <x:v>2221</x:v>
       </x:c>
-      <x:c r="H465" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="D466" s="1" t="s">
+        <x:v>2223</x:v>
+      </x:c>
+      <x:c r="E466" s="1" t="s">
         <x:v>2224</x:v>
       </x:c>
-      <x:c r="D466" s="1" t="s">
+      <x:c r="F466" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G466" s="1" t="s">
         <x:v>2225</x:v>
       </x:c>
-      <x:c r="E466" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G466" s="1" t="s">
+      <x:c r="H466" s="1" t="s">
         <x:v>2226</x:v>
       </x:c>
-      <x:c r="H466" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="D467" s="1" t="s">
         <x:v>2228</x:v>
       </x:c>
-      <x:c r="D467" s="1" t="s">
+      <x:c r="E467" s="1" t="s">
         <x:v>2229</x:v>
       </x:c>
-      <x:c r="E467" s="1" t="s">
+      <x:c r="F467" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G467" s="1" t="s">
         <x:v>2230</x:v>
       </x:c>
-      <x:c r="F467" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G467" s="1" t="s">
+      <x:c r="H467" s="1" t="s">
         <x:v>2231</x:v>
       </x:c>
-      <x:c r="H467" s="1" t="s">
+      <x:c r="I467" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J467" s="1" t="s">
         <x:v>2232</x:v>
       </x:c>
-      <x:c r="I467" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
         <x:v>2233</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
         <x:v>2235</x:v>
       </x:c>
       <x:c r="F468" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G468" s="1" t="s">
         <x:v>2236</x:v>
       </x:c>
       <x:c r="H468" s="1" t="s">
         <x:v>2237</x:v>
       </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
         <x:v>2238</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
         <x:v>2239</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
+        <x:v>2150</x:v>
+      </x:c>
+      <x:c r="F469" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G469" s="1" t="s">
         <x:v>2240</x:v>
       </x:c>
-      <x:c r="F469" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G469" s="1" t="s">
+      <x:c r="H469" s="1" t="s">
         <x:v>2241</x:v>
       </x:c>
-      <x:c r="H469" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="D470" s="1" t="s">
         <x:v>2243</x:v>
       </x:c>
-      <x:c r="D470" s="1" t="s">
+      <x:c r="E470" s="1" t="s">
         <x:v>2244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
       <x:c r="F470" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G470" s="1" t="s">
         <x:v>2245</x:v>
       </x:c>
       <x:c r="H470" s="1" t="s">
         <x:v>2246</x:v>
       </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
         <x:v>2247</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
         <x:v>2248</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="F471" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G471" s="1" t="s">
-        <x:v>2249</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="H471" s="1" t="s">
-        <x:v>2250</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>2251</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="F472" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G472" s="1" t="s">
-        <x:v>2254</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="H472" s="1" t="s">
-        <x:v>2255</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
-        <x:v>2258</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="H473" s="1" t="s">
-        <x:v>2259</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>2261</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F474" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G474" s="1" t="s">
-        <x:v>2262</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="H474" s="1" t="s">
-        <x:v>2263</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>2264</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>2265</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>2266</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="F475" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G475" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="H475" s="1" t="s">
-        <x:v>2268</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
         <x:v>2270</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
         <x:v>2271</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
         <x:v>2272</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
         <x:v>2273</x:v>
       </x:c>
       <x:c r="H476" s="1" t="s">
         <x:v>2274</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
         <x:v>2275</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
         <x:v>2276</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
         <x:v>2277</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
         <x:v>2278</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
         <x:v>2279</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F478" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G478" s="1" t="s">
         <x:v>2281</x:v>
       </x:c>
-      <x:c r="F478" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G478" s="1" t="s">
+      <x:c r="H478" s="1" t="s">
         <x:v>2282</x:v>
       </x:c>
-      <x:c r="H478" s="1" t="s">
+      <x:c r="I478" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J478" s="1" t="s">
         <x:v>2283</x:v>
       </x:c>
-      <x:c r="I478" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
         <x:v>2284</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
         <x:v>2285</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>2286</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>2287</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>2290</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>2291</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>2293</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>2294</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>2295</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>2296</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>2297</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>2298</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>2301</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>2302</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>2303</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>2304</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>2305</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
-        <x:v>2306</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>2307</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="F485" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G485" s="1" t="s">
-        <x:v>2311</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="H485" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C486" s="1" t="s">
         <x:v>2314</x:v>
       </x:c>
-      <x:c r="C486" s="1" t="s">
+      <x:c r="D486" s="1" t="s">
         <x:v>2315</x:v>
       </x:c>
-      <x:c r="D486" s="1" t="s">
+      <x:c r="E486" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F486" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G486" s="1" t="s">
         <x:v>2316</x:v>
       </x:c>
-      <x:c r="E486" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G486" s="1" t="s">
+      <x:c r="H486" s="1" t="s">
         <x:v>2317</x:v>
       </x:c>
-      <x:c r="H486" s="1" t="s">
+      <x:c r="I486" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J486" s="1" t="s">
         <x:v>2318</x:v>
       </x:c>
-      <x:c r="I486" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>2320</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="H487" s="1" t="s">
-        <x:v>2322</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>2323</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>2324</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F488" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G488" s="1" t="s">
-        <x:v>2325</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="H488" s="1" t="s">
-        <x:v>2326</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>2327</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>2331</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>2333</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>2335</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
-        <x:v>2336</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>2337</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>2340</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
         <x:v>2341</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
         <x:v>2342</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
+        <x:v>1706</x:v>
+      </x:c>
+      <x:c r="F492" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G492" s="1" t="s">
         <x:v>2343</x:v>
       </x:c>
-      <x:c r="F492" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G492" s="1" t="s">
+      <x:c r="H492" s="1" t="s">
         <x:v>2344</x:v>
       </x:c>
-      <x:c r="H492" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
         <x:v>2346</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G493" s="1" t="s">
         <x:v>2347</x:v>
       </x:c>
-      <x:c r="G493" s="1" t="s">
+      <x:c r="H493" s="1" t="s">
         <x:v>2348</x:v>
       </x:c>
-      <x:c r="H493" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>2350</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>2351</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
-        <x:v>2352</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>2353</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>2354</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>2355</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
-        <x:v>2356</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
-        <x:v>2358</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>2359</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>2360</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F499" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G499" s="1" t="s">
-        <x:v>2361</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="H499" s="1" t="s">
-        <x:v>2362</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D500" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>2363</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F501" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G501" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
-        <x:v>2366</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>2367</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2368</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>2369</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>2371</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2372</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>2373</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2374</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>2375</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
-        <x:v>2376</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>2377</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
-        <x:v>2378</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
-        <x:v>2379</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>2380</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D508" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F508" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G508" s="1" t="s">
-        <x:v>2381</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="H508" s="1" t="s">
-        <x:v>2382</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>2383</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>2384</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>2394</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D510" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F510" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G510" s="1" t="s">
-        <x:v>2385</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
-        <x:v>2386</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>2387</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
-        <x:v>2388</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>2389</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
-        <x:v>2390</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D512" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F512" s="1" t="s">
-        <x:v>2391</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="G512" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="H512" s="1" t="s">
-        <x:v>2392</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>2393</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
-        <x:v>2352</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A513" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B513" s="2" t="s">
+      <x:c r="A513" s="1">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="B513" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D513" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="E513" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F513" s="1" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="G513" s="1" t="s">
+        <x:v>2401</x:v>
+      </x:c>
+      <x:c r="H513" s="1" t="s">
+        <x:v>2402</x:v>
+      </x:c>
+      <x:c r="I513" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J513" s="1" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="K513" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="L513" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="514" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A514" s="1">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B514" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="C514" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D514" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="E514" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F514" s="1" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="G514" s="1" t="s">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="H514" s="1" t="s">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="I514" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J514" s="1" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="K514" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="L514" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="515" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A515" s="1">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="B515" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="C515" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D515" s="1" t="s">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="E515" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F515" s="1" t="s">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="G515" s="1" t="s">
+        <x:v>2405</x:v>
+      </x:c>
+      <x:c r="H515" s="1" t="s">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="I515" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J515" s="1" t="s">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="K515" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L515" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A516" s="1">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="B516" s="1" t="s">
+        <x:v>2407</x:v>
+      </x:c>
+      <x:c r="C516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F516" s="1" t="s">
+        <x:v>2408</x:v>
+      </x:c>
+      <x:c r="G516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H516" s="1" t="s">
+        <x:v>2409</x:v>
+      </x:c>
+      <x:c r="I516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J516" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="K516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L516" s="1" t="s">
+        <x:v>2370</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A517" s="2" t="s">
+        <x:v>2410</x:v>
+      </x:c>
+      <x:c r="B517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C513" s="2" t="s">
+      <x:c r="C517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D513" s="2" t="s">
+      <x:c r="D517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E513" s="2" t="s">
+      <x:c r="E517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F513" s="2" t="s">
+      <x:c r="F517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G513" s="2" t="s">
+      <x:c r="G517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H513" s="2" t="s">
+      <x:c r="H517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I513" s="2" t="s">
+      <x:c r="I517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J513" s="2" t="s">
+      <x:c r="J517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K513" s="2" t="s">
+      <x:c r="K517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L513" s="2" t="s">
+      <x:c r="L517" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A513:L513"/>
+    <x:mergeCell ref="A517:L517"/>
   </x:mergeCells>
 </x:worksheet>
 </file>