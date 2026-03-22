--- v7 (2026-02-28)
+++ v8 (2026-03-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1dc9d2546a47df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5998783a9c437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260226" sheetId="1" r:id="R6afaa20479a64fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMLC_asof_20260319" sheetId="1" r:id="Rda9e814618314bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5691" uniqueCount="2411">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5636" uniqueCount="2388">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,7221 +58,7152 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil Notas Do Tesouro Nacional Serie</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R7V2715</x:t>
   </x:si>
   <x:si>
     <x:t>10.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>271,030,000</x:t>
-[...2 lines deleted...]
-    <x:t>$48,176,303.46</x:t>
+    <x:t>264,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,149,630.94</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>0.92%</x:t>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Of South Africa Government Bon</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0033KXYP7</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
-    <x:t>704,733,223</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>684,433,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,718,748.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>ZAR</x:t>
   </x:si>
   <x:si>
+    <x:t>Mexican Bonos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0021RCFH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673,099,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,720,006.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brazil Letras Do Tesouro Nacional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJZNDZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,900,483.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Turkiye Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSSWD52</x:t>
   </x:si>
   <x:si>
     <x:t>30.000</x:t>
   </x:si>
   <x:si>
-    <x:t>1,581,379,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>1,602,559,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,262,524.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>TRY</x:t>
   </x:si>
   <x:si>
-    <x:t>Mexican Bonos</x:t>
-[...41 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>11/13/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002W625T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663,214,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,174,867.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0069HXQ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607,829,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,793,957.85</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086H7FK5</x:t>
   </x:si>
   <x:si>
     <x:t>8.875</x:t>
   </x:si>
   <x:si>
-    <x:t>538,873,441</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>537,793,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,718,875.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombian Tes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9WW658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,449,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,332,294.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colombia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T9FBB7</x:t>
   </x:si>
   <x:si>
     <x:t>8.250</x:t>
   </x:si>
   <x:si>
-    <x:t>532,383,388</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>516,063,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,141,398.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTJ9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,933,157.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JNKWY26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,327,310.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HXBK2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532,545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,985,197.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T9FLP0</x:t>
   </x:si>
   <x:si>
-    <x:t>8.500</x:t>
-[...35 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>528,430,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,964,504.57</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018KMB098</x:t>
   </x:si>
   <x:si>
     <x:t>8.000</x:t>
   </x:si>
   <x:si>
-    <x:t>616,609,000</x:t>
-[...41 lines deleted...]
-    <x:t>$32,681,979.54</x:t>
+    <x:t>605,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,647,804.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004T9DVS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,398,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,645,065.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Of Poland Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C1D4CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,383,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,225,687.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNG1FL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,683,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,551,817.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0086HBT93</x:t>
   </x:si>
   <x:si>
     <x:t>9.000</x:t>
   </x:si>
   <x:si>
-    <x:t>489,662,900</x:t>
-[...44 lines deleted...]
-    <x:t>PLN</x:t>
+    <x:t>474,882,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,265,701.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JRP2HN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,214,928,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,414,995.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bonos De La Tesoreria De La Republica E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G6YHY27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,890,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,398,419.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004T96W58</x:t>
   </x:si>
   <x:si>
-    <x:t>482,968,364</x:t>
-[...47 lines deleted...]
-    <x:t>CLP</x:t>
+    <x:t>470,428,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,188,951.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BWN6H31</x:t>
   </x:si>
   <x:si>
     <x:t>7.500</x:t>
   </x:si>
   <x:si>
-    <x:t>508,935,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>495,527,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,913,522.69</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GWNNHS4</x:t>
   </x:si>
   <x:si>
     <x:t>7.300</x:t>
   </x:si>
   <x:si>
-    <x:t>80,610,000</x:t>
-[...2 lines deleted...]
-    <x:t>$27,622,731.03</x:t>
+    <x:t>78,464,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,536,310.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
-    <x:t>Colombian Tes</x:t>
-[...14 lines deleted...]
-    <x:t>$27,170,352.52</x:t>
+    <x:t>08/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD35K22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,411,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,153,000.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>Colombia</x:t>
-[...2 lines deleted...]
-    <x:t>COP</x:t>
+    <x:t>07/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LWVW7H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,787,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,742,474.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KWNRY68</x:t>
   </x:si>
   <x:si>
-    <x:t>155,550,000</x:t>
-[...20 lines deleted...]
-    <x:t>$25,315,705.95</x:t>
+    <x:t>148,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,716,964.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H3PG095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,417,970.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027</x:t>
-[...8 lines deleted...]
-    <x:t>$25,061,651.61</x:t>
+    <x:t>India Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR5HYJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,105,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,895,922.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBNVK35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,276,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,770,534.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKWC2H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,484,175.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGZRHS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,343,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,253,080.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9Y483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,538,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,211,302.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H5QTHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,553,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,186,814.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3YG9F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957,289,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,149,845.78</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N8SKK57</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
-    <x:t>92,143,000</x:t>
-[...98 lines deleted...]
-    <x:t>$23,600,865.80</x:t>
+    <x:t>86,923,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,056,862.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014JC5VB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,663,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,964,378.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>India</x:t>
-[...2 lines deleted...]
-    <x:t>INR</x:t>
+    <x:t>06/19/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZZ8QY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,015,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,793,277.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF44QX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,114,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,692,765.66</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000JM2B6</x:t>
   </x:si>
   <x:si>
     <x:t>6.900</x:t>
   </x:si>
   <x:si>
-    <x:t>74,883,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,559,251.93</x:t>
+    <x:t>73,063,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,663,013.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HT0LQW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,898,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,178,422.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011C78R72</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>96,478,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>93,928,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,116,568.97</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000HPNX7</x:t>
   </x:si>
   <x:si>
-    <x:t>399,010,400</x:t>
-[...2 lines deleted...]
-    <x:t>$22,888,436.32</x:t>
+    <x:t>394,215,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,005,984.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BCBS933</x:t>
   </x:si>
   <x:si>
-    <x:t>71,396,000</x:t>
-[...17 lines deleted...]
-    <x:t>$22,302,928.96</x:t>
+    <x:t>69,986,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,999,232.94</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N905NT1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,165,000,000</x:t>
-[...35 lines deleted...]
-    <x:t>$21,938,886.27</x:t>
+    <x:t>19,865,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,713,123.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000B07Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345,677,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,836,047.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q35RT30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,747,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,499,842.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ7Q7Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,601,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,485,970.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56V7J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>334,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,378,177.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supra-National</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay Government International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDK71Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>694,404,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,151,318.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uruguay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UYU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia Treasury Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P2SVD60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>323,844,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,038,059.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PB9SND6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314,346,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,887,893.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86JP48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,655,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,822,350.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G530SR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,704,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,717,320.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019HY6HY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,454,077.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TD1FJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,811,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,269,652.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J5QZX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,133,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,248,950.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hungary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCLK700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,681,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,159,200.78</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TNRR083</x:t>
   </x:si>
   <x:si>
     <x:t>1.250</x:t>
   </x:si>
   <x:si>
-    <x:t>86,905,000</x:t>
-[...29 lines deleted...]
-    <x:t>UYU</x:t>
+    <x:t>79,495,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,156,171.00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00007D4H2</x:t>
   </x:si>
   <x:si>
-    <x:t>7.000</x:t>
-[...119 lines deleted...]
-    <x:t>$20,121,731.97</x:t>
+    <x:t>323,213,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,071,624.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001J8G0F5</x:t>
   </x:si>
   <x:si>
-    <x:t>6.750</x:t>
-[...23 lines deleted...]
-    <x:t>$20,049,505.69</x:t>
+    <x:t>5,957,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,900,245.89</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009F0QNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>17,155,000,000</x:t>
-[...56 lines deleted...]
-    <x:t>$19,040,946.53</x:t>
+    <x:t>16,890,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,742,384.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WJSHD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,287,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,626,696.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>10/25/2035</x:t>
-[...8 lines deleted...]
-    <x:t>$18,835,169.53</x:t>
+    <x:t>02/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HX7PF26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,456,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,220,826.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC5JZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,927,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,040,028.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FGGRG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,602,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,780,586.52</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9H72P7</x:t>
   </x:si>
   <x:si>
     <x:t>4.700</x:t>
   </x:si>
   <x:si>
-    <x:t>15,960,000,000</x:t>
-[...44 lines deleted...]
-    <x:t>$17,973,907.52</x:t>
+    <x:t>15,725,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,760,093.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017GW0Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,437,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,706,607.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ303N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,505,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,605,151.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
+    <x:t>Dominican Republic International Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCG9RK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>917,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,343,047.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominican Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01964QZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,448,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,230,433.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia Treasury Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRT6QH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,703,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,219,762.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRW8VK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254,750,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,118,928.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DQMKR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,430,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,050,436.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BYJ4983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,397,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,002,594.56</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/21/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N9YKBS8</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
-    <x:t>6,331,780,000</x:t>
-[...83 lines deleted...]
-    <x:t>$17,190,470.61</x:t>
+    <x:t>6,168,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,737,304.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HNFV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>597,091,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,638,453.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108L80X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>497,722,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,589,326.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>THB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WF4CDD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,500,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,578,969.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVLV6S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,002,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,541,943.55</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VG9ZHS8</x:t>
   </x:si>
   <x:si>
-    <x:t>2.000</x:t>
-[...92 lines deleted...]
-    <x:t>$17,072,173.07</x:t>
+    <x:t>6,001,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,485,285.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JTY3QW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,377,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,282,256.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Bank For Reconstruction &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014G2MHZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,267,442.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X6KV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,263,232.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czech Republic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CZK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y38YSF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,219,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,182,677.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000P09N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,191,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,106,448.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HSWG1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,981,524.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011KQ0GL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,359,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,874,557.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014BF94J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,797,991.95</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0196KCCM4</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
-    <x:t>458,884,000</x:t>
-[...65 lines deleted...]
-    <x:t>CZK</x:t>
+    <x:t>448,314,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,785,337.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H8DCP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,344,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,637,191.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PPMPB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,361,890,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,625,781.10</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008H3KDN1</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
-    <x:t>6,008,940,000</x:t>
-[...17 lines deleted...]
-    <x:t>$16,557,153.07</x:t>
+    <x:t>5,923,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,608,869.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX4VF88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,470,570,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,585,312.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,404,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,439,150.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZ9HPX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,423,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,397,814.09</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G6GHZV1</x:t>
   </x:si>
   <x:si>
     <x:t>4.900</x:t>
   </x:si>
   <x:si>
-    <x:t>308,110,000</x:t>
-[...44 lines deleted...]
-    <x:t>$16,117,004.36</x:t>
+    <x:t>287,440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,383,181.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TD34900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,658,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,376,629.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWNGVD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,453,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,331,543.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC0HST4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,347,180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,316,507.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RDW789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>467,286,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,260,965.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019LRZYH5</x:t>
   </x:si>
   <x:si>
     <x:t>3.390</x:t>
   </x:si>
   <x:si>
-    <x:t>425,641,000</x:t>
-[...95 lines deleted...]
-    <x:t>$15,484,871.07</x:t>
+    <x:t>414,271,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,160,729.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4XSYH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,159,766.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N63RYY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,985,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,065,841.92</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VH51F32</x:t>
   </x:si>
   <x:si>
-    <x:t>267,300,000</x:t>
-[...2 lines deleted...]
-    <x:t>$15,448,090.25</x:t>
+    <x:t>272,877,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,008,201.65</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QG1R1C6</x:t>
   </x:si>
   <x:si>
-    <x:t>53,027,000</x:t>
-[...29 lines deleted...]
-    <x:t>$15,342,302.09</x:t>
+    <x:t>51,207,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,876,146.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNP0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,769,768.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JR4FHJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,731,279.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZWTKQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,360,040,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,682,416.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWNNMN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,495,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,603,196.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015JZPDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,542,828.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY7NJS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,523,953.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004X8PQX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,256,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,474,170.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTSXGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,471,758.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M90JQD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398,934,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,444,723.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042M9WV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,675,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,431,133.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ0M1H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,392,308.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018N1MQ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>421,801,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,357,766.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>European Investment Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z70H1M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,971,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,346,356.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DY6MBL8</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
-    <x:t>54,393,000</x:t>
-[...116 lines deleted...]
-    <x:t>$14,740,096.79</x:t>
+    <x:t>49,533,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,270,610.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malaysia Government Investment Issue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKWWHK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,473,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,152,963.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRN6B80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,979,184.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019XJL2K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,354,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,949,735.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002DJMDP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>374,988,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,932,520.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F5YCZK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,999,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,783,430.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>European Bank For Reconstruction &amp; Deve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMM2VB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,189,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,746,063.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PMFY7N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,801,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,725,777.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K4N42C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,706,312.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0045BVLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,698,301.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008M818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,044,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,649,178.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007X4TXG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,502,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,604,340.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB0J4G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,022,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,475,576.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQWWJ19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,366,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,449,056.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BTH1V60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,386,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,325,453.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K9TPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,911,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,317,068.59</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PMFJX12</x:t>
   </x:si>
   <x:si>
-    <x:t>225,245,000,000</x:t>
-[...230 lines deleted...]
-    <x:t>$13,564,314.64</x:t>
+    <x:t>198,538,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,295,282.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DBR5TL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,707,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,280,383.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VDD9Y95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,389,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,249,501.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397,155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,249,355.92</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H1F1S0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,612,590,000</x:t>
-[...44 lines deleted...]
-    <x:t>$13,372,994.09</x:t>
+    <x:t>4,681,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,238,633.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P97LGV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,662,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,235,950.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZYH95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203,270,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,228,838.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P12L2B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,705,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,199,548.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N03TC31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,378,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,189,415.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KSDNFR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,543,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,154,669.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TNLSL34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,122,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,126,612.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MGBRQN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>379,227,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,899,318.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H1J954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,037,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,872,178.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X7GK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,859,704.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GD4SJ54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,634,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,791,334.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001VXZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,528,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,707,399.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSPXD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>369,331,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,611,314.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJYYLL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,591,006.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NYSGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,582,527.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014R9CQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,562,857.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T3RFDF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373,867,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,506,934.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NKT8YS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,462,592.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MDKQFL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,273,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,415,790.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR8F3C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,378,504.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Romania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RX26W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,209,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,284,247.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T4HHXV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,546,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,270,236.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB2QWT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,045,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,247,812.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2MF522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,245,976.74</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J31001</x:t>
   </x:si>
   <x:si>
     <x:t>3.750</x:t>
   </x:si>
   <x:si>
-    <x:t>46,072,000</x:t>
-[...65 lines deleted...]
-    <x:t>$13,290,968.28</x:t>
+    <x:t>40,412,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,197,886.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9TCJS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,168,978.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019X002T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,255,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,154,252.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009K01880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,398,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,151,194.54</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6LC991</x:t>
   </x:si>
   <x:si>
     <x:t>7.160</x:t>
   </x:si>
   <x:si>
-    <x:t>1,193,890,000</x:t>
-[...104 lines deleted...]
-    <x:t>CNY</x:t>
+    <x:t>1,056,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,123,596.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRP9NQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,123,169.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0ZD13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,120,286.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G292179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,052,546.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016QDF0Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,866,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,021,701.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9M10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,992,718.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HY2BK21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,935,277.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016K3TW59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,165,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,820,636.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KTHMXL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,054,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,814,848.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ25NB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>345,560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,808,927.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HGD7Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,813,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,760,510.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K9ZWBR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,756,292.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBKRMC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347,815,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,751,942.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QG4R6G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>951,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,665,725.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FP5YDY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,632,037.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016ZZPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309,974,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,554,058.70</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016PTLZQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,117,020,000</x:t>
-[...341 lines deleted...]
-    <x:t>$12,234,095.76</x:t>
+    <x:t>923,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,518,338.76</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q5PPZF9</x:t>
   </x:si>
   <x:si>
     <x:t>2.980</x:t>
   </x:si>
   <x:si>
-    <x:t>348,275,000</x:t>
-[...170 lines deleted...]
-    <x:t>$11,477,435.57</x:t>
+    <x:t>341,135,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,492,846.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2YTBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,456,707.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFCD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,341,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,446,965.10</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QYVF7S4</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
-    <x:t>43,004,000</x:t>
-[...2 lines deleted...]
-    <x:t>$11,434,478.62</x:t>
+    <x:t>41,604,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,419,535.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC6Z35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,927,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,332,609.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVD7HB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,824,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,325,399.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038RJDV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,395,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,303,730.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015XQF9Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,281,464.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RKZYH59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,180,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,272,773.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRPMZ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,532,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,226,087.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92MYS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,371,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,212,191.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M86ZF51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,584,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,166,401.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KTT17M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,127,578.32</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JKV6Z93</x:t>
   </x:si>
   <x:si>
-    <x:t>44,810,000</x:t>
-[...59 lines deleted...]
-    <x:t>$11,249,868.51</x:t>
+    <x:t>43,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,116,012.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B8YP0H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,096,943.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C4TDMN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,041,329.01</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVSS6V9</x:t>
   </x:si>
   <x:si>
     <x:t>7.200</x:t>
   </x:si>
   <x:si>
-    <x:t>44,855,000</x:t>
-[...68 lines deleted...]
-    <x:t>$10,984,267.36</x:t>
+    <x:t>43,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,011,660.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003BKTCT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,662,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,911,448.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GP2PZY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,966,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,900,298.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ4GML6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,248,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,875,124.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LC4WPR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307,547,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,850,777.35</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6GCFJ6</x:t>
   </x:si>
   <x:si>
     <x:t>3.400</x:t>
   </x:si>
   <x:si>
-    <x:t>296,786,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,927,026.05</x:t>
+    <x:t>288,726,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,850,049.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X2RXCQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,834,010.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004P6QVY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,799,212.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M2ZKL39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,631,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,774,963.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVXTLJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,770,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,686,814.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QX95821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,128,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,684,774.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MT49CP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,327,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,639,774.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,826,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,631,582.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZK8R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>928,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,588,692.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011PC4533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,329,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,556,422.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DSP6B40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,868,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,483,948.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WHL3BX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,848,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,473,199.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004K8VVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,424,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,467,140.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HH2H0P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>845,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,425,026.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXDC4W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,179,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,352,112.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0184P1LP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>832,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,347,761.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFSC173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,330,756.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0089MP275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,287,337.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GH8V3V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,180,398.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SWFTFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,176,162.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XX887F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,132,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,161,451.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N13MCM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,346,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,130,297.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HLHQ9M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>532,621,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,991,174.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKY14J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,988,124.32</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3Y9JP3</x:t>
   </x:si>
   <x:si>
-    <x:t>175,994,000</x:t>
-[...392 lines deleted...]
-    <x:t>$9,836,898.60</x:t>
+    <x:t>156,833,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,888,395.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6GLXD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,211,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,789,054.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2V9R46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,760,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,770,617.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HNK00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,742,778.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NV0G444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>753,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,611,005.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000F35R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,026,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,607,499.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRSW001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,599,780.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M7R9DF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,195,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,578,924.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZTNHJR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,575,900.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>420,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,511,180.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WKXJ191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,458,221.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LB0V843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,402,722.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0D8X13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,360,284.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDKC702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,898,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,352,336.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRLN3V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264,372,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,228,714.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N1QH037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,900,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,175,883.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV4NXD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,442,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,169,000.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9M2HF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>733,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,165,878.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G40R2K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,805,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,124,201.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2Y83S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269,623,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,104,230.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter-American Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JGWCHR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,089,204.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MS1CKW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,076,881.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLMV4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>174,410,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,067,341.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009QNZKZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,213,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,043,560.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C96YTS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,585,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,020,665.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MPVXVR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,193,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,972,900.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S7H0564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,960,680.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perusahaan Penerbit Sbsn Indonesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116XS8C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,113,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,947,820.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NXXC3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,901,721.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PTG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,895,535.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LXCWX38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,845,054.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,798,490.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G54JB31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,777,155.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SC42S74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,768,870.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X8RDPM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,209,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,750,371.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBZ0M77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,741,392.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP47BY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,658,216.78</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CX531</x:t>
   </x:si>
   <x:si>
     <x:t>6.250</x:t>
   </x:si>
   <x:si>
-    <x:t>172,793,000</x:t>
-[...392 lines deleted...]
-    <x:t>$8,674,937.92</x:t>
+    <x:t>153,553,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,643,741.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBJ1MG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,611,614.21</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8HNDF9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,533,390,000</x:t>
-[...2 lines deleted...]
-    <x:t>$8,659,689.30</x:t>
+    <x:t>2,457,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,572,649.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YVK7Q56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,716,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,569,763.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMFP906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,560,221.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2Q8610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,539,272.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2ZXN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,505,493.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Côte D'Ivoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G68Q9C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>658,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,496,572.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2N8LQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>662,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,461,325.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W4GHDJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,430,168.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDK2RK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,015,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,429,286.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHHG51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,421,095.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PBTSBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,410,499.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HHNGZ16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,820,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,398,423.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138523W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,145,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,289,822.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ0P2G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,502,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,202,774.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDDV9B3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,912,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,117,966.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VLFLK06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,020,220.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NC9K0H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,901,817.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWSBB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,879,899.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008QQJ434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,231,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,826,493.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JXGR4K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,995,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,811,035.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XPZ530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,786,024.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LLMJZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,758,672.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RM4T2V7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,845,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,713,058.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WXWRDK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,080,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,711,670.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000598L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,639,688.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0057Y2XN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,431,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,624,680.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDW4M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,573,854.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N36X32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,890,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,558,659.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWN0LJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,095,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,518,965.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MXQS0V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,013,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,470,513.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJH1Z33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,420,049.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QLJFMP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,347,368.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X5D9XY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,339,209.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V87P2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,218,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,322,144.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J798WS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,308,138.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007CY05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,195,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,265,662.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3DD458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,255,568.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS4XRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,302,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,216,374.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ8WCQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,131,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,214,326.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0195FFC16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,783,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,191,947.63</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M1H6G90</x:t>
   </x:si>
   <x:si>
     <x:t>2.280</x:t>
   </x:si>
   <x:si>
-    <x:t>55,370,000</x:t>
-[...203 lines deleted...]
-    <x:t>$8,111,152.85</x:t>
+    <x:t>40,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,182,497.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8D6X48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,177,451.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JPFD6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,170,536.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012919QL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,156,967.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QGB0G40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,156,839.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQM6RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,732,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,143,362.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P0K1LR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,124,815.68</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0022GWRN7</x:t>
   </x:si>
   <x:si>
-    <x:t>130,368,000,000</x:t>
-[...446 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>99,507,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,051,970.47</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PL0CHC5</x:t>
   </x:si>
   <x:si>
     <x:t>10.875</x:t>
   </x:si>
   <x:si>
-    <x:t>89,765,000</x:t>
-[...83 lines deleted...]
-    <x:t>$6,816,619.69</x:t>
+    <x:t>88,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,047,723.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KYM6GD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,024,001.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY7CBK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,645,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,988,980.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VZNKHD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,995,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,955,356.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCHL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,908,264.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TTCHRN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,881,771.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H0B3NK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,832,933.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K22CM50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,810,761.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KYL9Q67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>514,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,773,986.57</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K7D7038</x:t>
   </x:si>
   <x:si>
     <x:t>12.400</x:t>
   </x:si>
   <x:si>
-    <x:t>385,940,000</x:t>
-[...41 lines deleted...]
-    <x:t>$6,699,247.91</x:t>
+    <x:t>369,630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,755,969.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YQ8KDT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,685,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,689,118.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4YS442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,685,642.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JDFH3H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,665,917.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3HMYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,616,278.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4ZM676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>492,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,609,561.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XSRDFQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183,509,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,599,823.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FYJ28Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,552,936.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8Y0WQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,911,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,527,513.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3J9GS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,030,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,395,100.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD075X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,371,379.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YTQC093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,546,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,366,510.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL0CN32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,513,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,342,675.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SRH42W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,329,230.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KN0MGH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,305,581.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014VSMND5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,560,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,291,666.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ0M1R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,288,224.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JS21S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,280,031.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S3HDGS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,269,750.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JP5PT98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,244,945.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K7F2RV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,153,967.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y52XRQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,125,900.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5JZR61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,096,696.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G41JF39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,095,282.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSYR36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,085,711.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRSNC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,952,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,067,007.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010VCD1P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,049,907.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TP55NQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,004,098.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F7YXHQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,678,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,907,939.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9YJ430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,893,052.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113P4TQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,892,248.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V3G2HQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,878,061.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RQ1WQV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,790,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,858,654.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PRC0M44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,825,723.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PVBBX28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,592,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,818,547.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01588C4V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,757,435.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HG8TKP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,891,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,737,995.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYCM1N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,734,864.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV0DXC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,733,269.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XQKSQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,524,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,727,959.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C0D7TS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,630,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,708,328.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XNZH200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,701,780.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM3RR76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,696,626.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N0PWFT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,647,526.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRSVQ78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,639,591.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J29V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,635,420.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y69W636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,578,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,611,199.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NL887C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,970,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,566,254.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QWGPXK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,563,713.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M4WQ6K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,555,441.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018V2SB89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,475,893.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZWTJKN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,462,991.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBHTV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,452,315.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FV8TYG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,987,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,410,021.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000096QJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,805,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,380,049.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMH2KP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,213,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,369,160.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q11W15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,332,292.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2ZG1N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,820,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,331,994.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BX0VQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,328,576.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019V5ZWG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,252,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,306,676.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GNVMFM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,289,440.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B36BKL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,455,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,236,419.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q7741T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,223,291.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017191V39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,213,089.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WLMRNG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,067,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,187,840.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBC6KR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,158,225.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K23BHV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,085,437.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JR4XXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,079,167.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TXFX7R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,036,456.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FDQ0ZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,025,697.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKPZZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,310,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,991,628.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMV50M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,963,253.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W047PJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,941,398.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01939XCK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,940,047.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG0DMR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,836,856.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G65BQY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,828,530.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z6JNKS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,823,901.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012WGY1N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,820,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,796,035.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0155W5693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,795,944.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013GPFVB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,749,155.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGPT05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,882,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,737,086.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFCF6Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,733,035.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY3DY80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,725,372.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DCQS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,055,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,720,981.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT9H1R7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,705,465.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYGQVW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,855,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,694,388.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVJZLN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,662,627.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LMZ2PX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,656,367.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T565FR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,628,857.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000560D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,338,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,578,808.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019CFT046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,556,923.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZTNCR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,550,009.01</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S1TVP66</x:t>
   </x:si>
   <x:si>
-    <x:t>108,144,000</x:t>
-[...473 lines deleted...]
-    <x:t>$5,396,857.63</x:t>
+    <x:t>63,643,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,547,300.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYBDVT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,542,532.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRS5LP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,856,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,519,502.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL34D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,092,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,387,819.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFTZH69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,486,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,385,676.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RCZ81Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,742,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,311,794.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QPRFWR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,299,607.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014LNYRT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,227,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,277,660.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012XBWR71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,257,301.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DR7Q3R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,249,702.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9RRXP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,232,532.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9HMXB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,169,234.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NX4SVP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,152,041.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDWGS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,146,303.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G65BQV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,139,283.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9PZJJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,134,421.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0163CWST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,104,353.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZBH3HK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,437,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,943.18</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCG9SC4</x:t>
   </x:si>
   <x:si>
-    <x:t>287,250,000</x:t>
-[...794 lines deleted...]
-    <x:t>$4,054,019.13</x:t>
+    <x:t>168,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,000,203.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNL7ZC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,873,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,971,843.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J4YPDL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,962,661.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD28TC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,881,127.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WTG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,801,003.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016N7N4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,711,031.39</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019ZVC1Z8</x:t>
   </x:si>
   <x:si>
     <x:t>2.440</x:t>
   </x:si>
   <x:si>
-    <x:t>26,900,000</x:t>
-[...323 lines deleted...]
-    <x:t>$3,325,214.22</x:t>
+    <x:t>18,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,709,428.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YC4HV15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,617,296.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMXSJL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,580,428.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0179JT527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,368,150.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TLFCFS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,354,580.23</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B2DKB06</x:t>
   </x:si>
   <x:si>
     <x:t>3.120</x:t>
   </x:si>
   <x:si>
-    <x:t>19,280,000</x:t>
-[...155 lines deleted...]
-    <x:t>$2,822,724.95</x:t>
+    <x:t>13,920,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,334,388.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C8SMF13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,800,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,263,794.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JQM2K76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,165,803.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB3HML6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>169,792,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,151,689.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z5YWR34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,140,163.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YL9JZ30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,105,837.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asian Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J4TKL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,050,023.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philippines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTVX2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,046,416.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HDCD97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,029,117.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B77PTF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,100,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,973,812.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q35DC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,830,426.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PGM0WZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,787,832.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYCLZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,601.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W9LQ7S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,610,209.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZ1MZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,598,639.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018Z14HH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,589,856.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK7YLZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,589,676.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XHZ15R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,572,946.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0K0245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,480,377.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KWVC2K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,479,379.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C72G1D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,600,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,473,241.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C1Z2R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,415,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,325,112.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/17/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL2YHT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,937.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016N88M05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,022.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G51SBK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,914,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,205,201.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C8QWC40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,570,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,130,354.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HZFJPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,697.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4NNJP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,088,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,037,703.01</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JC7V38</x:t>
   </x:si>
   <x:si>
-    <x:t>45,350,100</x:t>
-[...452 lines deleted...]
-    <x:t>$1,063,440.80</x:t>
+    <x:t>18,138,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,896.62</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0135NTLP1</x:t>
   </x:si>
   <x:si>
     <x:t>15,160,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$943,282.34</x:t>
-[...11 lines deleted...]
-    <x:t>$937,812.04</x:t>
+    <x:t>$926,479.67</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R00SQB9</x:t>
   </x:si>
   <x:si>
     <x:t>6,090,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$911,035.60</x:t>
+    <x:t>$904,083.99</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZW7</x:t>
   </x:si>
   <x:si>
     <x:t>5,630,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$829,686.91</x:t>
+    <x:t>$823,300.34</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RH4T6S7</x:t>
   </x:si>
   <x:si>
     <x:t>66,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$753,768.08</x:t>
+    <x:t>$738,524.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R71PQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,823.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019M9HN15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,084,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,640.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZQJVG92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,377.45</x:t>
+  </x:si>
+  <x:si>
     <x:t>Eskom Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000099QF6</x:t>
   </x:si>
   <x:si>
     <x:t>11,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$683,539.97</x:t>
-[...38 lines deleted...]
-    <x:t>$602,956.64</x:t>
+    <x:t>$586,158.74</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z91NTP4</x:t>
   </x:si>
   <x:si>
     <x:t>2,034,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$559,362.02</x:t>
+    <x:t>$538,078.82</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L0KDGD3</x:t>
   </x:si>
   <x:si>
     <x:t>39,470,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$440,258.47</x:t>
-[...11 lines deleted...]
-    <x:t>$403,705.00</x:t>
+    <x:t>$427,981.51</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJZX4M4</x:t>
   </x:si>
   <x:si>
     <x:t>2,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$314,537.29</x:t>
+    <x:t>$312,305.03</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J2GG20</x:t>
   </x:si>
   <x:si>
     <x:t>930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,719.88</x:t>
+    <x:t>$136,696.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Transnet/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00005M4D0</x:t>
   </x:si>
   <x:si>
     <x:t>13.500</x:t>
   </x:si>
   <x:si>
     <x:t>500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,977.02</x:t>
+    <x:t>$35,489.91</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>6,348,640</x:t>
-[...8 lines deleted...]
-    <x:t>$900,912.89</x:t>
+    <x:t>247,388,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,582,098.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,174,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,456,213.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,463,021,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,558,481.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,904,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,570.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365,438,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,031.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,547.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,914.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,793.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,839.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>249,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,946.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,220.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,314,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,075.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,945.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,247.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,840,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,396.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,040.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-861,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-40,524.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-394,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-394,464.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
-    <x:t>3,732,652</x:t>
-[...106 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,196,024.48</x:t>
+    <x:t>$-11,814,684.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -7300,65 +7231,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015494076868495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66f54e2edd6340aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6afaa20479a64fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140e890fb6154313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rad31be3dd4c54447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda9e814618314bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L517"/>
+  <x:dimension ref="A1:L512"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="21" customWidth="1"/>
+    <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="26" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -7563,19437 +7494,19247 @@
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="I7" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K7" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="s">
+      <x:c r="K8" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="I8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J8" s="1" t="s">
+      <x:c r="L8" s="1" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="I9" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="I12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J12" s="1" t="s">
+      <x:c r="K12" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="K12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="K21" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="L21" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="I27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J27" s="1" t="s">
+      <x:c r="K27" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="K27" s="1" t="s">
+      <x:c r="L27" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="H42" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="I46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="H47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="I52" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="K52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="L52" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="K53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="L53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="H54" s="1" t="s">
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="I54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="K55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="L55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="H58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="I58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="H62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="H63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="H66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="I68" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="F73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G73" s="1" t="s">
+      <x:c r="I73" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="K73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="H73" s="1" t="s">
+      <x:c r="L73" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="H75" s="1" t="s">
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="K75" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="I75" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="K75" s="1" t="s">
+      <x:c r="L75" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="H76" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="K81" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="H81" s="1" t="s">
+      <x:c r="L81" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="H84" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="I86" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="K86" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="L86" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="F87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G87" s="1" t="s">
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="K87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="H87" s="1" t="s">
+      <x:c r="L87" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="H88" s="1" t="s">
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="I88" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="F91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="H91" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="H92" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="H93" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="F94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G94" s="1" t="s">
+      <x:c r="I94" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="H94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="F95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="H99" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="H102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="H103" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="H104" s="1" t="s">
+      <x:c r="I104" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="I104" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="F108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="H108" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
+      <x:c r="I110" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="F110" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="H112" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="H113" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="F114" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="H114" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="F115" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="H115" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="F117" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="F117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G117" s="1" t="s">
+      <x:c r="I117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="K117" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="H117" s="1" t="s">
+      <x:c r="L117" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="D119" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="E119" s="1" t="s">
+      <x:c r="H119" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="F119" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="H121" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="I122" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="K122" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="L122" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="H123" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G123" s="1" t="s">
+      <x:c r="I123" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J123" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="H123" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="F124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G124" s="1" t="s">
+      <x:c r="H124" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="H124" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="H125" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="E125" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G125" s="1" t="s">
+      <x:c r="I125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J125" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="K125" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="L125" s="1" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="I129" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J129" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="F136" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G136" s="1" t="s">
+      <x:c r="H136" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="H136" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="E137" s="1" t="s">
+      <x:c r="H137" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="F137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G137" s="1" t="s">
+      <x:c r="I137" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J137" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="H137" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="F138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G138" s="1" t="s">
+      <x:c r="H138" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="H138" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="H139" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="H140" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
+      <x:c r="H141" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="F141" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G142" s="1" t="s">
+      <x:c r="H142" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="H142" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="H143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G144" s="1" t="s">
+      <x:c r="H144" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="H144" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
+      <x:c r="H145" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="F145" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
+      <x:c r="H146" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="F146" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
+      <x:c r="H147" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="F147" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
+      <x:c r="H148" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="F148" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
+      <x:c r="H149" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="H150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="F151" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="F152" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
+      <x:c r="F153" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G153" s="1" t="s">
+      <x:c r="H153" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="H153" s="1" t="s">
+      <x:c r="I153" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J153" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="I153" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="F155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G155" s="1" t="s">
+      <x:c r="H155" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="H155" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="E156" s="1" t="s">
+      <x:c r="H156" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="F156" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G157" s="1" t="s">
+      <x:c r="H157" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="H157" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
+      <x:c r="H158" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="F158" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G159" s="1" t="s">
+      <x:c r="H159" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="H159" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
+      <x:c r="H160" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="F160" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
+      <x:c r="H161" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="F161" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="E162" s="1" t="s">
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="F162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G162" s="1" t="s">
+      <x:c r="H162" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="H162" s="1" t="s">
+      <x:c r="I162" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J162" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="K162" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="I162" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L162" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="D164" s="1" t="s">
+      <x:c r="E164" s="1" t="s">
         <x:v>863</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="F168" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G168" s="1" t="s">
+      <x:c r="H168" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="H168" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="D169" s="1" t="s">
+      <x:c r="E169" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="E169" s="1" t="s">
+      <x:c r="H169" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="F169" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G170" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
+      <x:c r="H170" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="E170" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="D171" s="1" t="s">
+      <x:c r="E171" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="E171" s="1" t="s">
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="F171" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G171" s="1" t="s">
+      <x:c r="H171" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="H171" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
+      <x:c r="E172" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="E172" s="1" t="s">
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="F172" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G172" s="1" t="s">
+      <x:c r="H172" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="H172" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
+      <x:c r="E173" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="E173" s="1" t="s">
+      <x:c r="H173" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="F173" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="F174" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G174" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="D174" s="1" t="s">
+      <x:c r="H174" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="E174" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="F175" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="H175" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="D175" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="F176" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="H176" s="1" t="s">
+      <x:c r="I176" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J176" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="K176" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="I176" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L176" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="H179" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="I179" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J179" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="D179" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="I185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J185" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="K185" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="L185" s="1" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="E189" s="1" t="s">
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="F189" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G189" s="1" t="s">
+      <x:c r="H189" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="H189" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
+      <x:c r="E190" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G190" s="1" t="s">
+      <x:c r="H190" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="H190" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="D191" s="1" t="s">
+      <x:c r="E191" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="F191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G191" s="1" t="s">
+      <x:c r="H191" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="H191" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
+      <x:c r="H192" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="F192" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G192" s="1" t="s">
+      <x:c r="I192" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J192" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="H192" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
+      <x:c r="E193" s="1" t="s">
         <x:v>1003</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
-      <x:c r="F202" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G202" s="1" t="s">
+      <x:c r="H202" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
-      <x:c r="H202" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
+      <x:c r="H203" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
-      <x:c r="F203" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
+      <x:c r="H204" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="F204" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="H205" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="E205" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G205" s="1" t="s">
+      <x:c r="I205" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J205" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="H205" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="E206" s="1" t="s">
+      <x:c r="F206" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G206" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="F206" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G206" s="1" t="s">
+      <x:c r="H206" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="H206" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>1069</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="F217" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G217" s="1" t="s">
+      <x:c r="H217" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="H217" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
         <x:v>1119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
-      <x:c r="F219" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G219" s="1" t="s">
+      <x:c r="H219" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
-      <x:c r="H219" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
         <x:v>1128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="F221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G221" s="1" t="s">
+      <x:c r="H221" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
-      <x:c r="H221" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="D222" s="1" t="s">
+      <x:c r="E222" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
         <x:v>1137</x:v>
       </x:c>
-      <x:c r="E222" s="1" t="s">
+      <x:c r="H222" s="1" t="s">
         <x:v>1138</x:v>
       </x:c>
-      <x:c r="F222" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G222" s="1" t="s">
+      <x:c r="I222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J222" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
-      <x:c r="H222" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
-      <x:c r="D227" s="1" t="s">
+      <x:c r="E227" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G227" s="1" t="s">
+      <x:c r="H227" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="H227" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="D228" s="1" t="s">
+      <x:c r="E228" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="F228" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="H228" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="F229" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
-      <x:c r="E229" s="1" t="s">
+      <x:c r="H229" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="F229" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F230" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G230" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
-      <x:c r="D230" s="1" t="s">
+      <x:c r="H230" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="E230" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="F231" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G231" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
-      <x:c r="D231" s="1" t="s">
+      <x:c r="H231" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
-      <x:c r="E231" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F232" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G232" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="D232" s="1" t="s">
+      <x:c r="H232" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="E232" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F233" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G233" s="1" t="s">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c r="H233" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
-      <x:c r="D233" s="1" t="s">
+      <x:c r="I233" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J233" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
-      <x:c r="E233" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="F234" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G234" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="E234" s="1" t="s">
+      <x:c r="H234" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="F234" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="D235" s="1" t="s">
+      <x:c r="F235" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G235" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="E235" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G235" s="1" t="s">
+      <x:c r="H235" s="1" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="H235" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="E236" s="1" t="s">
         <x:v>1200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="F238" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G238" s="1" t="s">
+      <x:c r="H238" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
-      <x:c r="H238" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="D245" s="1" t="s">
+      <x:c r="E245" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="E245" s="1" t="s">
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
-      <x:c r="F245" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G245" s="1" t="s">
+      <x:c r="H245" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="H245" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="D246" s="1" t="s">
+      <x:c r="E246" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="F246" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G246" s="1" t="s">
+      <x:c r="H246" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="H246" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="D247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="E247" s="1" t="s">
+      <x:c r="F247" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G247" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="F247" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G247" s="1" t="s">
+      <x:c r="H247" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="H247" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="D248" s="1" t="s">
+      <x:c r="E248" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="F248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G248" s="1" t="s">
+      <x:c r="H248" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="H248" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="D249" s="1" t="s">
+      <x:c r="E249" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="E249" s="1" t="s">
+      <x:c r="F249" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G249" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="F249" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G249" s="1" t="s">
+      <x:c r="H249" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="H249" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="D250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F250" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="E250" s="1" t="s">
+      <x:c r="H250" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="F250" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="F251" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G251" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="D251" s="1" t="s">
+      <x:c r="H251" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
-      <x:c r="E251" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="F252" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G252" s="1" t="s">
         <x:v>1275</x:v>
       </x:c>
-      <x:c r="D252" s="1" t="s">
+      <x:c r="H252" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="E252" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G253" s="1" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="H253" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="D253" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
         <x:v>1286</x:v>
       </x:c>
-      <x:c r="D254" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="F255" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="H255" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="D255" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="F257" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G257" s="1" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="H257" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="E257" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="D258" s="1" t="s">
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
-      <x:c r="E258" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G258" s="1" t="s">
+      <x:c r="H258" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="H258" s="1" t="s">
+      <x:c r="I258" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J258" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="I258" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="F274" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G274" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="F274" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G274" s="1" t="s">
+      <x:c r="H274" s="1" t="s">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="H274" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="D275" s="1" t="s">
+      <x:c r="E275" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F275" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G275" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
-      <x:c r="E275" s="1" t="s">
+      <x:c r="H275" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
-      <x:c r="F275" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="F278" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G278" s="1" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="H278" s="1" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="I278" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J278" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="E278" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="E289" s="1" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="F289" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G289" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="H289" s="1" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="I289" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J289" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="E289" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F300" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G300" s="1" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="H300" s="1" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="I300" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J300" s="1" t="s">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="K300" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="L300" s="1" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="I301" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J301" s="1" t="s">
         <x:v>1496</x:v>
       </x:c>
-      <x:c r="I301" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F311" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G311" s="1" t="s">
         <x:v>1541</x:v>
       </x:c>
-      <x:c r="F311" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G311" s="1" t="s">
+      <x:c r="H311" s="1" t="s">
         <x:v>1542</x:v>
       </x:c>
-      <x:c r="H311" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
+        <x:v>1543</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
         <x:v>1544</x:v>
       </x:c>
-      <x:c r="D312" s="1" t="s">
+      <x:c r="E312" s="1" t="s">
         <x:v>1545</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="F323" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G323" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="F323" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G323" s="1" t="s">
+      <x:c r="H323" s="1" t="s">
         <x:v>1595</x:v>
       </x:c>
-      <x:c r="H323" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="D324" s="1" t="s">
         <x:v>1597</x:v>
       </x:c>
-      <x:c r="D324" s="1" t="s">
+      <x:c r="E324" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="E324" s="1" t="s">
+      <x:c r="F324" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G324" s="1" t="s">
         <x:v>1599</x:v>
       </x:c>
-      <x:c r="F324" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G324" s="1" t="s">
+      <x:c r="H324" s="1" t="s">
         <x:v>1600</x:v>
       </x:c>
-      <x:c r="H324" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="D325" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
-      <x:c r="D325" s="1" t="s">
+      <x:c r="E325" s="1" t="s">
         <x:v>1603</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="D326" s="1" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="D326" s="1" t="s">
+      <x:c r="E326" s="1" t="s">
         <x:v>1607</x:v>
       </x:c>
-      <x:c r="E326" s="1" t="s">
+      <x:c r="F326" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G326" s="1" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="F326" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G326" s="1" t="s">
+      <x:c r="H326" s="1" t="s">
         <x:v>1609</x:v>
       </x:c>
-      <x:c r="H326" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
         <x:v>1611</x:v>
       </x:c>
-      <x:c r="D327" s="1" t="s">
+      <x:c r="E327" s="1" t="s">
         <x:v>1612</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
         <x:v>1615</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1623</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C333" s="1" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="D333" s="1" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F333" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G333" s="1" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="H333" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="I333" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J333" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="K333" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="L333" s="1" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="I337" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J337" s="1" t="s">
         <x:v>1655</x:v>
       </x:c>
-      <x:c r="E337" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
         <x:v>1674</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F341" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G341" s="1" t="s">
         <x:v>1675</x:v>
       </x:c>
-      <x:c r="F341" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G341" s="1" t="s">
+      <x:c r="H341" s="1" t="s">
         <x:v>1676</x:v>
       </x:c>
-      <x:c r="H341" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="D342" s="1" t="s">
         <x:v>1678</x:v>
       </x:c>
-      <x:c r="D342" s="1" t="s">
+      <x:c r="E342" s="1" t="s">
         <x:v>1679</x:v>
       </x:c>
-      <x:c r="E342" s="1" t="s">
+      <x:c r="F342" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G342" s="1" t="s">
         <x:v>1680</x:v>
       </x:c>
-      <x:c r="F342" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G342" s="1" t="s">
+      <x:c r="H342" s="1" t="s">
         <x:v>1681</x:v>
       </x:c>
-      <x:c r="H342" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
         <x:v>1683</x:v>
       </x:c>
-      <x:c r="D343" s="1" t="s">
+      <x:c r="E343" s="1" t="s">
         <x:v>1684</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1238</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
+        <x:v>1694</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
         <x:v>1695</x:v>
       </x:c>
-      <x:c r="D346" s="1" t="s">
+      <x:c r="E346" s="1" t="s">
         <x:v>1696</x:v>
       </x:c>
-      <x:c r="E346" s="1" t="s">
+      <x:c r="F346" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G346" s="1" t="s">
         <x:v>1697</x:v>
       </x:c>
-      <x:c r="F346" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G346" s="1" t="s">
+      <x:c r="H346" s="1" t="s">
         <x:v>1698</x:v>
       </x:c>
-      <x:c r="H346" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
+        <x:v>1699</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
         <x:v>1700</x:v>
       </x:c>
-      <x:c r="D347" s="1" t="s">
+      <x:c r="E347" s="1" t="s">
         <x:v>1701</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>944</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
         <x:v>1706</x:v>
       </x:c>
-      <x:c r="F348" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G348" s="1" t="s">
+      <x:c r="H348" s="1" t="s">
         <x:v>1707</x:v>
       </x:c>
-      <x:c r="H348" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="E355" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="F355" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G355" s="1" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="H355" s="1" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="I355" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J355" s="1" t="s">
         <x:v>1734</x:v>
       </x:c>
-      <x:c r="E355" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="H367" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="D377" s="1" t="s">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="E377" s="1" t="s">
+        <x:v>1834</x:v>
+      </x:c>
+      <x:c r="F377" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G377" s="1" t="s">
+        <x:v>1835</x:v>
+      </x:c>
+      <x:c r="H377" s="1" t="s">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="I377" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J377" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
-      <x:c r="D377" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D379" s="1" t="s">
         <x:v>1841</x:v>
       </x:c>
-      <x:c r="D379" s="1" t="s">
+      <x:c r="E379" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F379" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G379" s="1" t="s">
         <x:v>1842</x:v>
       </x:c>
-      <x:c r="E379" s="1" t="s">
+      <x:c r="H379" s="1" t="s">
         <x:v>1843</x:v>
       </x:c>
-      <x:c r="F379" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
+        <x:v>1844</x:v>
+      </x:c>
+      <x:c r="D380" s="1" t="s">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="E380" s="1" t="s">
         <x:v>1846</x:v>
       </x:c>
-      <x:c r="D380" s="1" t="s">
+      <x:c r="F380" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G380" s="1" t="s">
         <x:v>1847</x:v>
       </x:c>
-      <x:c r="E380" s="1" t="s">
+      <x:c r="H380" s="1" t="s">
         <x:v>1848</x:v>
       </x:c>
-      <x:c r="F380" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="D381" s="1" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="E381" s="1" t="s">
         <x:v>1851</x:v>
       </x:c>
-      <x:c r="D381" s="1" t="s">
+      <x:c r="F381" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G381" s="1" t="s">
         <x:v>1852</x:v>
       </x:c>
-      <x:c r="E381" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G381" s="1" t="s">
+      <x:c r="H381" s="1" t="s">
         <x:v>1853</x:v>
       </x:c>
-      <x:c r="H381" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="D382" s="1" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="E382" s="1" t="s">
         <x:v>1855</x:v>
       </x:c>
-      <x:c r="D382" s="1" t="s">
+      <x:c r="F382" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G382" s="1" t="s">
         <x:v>1856</x:v>
       </x:c>
-      <x:c r="E382" s="1" t="s">
+      <x:c r="H382" s="1" t="s">
         <x:v>1857</x:v>
       </x:c>
-      <x:c r="F382" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="D383" s="1" t="s">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="E383" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F383" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G383" s="1" t="s">
         <x:v>1860</x:v>
       </x:c>
-      <x:c r="D383" s="1" t="s">
+      <x:c r="H383" s="1" t="s">
         <x:v>1861</x:v>
       </x:c>
-      <x:c r="E383" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="D384" s="1" t="s">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
         <x:v>1864</x:v>
       </x:c>
-      <x:c r="D384" s="1" t="s">
+      <x:c r="F384" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G384" s="1" t="s">
         <x:v>1865</x:v>
       </x:c>
-      <x:c r="E384" s="1" t="s">
+      <x:c r="H384" s="1" t="s">
         <x:v>1866</x:v>
       </x:c>
-      <x:c r="F384" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="D385" s="1" t="s">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="F385" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G385" s="1" t="s">
         <x:v>1869</x:v>
       </x:c>
-      <x:c r="D385" s="1" t="s">
+      <x:c r="H385" s="1" t="s">
         <x:v>1870</x:v>
       </x:c>
-      <x:c r="E385" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="D386" s="1" t="s">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="E386" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="F386" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G386" s="1" t="s">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="H386" s="1" t="s">
         <x:v>1874</x:v>
       </x:c>
-      <x:c r="D386" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="D387" s="1" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="F387" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G387" s="1" t="s">
         <x:v>1878</x:v>
       </x:c>
-      <x:c r="D387" s="1" t="s">
+      <x:c r="H387" s="1" t="s">
         <x:v>1879</x:v>
       </x:c>
-      <x:c r="E387" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="D388" s="1" t="s">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="E388" s="1" t="s">
+        <x:v>1881</x:v>
+      </x:c>
+      <x:c r="F388" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G388" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
-      <x:c r="D388" s="1" t="s">
+      <x:c r="H388" s="1" t="s">
         <x:v>1883</x:v>
       </x:c>
-      <x:c r="E388" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="D389" s="1" t="s">
+        <x:v>1885</x:v>
+      </x:c>
+      <x:c r="E389" s="1" t="s">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="F389" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G389" s="1" t="s">
         <x:v>1886</x:v>
       </x:c>
-      <x:c r="D389" s="1" t="s">
+      <x:c r="H389" s="1" t="s">
         <x:v>1887</x:v>
       </x:c>
-      <x:c r="E389" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
+        <x:v>1889</x:v>
+      </x:c>
+      <x:c r="E390" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F390" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G390" s="1" t="s">
         <x:v>1890</x:v>
       </x:c>
-      <x:c r="E390" s="1" t="s">
+      <x:c r="H390" s="1" t="s">
         <x:v>1891</x:v>
       </x:c>
-      <x:c r="F390" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="E391" s="1" t="s">
         <x:v>1894</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
         <x:v>1895</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
         <x:v>1897</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
         <x:v>1898</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="D396" s="1" t="s">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="E396" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F396" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G396" s="1" t="s">
+        <x:v>1918</x:v>
+      </x:c>
+      <x:c r="H396" s="1" t="s">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="I396" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J396" s="1" t="s">
         <x:v>1915</x:v>
       </x:c>
-      <x:c r="D396" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
         <x:v>1920</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
         <x:v>1949</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
         <x:v>1950</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
         <x:v>1951</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
         <x:v>1952</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
         <x:v>1956</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
         <x:v>1969</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
         <x:v>1971</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
         <x:v>1972</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="F410" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G410" s="1" t="s">
         <x:v>1978</x:v>
       </x:c>
-      <x:c r="F410" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G410" s="1" t="s">
+      <x:c r="H410" s="1" t="s">
         <x:v>1979</x:v>
       </x:c>
-      <x:c r="H410" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="D411" s="1" t="s">
         <x:v>1981</x:v>
       </x:c>
-      <x:c r="D411" s="1" t="s">
+      <x:c r="E411" s="1" t="s">
         <x:v>1982</x:v>
       </x:c>
-      <x:c r="E411" s="1" t="s">
+      <x:c r="F411" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G411" s="1" t="s">
         <x:v>1983</x:v>
       </x:c>
-      <x:c r="F411" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G411" s="1" t="s">
+      <x:c r="H411" s="1" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="H411" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
         <x:v>1986</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1989</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>1990</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1993</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>1994</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>1999</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="D419" s="1" t="s">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="E419" s="1" t="s">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="F419" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G419" s="1" t="s">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="H419" s="1" t="s">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="I419" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J419" s="1" t="s">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="D419" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>2021</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>2026</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>2030</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
         <x:v>2037</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
         <x:v>2038</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
         <x:v>2039</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
         <x:v>2040</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F425" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G425" s="1" t="s">
         <x:v>2041</x:v>
       </x:c>
-      <x:c r="F425" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G425" s="1" t="s">
+      <x:c r="H425" s="1" t="s">
         <x:v>2042</x:v>
       </x:c>
-      <x:c r="H425" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="D426" s="1" t="s">
         <x:v>2044</x:v>
       </x:c>
-      <x:c r="D426" s="1" t="s">
+      <x:c r="E426" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F426" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G426" s="1" t="s">
         <x:v>2045</x:v>
       </x:c>
-      <x:c r="E426" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G426" s="1" t="s">
+      <x:c r="H426" s="1" t="s">
         <x:v>2046</x:v>
       </x:c>
-      <x:c r="H426" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="D427" s="1" t="s">
         <x:v>2048</x:v>
       </x:c>
-      <x:c r="D427" s="1" t="s">
+      <x:c r="E427" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="F427" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G427" s="1" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="E427" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G427" s="1" t="s">
+      <x:c r="H427" s="1" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="H427" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="D428" s="1" t="s">
         <x:v>2052</x:v>
       </x:c>
-      <x:c r="D428" s="1" t="s">
+      <x:c r="E428" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F428" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G428" s="1" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="E428" s="1" t="s">
+      <x:c r="H428" s="1" t="s">
         <x:v>2054</x:v>
       </x:c>
-      <x:c r="F428" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="E429" s="1" t="s">
         <x:v>2057</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
         <x:v>2059</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="D430" s="1" t="s">
         <x:v>2060</x:v>
       </x:c>
-      <x:c r="D430" s="1" t="s">
+      <x:c r="E430" s="1" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="F430" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G430" s="1" t="s">
         <x:v>2061</x:v>
       </x:c>
-      <x:c r="E430" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G430" s="1" t="s">
+      <x:c r="H430" s="1" t="s">
         <x:v>2062</x:v>
       </x:c>
-      <x:c r="H430" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="D431" s="1" t="s">
         <x:v>2064</x:v>
       </x:c>
-      <x:c r="D431" s="1" t="s">
+      <x:c r="E431" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F431" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G431" s="1" t="s">
         <x:v>2065</x:v>
       </x:c>
-      <x:c r="E431" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G431" s="1" t="s">
+      <x:c r="H431" s="1" t="s">
         <x:v>2066</x:v>
       </x:c>
-      <x:c r="H431" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="D432" s="1" t="s">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="F432" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G432" s="1" t="s">
         <x:v>2068</x:v>
       </x:c>
-      <x:c r="D432" s="1" t="s">
+      <x:c r="H432" s="1" t="s">
         <x:v>2069</x:v>
       </x:c>
-      <x:c r="E432" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C433" s="1" t="s">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="D433" s="1" t="s">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="E433" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F433" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G433" s="1" t="s">
+        <x:v>2072</x:v>
+      </x:c>
+      <x:c r="H433" s="1" t="s">
         <x:v>2073</x:v>
       </x:c>
-      <x:c r="C433" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="D435" s="1" t="s">
+        <x:v>2080</x:v>
+      </x:c>
+      <x:c r="E435" s="1" t="s">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="F435" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G435" s="1" t="s">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="H435" s="1" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="I435" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J435" s="1" t="s">
         <x:v>2084</x:v>
       </x:c>
-      <x:c r="D435" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="D436" s="1" t="s">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="E436" s="1" t="s">
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="F436" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G436" s="1" t="s">
         <x:v>2088</x:v>
       </x:c>
-      <x:c r="D436" s="1" t="s">
+      <x:c r="H436" s="1" t="s">
         <x:v>2089</x:v>
       </x:c>
-      <x:c r="E436" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
+        <x:v>2090</x:v>
+      </x:c>
+      <x:c r="D437" s="1" t="s">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="E437" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="F437" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G437" s="1" t="s">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="H437" s="1" t="s">
         <x:v>2093</x:v>
       </x:c>
-      <x:c r="D437" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="E438" s="1" t="s">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="F438" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G438" s="1" t="s">
         <x:v>2097</x:v>
       </x:c>
-      <x:c r="E438" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G438" s="1" t="s">
+      <x:c r="H438" s="1" t="s">
         <x:v>2098</x:v>
       </x:c>
-      <x:c r="H438" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="E439" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F439" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G439" s="1" t="s">
         <x:v>2100</x:v>
       </x:c>
-      <x:c r="E439" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G439" s="1" t="s">
+      <x:c r="H439" s="1" t="s">
         <x:v>2101</x:v>
       </x:c>
-      <x:c r="H439" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="D440" s="1" t="s">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="E440" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F440" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G440" s="1" t="s">
         <x:v>2103</x:v>
       </x:c>
-      <x:c r="D440" s="1" t="s">
+      <x:c r="H440" s="1" t="s">
         <x:v>2104</x:v>
       </x:c>
-      <x:c r="E440" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
+        <x:v>2105</x:v>
+      </x:c>
+      <x:c r="D441" s="1" t="s">
+        <x:v>2106</x:v>
+      </x:c>
+      <x:c r="E441" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F441" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G441" s="1" t="s">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="H441" s="1" t="s">
         <x:v>2108</x:v>
       </x:c>
-      <x:c r="D441" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="D442" s="1" t="s">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="E442" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="F442" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G442" s="1" t="s">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="H442" s="1" t="s">
         <x:v>2112</x:v>
       </x:c>
-      <x:c r="D442" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
+        <x:v>2113</x:v>
+      </x:c>
+      <x:c r="D443" s="1" t="s">
+        <x:v>2114</x:v>
+      </x:c>
+      <x:c r="E443" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="F443" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G443" s="1" t="s">
         <x:v>2116</x:v>
       </x:c>
-      <x:c r="D443" s="1" t="s">
+      <x:c r="H443" s="1" t="s">
         <x:v>2117</x:v>
       </x:c>
-      <x:c r="E443" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="D444" s="1" t="s">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="E444" s="1" t="s">
+        <x:v>2120</x:v>
+      </x:c>
+      <x:c r="F444" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G444" s="1" t="s">
         <x:v>2121</x:v>
       </x:c>
-      <x:c r="D444" s="1" t="s">
+      <x:c r="H444" s="1" t="s">
         <x:v>2122</x:v>
       </x:c>
-      <x:c r="E444" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="D445" s="1" t="s">
+        <x:v>2124</x:v>
+      </x:c>
+      <x:c r="E445" s="1" t="s">
         <x:v>2125</x:v>
       </x:c>
-      <x:c r="D445" s="1" t="s">
+      <x:c r="F445" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G445" s="1" t="s">
         <x:v>2126</x:v>
       </x:c>
-      <x:c r="E445" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G445" s="1" t="s">
+      <x:c r="H445" s="1" t="s">
         <x:v>2127</x:v>
       </x:c>
-      <x:c r="H445" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
+        <x:v>2128</x:v>
+      </x:c>
+      <x:c r="D446" s="1" t="s">
         <x:v>2129</x:v>
       </x:c>
-      <x:c r="D446" s="1" t="s">
+      <x:c r="E446" s="1" t="s">
         <x:v>2130</x:v>
       </x:c>
-      <x:c r="E446" s="1" t="s">
+      <x:c r="F446" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G446" s="1" t="s">
         <x:v>2131</x:v>
       </x:c>
-      <x:c r="F446" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G446" s="1" t="s">
+      <x:c r="H446" s="1" t="s">
         <x:v>2132</x:v>
       </x:c>
-      <x:c r="H446" s="1" t="s">
+      <x:c r="I446" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J446" s="1" t="s">
         <x:v>2133</x:v>
       </x:c>
-      <x:c r="I446" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
+        <x:v>2134</x:v>
+      </x:c>
+      <x:c r="D447" s="1" t="s">
         <x:v>2135</x:v>
       </x:c>
-      <x:c r="D447" s="1" t="s">
+      <x:c r="E447" s="1" t="s">
         <x:v>2136</x:v>
       </x:c>
-      <x:c r="E447" s="1" t="s">
+      <x:c r="F447" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G447" s="1" t="s">
         <x:v>2137</x:v>
       </x:c>
-      <x:c r="F447" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G447" s="1" t="s">
+      <x:c r="H447" s="1" t="s">
         <x:v>2138</x:v>
       </x:c>
-      <x:c r="H447" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="D448" s="1" t="s">
+        <x:v>2139</x:v>
+      </x:c>
+      <x:c r="E448" s="1" t="s">
         <x:v>2140</x:v>
       </x:c>
-      <x:c r="D448" s="1" t="s">
+      <x:c r="F448" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G448" s="1" t="s">
         <x:v>2141</x:v>
       </x:c>
-      <x:c r="E448" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G448" s="1" t="s">
+      <x:c r="H448" s="1" t="s">
         <x:v>2142</x:v>
       </x:c>
-      <x:c r="H448" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="D449" s="1" t="s">
         <x:v>2144</x:v>
       </x:c>
-      <x:c r="D449" s="1" t="s">
+      <x:c r="E449" s="1" t="s">
         <x:v>2145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>804</x:v>
       </x:c>
       <x:c r="F449" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G449" s="1" t="s">
         <x:v>2146</x:v>
       </x:c>
       <x:c r="H449" s="1" t="s">
         <x:v>2147</x:v>
       </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
         <x:v>2148</x:v>
       </x:c>
       <x:c r="D450" s="1" t="s">
         <x:v>2149</x:v>
       </x:c>
       <x:c r="E450" s="1" t="s">
         <x:v>2150</x:v>
       </x:c>
       <x:c r="F450" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G450" s="1" t="s">
         <x:v>2151</x:v>
       </x:c>
       <x:c r="H450" s="1" t="s">
         <x:v>2152</x:v>
       </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
         <x:v>2153</x:v>
       </x:c>
-      <x:c r="D451" s="1" t="s">
+      <x:c r="E451" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
         <x:v>2154</x:v>
       </x:c>
-      <x:c r="E451" s="1" t="s">
+      <x:c r="H451" s="1" t="s">
         <x:v>2155</x:v>
       </x:c>
-      <x:c r="F451" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
+        <x:v>2156</x:v>
+      </x:c>
+      <x:c r="D452" s="1" t="s">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="E452" s="1" t="s">
         <x:v>2158</x:v>
       </x:c>
-      <x:c r="D452" s="1" t="s">
+      <x:c r="F452" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G452" s="1" t="s">
         <x:v>2159</x:v>
       </x:c>
-      <x:c r="E452" s="1" t="s">
+      <x:c r="H452" s="1" t="s">
         <x:v>2160</x:v>
       </x:c>
-      <x:c r="F452" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G452" s="1" t="s">
+      <x:c r="I452" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J452" s="1" t="s">
         <x:v>2161</x:v>
       </x:c>
-      <x:c r="H452" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="D453" s="1" t="s">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="E453" s="1" t="s">
         <x:v>2163</x:v>
       </x:c>
-      <x:c r="D453" s="1" t="s">
+      <x:c r="F453" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G453" s="1" t="s">
         <x:v>2164</x:v>
       </x:c>
-      <x:c r="E453" s="1" t="s">
+      <x:c r="H453" s="1" t="s">
         <x:v>2165</x:v>
       </x:c>
-      <x:c r="F453" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="E454" s="1" t="s">
         <x:v>2168</x:v>
       </x:c>
-      <x:c r="E454" s="1" t="s">
+      <x:c r="F454" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G454" s="1" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="H454" s="1" t="s">
         <x:v>2169</x:v>
       </x:c>
-      <x:c r="F454" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="E455" s="1" t="s">
         <x:v>2172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1138</x:v>
       </x:c>
       <x:c r="F455" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G455" s="1" t="s">
         <x:v>2173</x:v>
       </x:c>
       <x:c r="H455" s="1" t="s">
         <x:v>2174</x:v>
       </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
         <x:v>2176</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
         <x:v>2177</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F456" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G456" s="1" t="s">
         <x:v>2178</x:v>
       </x:c>
-      <x:c r="F456" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G456" s="1" t="s">
+      <x:c r="H456" s="1" t="s">
         <x:v>2179</x:v>
       </x:c>
-      <x:c r="H456" s="1" t="s">
+      <x:c r="I456" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J456" s="1" t="s">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="K456" s="1" t="s">
         <x:v>2180</x:v>
       </x:c>
-      <x:c r="I456" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L456" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
         <x:v>2181</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
         <x:v>2182</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="F457" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G457" s="1" t="s">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="H457" s="1" t="s">
         <x:v>2183</x:v>
       </x:c>
-      <x:c r="F457" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C458" s="1" t="s">
+        <x:v>2184</x:v>
+      </x:c>
+      <x:c r="D458" s="1" t="s">
         <x:v>2185</x:v>
       </x:c>
-      <x:c r="C458" s="1" t="s">
+      <x:c r="E458" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F458" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G458" s="1" t="s">
         <x:v>2186</x:v>
       </x:c>
-      <x:c r="D458" s="1" t="s">
+      <x:c r="H458" s="1" t="s">
         <x:v>2187</x:v>
       </x:c>
-      <x:c r="E458" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="D459" s="1" t="s">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="E459" s="1" t="s">
+        <x:v>2189</x:v>
+      </x:c>
+      <x:c r="F459" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G459" s="1" t="s">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="H459" s="1" t="s">
         <x:v>2191</x:v>
       </x:c>
-      <x:c r="D459" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
+        <x:v>2193</x:v>
+      </x:c>
+      <x:c r="E460" s="1" t="s">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="F460" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G460" s="1" t="s">
         <x:v>2195</x:v>
       </x:c>
-      <x:c r="E460" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G460" s="1" t="s">
+      <x:c r="H460" s="1" t="s">
         <x:v>2196</x:v>
       </x:c>
-      <x:c r="H460" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C461" s="1" t="s">
+        <x:v>2197</x:v>
+      </x:c>
+      <x:c r="D461" s="1" t="s">
         <x:v>2198</x:v>
       </x:c>
-      <x:c r="C461" s="1" t="s">
+      <x:c r="E461" s="1" t="s">
         <x:v>2199</x:v>
       </x:c>
-      <x:c r="D461" s="1" t="s">
+      <x:c r="F461" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G461" s="1" t="s">
         <x:v>2200</x:v>
       </x:c>
-      <x:c r="E461" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G461" s="1" t="s">
+      <x:c r="H461" s="1" t="s">
         <x:v>2201</x:v>
       </x:c>
-      <x:c r="H461" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>2203</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
+        <x:v>2203</x:v>
+      </x:c>
+      <x:c r="E462" s="1" t="s">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="F462" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G462" s="1" t="s">
         <x:v>2204</x:v>
       </x:c>
-      <x:c r="E462" s="1" t="s">
+      <x:c r="H462" s="1" t="s">
         <x:v>2205</x:v>
       </x:c>
-      <x:c r="F462" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
+        <x:v>2206</x:v>
+      </x:c>
+      <x:c r="D463" s="1" t="s">
+        <x:v>2207</x:v>
+      </x:c>
+      <x:c r="E463" s="1" t="s">
         <x:v>2208</x:v>
       </x:c>
-      <x:c r="D463" s="1" t="s">
+      <x:c r="F463" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G463" s="1" t="s">
         <x:v>2209</x:v>
       </x:c>
-      <x:c r="E463" s="1" t="s">
+      <x:c r="H463" s="1" t="s">
         <x:v>2210</x:v>
       </x:c>
-      <x:c r="F463" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G463" s="1" t="s">
+      <x:c r="I463" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J463" s="1" t="s">
         <x:v>2211</x:v>
       </x:c>
-      <x:c r="H463" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
         <x:v>2213</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
         <x:v>2214</x:v>
       </x:c>
       <x:c r="F464" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G464" s="1" t="s">
         <x:v>2215</x:v>
       </x:c>
       <x:c r="H464" s="1" t="s">
         <x:v>2216</x:v>
       </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
         <x:v>2217</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
         <x:v>2218</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
         <x:v>2219</x:v>
       </x:c>
       <x:c r="F465" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G465" s="1" t="s">
         <x:v>2220</x:v>
       </x:c>
       <x:c r="H465" s="1" t="s">
         <x:v>2221</x:v>
       </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
         <x:v>2222</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
         <x:v>2223</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
         <x:v>2224</x:v>
       </x:c>
       <x:c r="F466" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G466" s="1" t="s">
         <x:v>2225</x:v>
       </x:c>
       <x:c r="H466" s="1" t="s">
         <x:v>2226</x:v>
       </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
         <x:v>2227</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
         <x:v>2228</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
         <x:v>2229</x:v>
       </x:c>
       <x:c r="F467" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G467" s="1" t="s">
         <x:v>2230</x:v>
       </x:c>
       <x:c r="H467" s="1" t="s">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
         <x:v>2233</x:v>
       </x:c>
-      <x:c r="D468" s="1" t="s">
+      <x:c r="E468" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F468" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G468" s="1" t="s">
         <x:v>2234</x:v>
       </x:c>
-      <x:c r="E468" s="1" t="s">
+      <x:c r="H468" s="1" t="s">
         <x:v>2235</x:v>
       </x:c>
-      <x:c r="F468" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="D469" s="1" t="s">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="E469" s="1" t="s">
         <x:v>2238</x:v>
       </x:c>
-      <x:c r="D469" s="1" t="s">
+      <x:c r="F469" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G469" s="1" t="s">
         <x:v>2239</x:v>
       </x:c>
-      <x:c r="E469" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G469" s="1" t="s">
+      <x:c r="H469" s="1" t="s">
         <x:v>2240</x:v>
       </x:c>
-      <x:c r="H469" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="C470" s="1" t="s">
+        <x:v>2241</x:v>
+      </x:c>
+      <x:c r="D470" s="1" t="s">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="E470" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F470" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G470" s="1" t="s">
+        <x:v>2243</x:v>
+      </x:c>
+      <x:c r="H470" s="1" t="s">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="I470" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J470" s="1" t="s">
+        <x:v>2211</x:v>
+      </x:c>
+      <x:c r="K470" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C470" s="1" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="L470" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
+        <x:v>2245</x:v>
+      </x:c>
+      <x:c r="D471" s="1" t="s">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="E471" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F471" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G471" s="1" t="s">
         <x:v>2247</x:v>
       </x:c>
-      <x:c r="D471" s="1" t="s">
+      <x:c r="H471" s="1" t="s">
         <x:v>2248</x:v>
       </x:c>
-      <x:c r="E471" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="D472" s="1" t="s">
+        <x:v>2250</x:v>
+      </x:c>
+      <x:c r="E472" s="1" t="s">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="F472" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G472" s="1" t="s">
         <x:v>2252</x:v>
       </x:c>
-      <x:c r="D472" s="1" t="s">
+      <x:c r="H472" s="1" t="s">
         <x:v>2253</x:v>
       </x:c>
-      <x:c r="E472" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>2258</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
-        <x:v>2259</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="H473" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
+        <x:v>2257</x:v>
+      </x:c>
+      <x:c r="D474" s="1" t="s">
+        <x:v>2258</x:v>
+      </x:c>
+      <x:c r="E474" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F474" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G474" s="1" t="s">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="H474" s="1" t="s">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="I474" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J474" s="1" t="s">
         <x:v>2261</x:v>
       </x:c>
-      <x:c r="D474" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="D475" s="1" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="E475" s="1" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="F475" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G475" s="1" t="s">
         <x:v>2265</x:v>
       </x:c>
-      <x:c r="D475" s="1" t="s">
+      <x:c r="H475" s="1" t="s">
         <x:v>2266</x:v>
       </x:c>
-      <x:c r="E475" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="D476" s="1" t="s">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="E476" s="1" t="s">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="F476" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G476" s="1" t="s">
         <x:v>2270</x:v>
       </x:c>
-      <x:c r="D476" s="1" t="s">
+      <x:c r="H476" s="1" t="s">
         <x:v>2271</x:v>
       </x:c>
-      <x:c r="E476" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="D477" s="1" t="s">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="E477" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="F477" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G477" s="1" t="s">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="H477" s="1" t="s">
         <x:v>2275</x:v>
       </x:c>
-      <x:c r="D477" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="D478" s="1" t="s">
+        <x:v>2277</x:v>
+      </x:c>
+      <x:c r="E478" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F478" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G478" s="1" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="H478" s="1" t="s">
         <x:v>2279</x:v>
       </x:c>
-      <x:c r="D478" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>2284</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>2285</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>2286</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>2287</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>2290</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>2291</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>2293</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>2294</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>2295</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>2296</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>2297</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>2298</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>2301</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>2302</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>2303</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>2304</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>2305</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>2306</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
-        <x:v>2307</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
-        <x:v>2311</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="F485" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G485" s="1" t="s">
-        <x:v>2312</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="H485" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
+        <x:v>2311</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="E486" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F486" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G486" s="1" t="s">
+        <x:v>2313</x:v>
+      </x:c>
+      <x:c r="H486" s="1" t="s">
         <x:v>2314</x:v>
       </x:c>
-      <x:c r="D486" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>2320</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
-        <x:v>2322</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="H487" s="1" t="s">
-        <x:v>2323</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>2324</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>2325</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="F488" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G488" s="1" t="s">
-        <x:v>2326</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="H488" s="1" t="s">
-        <x:v>2327</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>2331</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>2333</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>2335</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>2336</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
+        <x:v>2333</x:v>
+      </x:c>
+      <x:c r="D491" s="1" t="s">
+        <x:v>2334</x:v>
+      </x:c>
+      <x:c r="E491" s="1" t="s">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="F491" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G491" s="1" t="s">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="H491" s="1" t="s">
         <x:v>2337</x:v>
       </x:c>
-      <x:c r="D491" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="E492" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F492" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="G492" s="1" t="s">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="H492" s="1" t="s">
         <x:v>2341</x:v>
       </x:c>
-      <x:c r="D492" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>2348</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>2349</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>2350</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>2351</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>2352</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
-        <x:v>2353</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>2354</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>2355</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>2356</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>2358</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>2359</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>2360</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>2361</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>2362</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
-        <x:v>2363</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>2366</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
-        <x:v>2367</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>2368</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>2369</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F499" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G499" s="1" t="s">
-        <x:v>2371</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="H499" s="1" t="s">
-        <x:v>2372</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>2357</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D500" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F500" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G500" s="1" t="s">
-        <x:v>2373</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="H500" s="1" t="s">
-        <x:v>2374</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F501" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G501" s="1" t="s">
-        <x:v>2375</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
-        <x:v>2376</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>2377</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>2378</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="L502" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="C503" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D503" s="1" t="s">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="E503" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F503" s="1" t="s">
+        <x:v>2339</x:v>
+      </x:c>
+      <x:c r="G503" s="1" t="s">
         <x:v>2364</x:v>
       </x:c>
-      <x:c r="C503" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F503" s="1" t="s">
+      <x:c r="H503" s="1" t="s">
         <x:v>2365</x:v>
       </x:c>
-      <x:c r="G503" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F504" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G504" s="1" t="s">
-        <x:v>2381</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="H504" s="1" t="s">
-        <x:v>2382</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F505" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G505" s="1" t="s">
-        <x:v>2383</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
-        <x:v>2384</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>2385</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
-        <x:v>2386</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
-        <x:v>2387</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>2388</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D508" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F508" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G508" s="1" t="s">
-        <x:v>2389</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="H508" s="1" t="s">
-        <x:v>2390</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>2391</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>2392</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>2393</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
-        <x:v>2394</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D510" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F510" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="G510" s="1" t="s">
-        <x:v>2395</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
-        <x:v>2396</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>2382</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>2397</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
-        <x:v>2398</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>2382</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A512" s="1">
-[...192 lines deleted...]
-      <x:c r="B517" s="2" t="s">
+      <x:c r="A512" s="2" t="s">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="B512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C517" s="2" t="s">
+      <x:c r="C512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D517" s="2" t="s">
+      <x:c r="D512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E517" s="2" t="s">
+      <x:c r="E512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F517" s="2" t="s">
+      <x:c r="F512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G517" s="2" t="s">
+      <x:c r="G512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H517" s="2" t="s">
+      <x:c r="H512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I517" s="2" t="s">
+      <x:c r="I512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J517" s="2" t="s">
+      <x:c r="J512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K517" s="2" t="s">
+      <x:c r="K512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L517" s="2" t="s">
+      <x:c r="L512" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A517:L517"/>
+    <x:mergeCell ref="A512:L512"/>
   </x:mergeCells>
 </x:worksheet>
 </file>