--- v0 (2025-12-06)
+++ v1 (2025-12-17)
@@ -1,1731 +1,1752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7475ed5b7cf84257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91054b9fa45242a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20251204" sheetId="1" r:id="Ra2bebd3b47cc435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20251216" sheetId="1" r:id="Rd715fa04971343ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="562">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="569">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>14,130,839</x:t>
+    <x:t>14,020,326</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$624,583,083.80</x:t>
+    <x:t>$690,641,258.76</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.01%</x:t>
+    <x:t>7.41%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>40,870,050</x:t>
-[...5 lines deleted...]
-    <x:t>6.40%</x:t>
+    <x:t>40,550,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,056,425.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,357,573</x:t>
-[...5 lines deleted...]
-    <x:t>5.81%</x:t>
+    <x:t>14,245,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,776,750.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.71%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,397,897</x:t>
-[...5 lines deleted...]
-    <x:t>5.46%</x:t>
+    <x:t>2,379,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,867,733.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>26,932,103</x:t>
-[...5 lines deleted...]
-    <x:t>4.87%</x:t>
+    <x:t>26,721,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,325,864.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>15,210,357</x:t>
-[...5 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>15,091,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,038,561.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,729,763</x:t>
-[...5 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>5,685,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,788,315.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NF2249</x:t>
   </x:si>
   <x:si>
-    <x:t>31,509,223</x:t>
-[...5 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>31,262,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,250,980.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,351,019</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>15,230,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,020,017.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,879,234</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>11,786,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,319,713.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,525,070</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>4,489,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,407,901.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,458,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,320,794.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,442,972</x:t>
-[...23 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>2,423,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,571,719.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,345,663</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>22,170,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,466,597.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,571,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,593,028.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,971,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,434,551.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>45,092,700</x:t>
-[...23 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>44,741,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,022,143.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,762,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,882,442.40</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>33,688,128</x:t>
-[...38 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>33,424,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,082,280.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>4,156,633</x:t>
-[...5 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>4,124,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,643,746.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>BVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GPXR82</x:t>
   </x:si>
   <x:si>
-    <x:t>5,228,693</x:t>
-[...5 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>5,187,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,829,114.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRMS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bumi Resources Minerals Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018R2541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,114,740,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,138,342.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,692,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,775,950.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,799,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,744,205.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>55,194,799</x:t>
-[...38 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>52,733,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,155,285.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,412,384</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>5,370,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,215,243.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>30,674,975</x:t>
-[...23 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>30,435,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,577,786.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,288,759</x:t>
-[...2 lines deleted...]
-    <x:t>$101,622,246.46</x:t>
+    <x:t>2,270,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,891,384.87</x:t>
   </x:si>
   <x:si>
     <x:t>1.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,362,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,490,519.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7BTM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,108,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,670,069.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,202,633</x:t>
-[...23 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>22,028,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,080,359.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,675,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,567,351.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,269,135</x:t>
-[...41 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>9,196,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,773,213.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H39TV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,528,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,430,091.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LDZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,596,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,921,195.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>20,866,626</x:t>
-[...20 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>20,703,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,237,082.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLX2J9</x:t>
   </x:si>
   <x:si>
-    <x:t>16,029,980</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>15,904,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,659,533.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,866,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,381,295.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2HB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,596,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,795,018.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Flag Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PP0X53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,074,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,108,872.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,411,769</x:t>
-[...41 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>2,392,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,896,784.26</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,260,276</x:t>
-[...23 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>4,226,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,698,596.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,690,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,999,405.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>6,616,135</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>6,564,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,608,987.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>CGAU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centerra Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWM2M7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,491,594</x:t>
-[...2 lines deleted...]
-    <x:t>$59,738,200.20</x:t>
+    <x:t>4,456,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,301,422.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q49X82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,709,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,601,411.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PPTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetua Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0024TXN82</x:t>
   </x:si>
   <x:si>
-    <x:t>2,276,424</x:t>
-[...38 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>2,257,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,016,980.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DK30N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,643,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,613,759.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,471,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,793,047.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Orla Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZBZ5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,995,794</x:t>
-[...20 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>3,964,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,719,544.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>SVM US</x:t>
   </x:si>
   <x:si>
     <x:t>Silvercorp Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CY5S22</x:t>
   </x:si>
   <x:si>
-    <x:t>6,235,440</x:t>
-[...20 lines deleted...]
-    <x:t>$48,640,935.96</x:t>
+    <x:t>6,186,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,143,555.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FTVZM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,455,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,292,071.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>VZLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Vizsla Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ0VMJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,747,774</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>9,671,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,808,441.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,250,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,673,242.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R17C94</x:t>
   </x:si>
   <x:si>
-    <x:t>25,464,425</x:t>
-[...23 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>25,264,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,298,735.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>AAUC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Allied Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J3PPY06</x:t>
   </x:si>
   <x:si>
-    <x:t>1,947,437</x:t>
-[...26 lines deleted...]
-    <x:t>2979 HK</x:t>
+    <x:t>1,932,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,173,749.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035C8R30</x:t>
   </x:si>
   <x:si>
-    <x:t>37,960,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>37,654,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,736,136.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT9RX8</x:t>
   </x:si>
   <x:si>
-    <x:t>45,736,113</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>45,378,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,087,431.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>CYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Catalyst Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP0V25</x:t>
   </x:si>
   <x:si>
-    <x:t>7,802,419</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>7,741,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,839,332.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,028,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,233,449.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>37,068,412</x:t>
-[...20 lines deleted...]
-    <x:t>$29,634,764.37</x:t>
+    <x:t>36,778,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,099,664.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,400,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,192,134.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTLV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,541,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,018,136.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,906,097.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KOZAL TI</x:t>
   </x:si>
   <x:si>
     <x:t>Koza Altin Isletmeleri As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V2H0F5</x:t>
   </x:si>
   <x:si>
-    <x:t>29,475,001</x:t>
-[...53 lines deleted...]
-    <x:t>$25,355,560.64</x:t>
+    <x:t>29,244,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,636,884.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PYQ5N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,517,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,713,850.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHSQT0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,907,604</x:t>
-[...2 lines deleted...]
-    <x:t>$24,668,453.34</x:t>
+    <x:t>7,845,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,664,943.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5PKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,993,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,903,136.01</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,376,816</x:t>
-[...35 lines deleted...]
-    <x:t>$21,447,643.58</x:t>
+    <x:t>7,319,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,057,311.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRN1P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,927,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,462,054.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,225,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,558,098.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idaho Strategic Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVQT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,397,623.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>GROY US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGH4798</x:t>
   </x:si>
   <x:si>
-    <x:t>4,288,515</x:t>
-[...41 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>4,254,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,317,748.25</x:t>
   </x:si>
   <x:si>
     <x:t>DC US</x:t>
   </x:si>
   <x:si>
     <x:t>Dakota Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120W17D2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,895,169</x:t>
-[...20 lines deleted...]
-    <x:t>$15,415,550.36</x:t>
+    <x:t>2,872,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,856,326.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>MEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meeka Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,516,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,303,077.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,670,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,197,557.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCLXFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,770,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,793,188.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,312,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,723,689.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>NFG CN</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JFFSNM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,467,073</x:t>
-[...68 lines deleted...]
-    <x:t>$12,836,483.42</x:t>
+    <x:t>4,418,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,891,092.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>CMCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Caledonia Mining Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQHQS2</x:t>
   </x:si>
   <x:si>
-    <x:t>420,284</x:t>
-[...2 lines deleted...]
-    <x:t>$10,574,345.44</x:t>
+    <x:t>416,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,045,409.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,989,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,895,390.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldmining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001V9NSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,092,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,981,757.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contango Ore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016YSLB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,751,129.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,990,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,117,877.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R5D3F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,640,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,139,423.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefinch Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3DTC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,133,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,084,640.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS5PZS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,150.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Future Mineral Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YGFKF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,408.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer Exploration Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72DBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,431.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGCX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Gold Corp/Vancouver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD0132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Strategic Materials Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN4ZM13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,272,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,272,456.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TRY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,764.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$886.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-397.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,823,109.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
-  </x:si>
-[...256 lines deleted...]
-    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1753,56 +1774,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbffc9adab94ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Radce13fbc4714ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2bebd3b47cc435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76cd246079744baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7450160f62594827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd715fa04971343ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I101"/>
+  <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2493,515 +2514,515 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -3044,225 +3065,225 @@
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
@@ -3305,1428 +3326,1457 @@
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A101" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B101" s="2" t="s">
+      <x:c r="A101" s="1">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A102" s="2" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C101" s="2" t="s">
+      <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D101" s="2" t="s">
+      <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E101" s="2" t="s">
+      <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F101" s="2" t="s">
+      <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G101" s="2" t="s">
+      <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H101" s="2" t="s">
+      <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I101" s="2" t="s">
+      <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A101:I101"/>
+    <x:mergeCell ref="A102:I102"/>
   </x:mergeCells>
 </x:worksheet>
 </file>