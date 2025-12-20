--- v1 (2025-12-17)
+++ v2 (2025-12-20)
@@ -1,1752 +1,1743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91054b9fa45242a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3de87a80fb0411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20251216" sheetId="1" r:id="Rd715fa04971343ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20251218" sheetId="1" r:id="Rc4237cbbdf1b4d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="569">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/16/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="566">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>14,020,326</x:t>
+    <x:t>14,037,324</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$690,641,258.76</x:t>
+    <x:t>$702,568,066.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.41%</x:t>
+    <x:t>7.43%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>40,550,426</x:t>
-[...5 lines deleted...]
-    <x:t>6.06%</x:t>
+    <x:t>40,599,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,650,358.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,245,292</x:t>
-[...5 lines deleted...]
-    <x:t>5.71%</x:t>
+    <x:t>14,262,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,698,662.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.68%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,379,145</x:t>
-[...5 lines deleted...]
-    <x:t>5.57%</x:t>
+    <x:t>2,382,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,574,043.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>26,721,484</x:t>
-[...2 lines deleted...]
-    <x:t>$451,325,864.76</x:t>
+    <x:t>26,753,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,026,459.84</x:t>
   </x:si>
   <x:si>
     <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>15,091,407</x:t>
-[...5 lines deleted...]
-    <x:t>3.08%</x:t>
+    <x:t>15,109,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,537,686.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,300,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,867,435.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,685,563</x:t>
-[...23 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>5,692,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,195,797.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,230,964</x:t>
-[...2 lines deleted...]
-    <x:t>$242,020,017.96</x:t>
+    <x:t>15,249,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,820,811.60</x:t>
   </x:si>
   <x:si>
     <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,786,336</x:t>
-[...5 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>11,800,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,552,707.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,489,684</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>4,495,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,208,725.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,426,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,461,032.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>12,458,585</x:t>
-[...23 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>12,473,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,450,109.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,170,911</x:t>
-[...2 lines deleted...]
-    <x:t>$182,466,597.53</x:t>
+    <x:t>22,197,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,351,554.85</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,795,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,095,514.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,571,878</x:t>
-[...2 lines deleted...]
-    <x:t>$168,593,028.18</x:t>
+    <x:t>5,578,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,085,382.78</x:t>
   </x:si>
   <x:si>
     <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>5,971,398</x:t>
-[...23 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>5,978,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,420,638.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>4,762,640</x:t>
-[...2 lines deleted...]
-    <x:t>$163,882,442.40</x:t>
+    <x:t>4,768,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,034,808.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>33,424,677</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>33,465,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,258,761.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>4,124,127</x:t>
-[...5 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>4,129,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,955,629.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GPXR82</x:t>
   </x:si>
   <x:si>
-    <x:t>5,187,802</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>5,194,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,733,099.00</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,114,740,300</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>2,117,304,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,389,052.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,692,244</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>4,697,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,104,207.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,852,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,357,836.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,799,831</x:t>
-[...23 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>4,595,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,243,366.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,370,056</x:t>
-[...2 lines deleted...]
-    <x:t>$119,215,243.20</x:t>
+    <x:t>5,376,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,757,672.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>30,435,080</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>30,471,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,973,043.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,270,859</x:t>
-[...2 lines deleted...]
-    <x:t>$105,891,384.87</x:t>
+    <x:t>2,273,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,697,892.51</x:t>
   </x:si>
   <x:si>
     <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3HY7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,362,049</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>16,381,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,290,436.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,055,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,358,154.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>GGP AU</x:t>
   </x:si>
   <x:si>
     <x:t>Greatland Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V7BTM08</x:t>
   </x:si>
   <x:si>
-    <x:t>15,108,698</x:t>
-[...2 lines deleted...]
-    <x:t>$93,670,069.52</x:t>
+    <x:t>15,127,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,985,076.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,682,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,356,242.91</x:t>
   </x:si>
   <x:si>
     <x:t>1.01%</x:t>
   </x:si>
   <x:si>
-    <x:t>GMD AU</x:t>
-[...32 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H39TV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,558,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,406,762.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,196,647</x:t>
-[...2 lines deleted...]
-    <x:t>$84,773,213.86</x:t>
+    <x:t>9,207,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,191,487.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
-    <x:t>VAU AU</x:t>
-[...11 lines deleted...]
-    <x:t>$84,430,091.21</x:t>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,728,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,717,484.39</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>8,596,138</x:t>
-[...23 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>8,606,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,622,976.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLX2J9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,904,621</x:t>
-[...2 lines deleted...]
-    <x:t>$75,659,533.80</x:t>
+    <x:t>15,923,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,491,874.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,872,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,252,261.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
-    <x:t>ARMN US</x:t>
-[...11 lines deleted...]
-    <x:t>$75,381,295.01</x:t>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKQDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,232,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,444,130.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>EXK US</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K2HB18</x:t>
   </x:si>
   <x:si>
-    <x:t>7,596,032</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>7,605,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,120,331.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012PP0X53</x:t>
   </x:si>
   <x:si>
-    <x:t>2,074,227</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>2,076,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,636,290.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,392,906</x:t>
-[...17 lines deleted...]
-    <x:t>$69,698,596.35</x:t>
+    <x:t>2,395,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,160,737.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novagold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D25424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,572,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,226,035.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>SKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Skeena Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FCR8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,690,181</x:t>
-[...23 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>2,693,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,514,812.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>CGAU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centerra Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWM2M7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,456,468</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>4,461,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,243,114.40</x:t>
   </x:si>
   <x:si>
     <x:t>HOC LN</x:t>
   </x:si>
   <x:si>
     <x:t>Hochschild Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q49X82</x:t>
   </x:si>
   <x:si>
-    <x:t>9,709,027</x:t>
-[...2 lines deleted...]
-    <x:t>$60,601,411.75</x:t>
+    <x:t>9,720,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,722,281.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>PPTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetua Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0024TXN82</x:t>
   </x:si>
   <x:si>
-    <x:t>2,257,126</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>2,260,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,576,077.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>PAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Pan African Resources Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DK30N1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,643,022</x:t>
-[...2 lines deleted...]
-    <x:t>$55,613,759.07</x:t>
+    <x:t>37,688,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,872,106.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,471,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,691,933.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>AURA33 BZ</x:t>
-[...11 lines deleted...]
-    <x:t>$54,793,047.60</x:t>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,969,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,967,806.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>ORLA US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SVM US</x:t>
   </x:si>
   <x:si>
     <x:t>Silvercorp Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CY5S22</x:t>
   </x:si>
   <x:si>
-    <x:t>6,186,677</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>6,194,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,402,737.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,265,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,842,363.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ0VMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,683,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,384,666.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>AYA CN</x:t>
   </x:si>
   <x:si>
     <x:t>Aya Gold &amp; Silver Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FTVZM3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,455,475</x:t>
-[...41 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>3,459,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,377,257.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R17C94</x:t>
   </x:si>
   <x:si>
-    <x:t>25,264,570</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>25,295,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,102,312.26</x:t>
   </x:si>
   <x:si>
     <x:t>AAUC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Allied Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J3PPY06</x:t>
   </x:si>
   <x:si>
-    <x:t>1,932,208</x:t>
-[...2 lines deleted...]
-    <x:t>$43,173,749.69</x:t>
+    <x:t>1,934,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,900,295.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N3DGM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,823,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,396,025.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT9RX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,433,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,328,592.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PP0V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,750,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,831,715.75</x:t>
+  </x:si>
+  <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035C8R30</x:t>
   </x:si>
   <x:si>
-    <x:t>37,654,000</x:t>
-[...38 lines deleted...]
-    <x:t>$32,839,332.99</x:t>
+    <x:t>37,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,485,491.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,029,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,457,845.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,424,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,432,989.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTLV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,546,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,188,504.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,279,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,485,421.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,401,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,448,173.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,855,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,309,316.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5PKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,021,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,412,587.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PYQ5N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,531,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,706,247.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantoro Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWC1X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,327,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,204,406.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRN1P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,957,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,424,498.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,228,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,091,839.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGH4798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,260,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,083,133.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idaho Strategic Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVQT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>393,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,895,387.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dakota Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120W17D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,876,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,421,988.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meeka Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,617,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,504,581.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,677,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,426,773.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCLXFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,793,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,233,132.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,316,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,178,430.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Found Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFFSNM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,425,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,509,817.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caledonia Mining Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQHQS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,003,323.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,026,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,269,961.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contango Ore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016YSLB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,966,999.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldmining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001V9NSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,686,419.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,998,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,913,840.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R5D3F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,687,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,035,403.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefinch Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3DTC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,133,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,077,105.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS5PZS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,346.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Future Mineral Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YGFKF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,352.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer Exploration Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72DBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,141.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGCX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Gold Corp/Vancouver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD0132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Strategic Materials Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN4ZM13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,939,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,939,382.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>DRD US</x:t>
-[...562 lines deleted...]
-  <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,316</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,764.96</x:t>
+    <x:t>$-1,762.13</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,219</x:t>
   </x:si>
   <x:si>
-    <x:t>$886.62</x:t>
+    <x:t>$885.46</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2,176</x:t>
   </x:si>
   <x:si>
-    <x:t>$-397.99</x:t>
+    <x:t>$-394.76</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$556.53</x:t>
+    <x:t>$554.52</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,823,109.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$1,670,131.42</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1774,51 +1765,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76cd246079744baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7450160f62594827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd715fa04971343ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd65e73ec069b458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra88875738883452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4237cbbdf1b4d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2398,138 +2389,138 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
@@ -2862,80 +2853,80 @@
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2978,1796 +2969,1796 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="G95" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>