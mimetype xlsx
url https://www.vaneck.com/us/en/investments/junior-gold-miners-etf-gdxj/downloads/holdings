--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,1743 +1,1728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3de87a80fb0411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e87be9ffba4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20251218" sheetId="1" r:id="Rc4237cbbdf1b4d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260108" sheetId="1" r:id="Rf88d176fcbcb4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="566">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="561">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>14,037,324</x:t>
+    <x:t>12,665,233</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,568,066.20</x:t>
+    <x:t>$672,397,219.97</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.43%</x:t>
+    <x:t>6.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,387,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,437,655.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,321,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,900,590.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>40,599,590</x:t>
-[...23 lines deleted...]
-    <x:t>5.68%</x:t>
+    <x:t>36,734,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,800,107.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.42%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,382,029</x:t>
-[...23 lines deleted...]
-    <x:t>4.84%</x:t>
+    <x:t>2,102,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,558,263.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,459,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,486,087.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,725,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,552,507.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,261,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,506,739.24</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>15,109,705</x:t>
-[...41 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>12,335,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,175,536.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,249,430</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>14,122,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,639,834.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,800,626</x:t>
-[...23 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>11,350,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,936,896.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,630,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,078,145.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KD2ZL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,514,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,682,912.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,426,800</x:t>
-[...38 lines deleted...]
-    <x:t>$185,351,554.85</x:t>
+    <x:t>2,327,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,379,889.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>44,795,700</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>42,942,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,938,321.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,830,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,501,691.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,520,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,430,669.92</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,578,510</x:t>
-[...41 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>5,251,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,368,182.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRMS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bumi Resources Minerals Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018R2541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,236,617,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,964,881.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,060,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,936,145.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>33,465,203</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>32,795,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,581,446.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>4,129,127</x:t>
-[...38 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>3,684,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,191,800.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,683,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,668,431.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,697,934</x:t>
-[...23 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>4,585,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,124,817.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7BTM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,943,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,678,516.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,217,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,266,089.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,595,422</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>4,252,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,661,368.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,348,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,208,236.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSWRQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,192,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,322,111.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,362,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,248,679.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,376,566</x:t>
-[...95 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>4,864,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,912,588.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H39TV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,633,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,669,753.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0X7Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,994,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,951,026.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>KNT CN</x:t>
   </x:si>
   <x:si>
     <x:t>K92 Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018BVXB5</x:t>
   </x:si>
   <x:si>
-    <x:t>5,682,778</x:t>
-[...20 lines deleted...]
-    <x:t>$87,406,762.36</x:t>
+    <x:t>5,333,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,282,987.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
-    <x:t>CMM AU</x:t>
-[...14 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,058,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,878,803.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLX2J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,595,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,693,666.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>20,728,546</x:t>
-[...2 lines deleted...]
-    <x:t>$85,717,484.39</x:t>
+    <x:t>19,602,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,943,874.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,678,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,236,480.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2HB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,080,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,025,118.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>8,606,560</x:t>
-[...41 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>7,534,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,042,803.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Flag Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PP0X53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,112,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,579,942.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,232,081</x:t>
-[...41 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>4,102,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,145,165.79</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,395,808</x:t>
-[...2 lines deleted...]
-    <x:t>$68,160,737.60</x:t>
+    <x:t>2,286,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,391,460.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0024TXN82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,405,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,772,075.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,724,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,621,270.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWM2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,303,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,581,719.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>6,572,353</x:t>
-[...38 lines deleted...]
-    <x:t>$62,243,114.40</x:t>
+    <x:t>6,302,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,525,026.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>HOC LN</x:t>
   </x:si>
   <x:si>
     <x:t>Hochschild Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q49X82</x:t>
   </x:si>
   <x:si>
-    <x:t>9,720,799</x:t>
-[...23 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>8,418,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,700,533.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,368,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,497,677.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3PPY06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,356,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,461,287.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,123,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,238,392.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R17C94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,360,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,926,608.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wanguo Gold Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0035C8R30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,655,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,653,236.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ0VMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,398,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,537,151.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FTVZM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,400,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,795,973.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,665,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,759,385.60</x:t>
   </x:si>
   <x:si>
     <x:t>PAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Pan African Resources Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DK30N1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,688,662</x:t>
-[...146 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>31,396,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,355,540.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT9RX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,917,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,775,341.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>36,823,111</x:t>
-[...20 lines deleted...]
-    <x:t>$36,328,592.65</x:t>
+    <x:t>36,402,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,138,394.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Catalyst Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP0V25</x:t>
   </x:si>
   <x:si>
-    <x:t>7,750,783</x:t>
-[...17 lines deleted...]
-    <x:t>$35,485,491.14</x:t>
+    <x:t>6,853,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,175,219.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,531,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,286,573.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>DRD US</x:t>
   </x:si>
   <x:si>
     <x:t>Drdgold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX8QF2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,029,677</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>937,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,131,481.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>IAUX US</x:t>
   </x:si>
   <x:si>
     <x:t>I-80 Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0108B6SW2</x:t>
   </x:si>
   <x:si>
-    <x:t>20,424,825</x:t>
-[...2 lines deleted...]
-    <x:t>$30,432,989.25</x:t>
+    <x:t>19,884,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,025,046.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5PKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,961,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,524,259.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,072,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,278,476.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,353,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,726,248.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>ASM US</x:t>
   </x:si>
   <x:si>
     <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTLV6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,546,533</x:t>
-[...74 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>4,492,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,536,021.30</x:t>
   </x:si>
   <x:si>
     <x:t>GGD CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gogold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYQ5N2</x:t>
   </x:si>
   <x:si>
-    <x:t>11,531,875</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>12,644,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,277,746.59</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,327,996</x:t>
-[...2 lines deleted...]
-    <x:t>$23,204,406.04</x:t>
+    <x:t>7,371,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,772,213.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRN1P2</x:t>
   </x:si>
   <x:si>
-    <x:t>24,957,722</x:t>
-[...2 lines deleted...]
-    <x:t>$19,424,498.66</x:t>
+    <x:t>23,147,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,375,521.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGH4798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,732,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,820,984.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>IDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idaho Strategic Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVQT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>432,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,689,417.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,316,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,902,530.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCLXFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,449,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,657,967.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HM5YW7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,228,059</x:t>
-[...38 lines deleted...]
-    <x:t>$16,895,387.10</x:t>
+    <x:t>2,109,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,362,551.18</x:t>
   </x:si>
   <x:si>
     <x:t>DC US</x:t>
   </x:si>
   <x:si>
     <x:t>Dakota Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120W17D2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,876,005</x:t>
-[...5 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>2,780,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,179,856.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>MEK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Meeka Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D2X3G0</x:t>
   </x:si>
   <x:si>
-    <x:t>83,617,415</x:t>
-[...2 lines deleted...]
-    <x:t>$14,504,581.99</x:t>
+    <x:t>81,346,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,112,975.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
+    <x:t>NFG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Found Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFFSNM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,970,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,990,804.92</x:t>
+  </x:si>
+  <x:si>
     <x:t>KOZAA TI</x:t>
   </x:si>
   <x:si>
     <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PJ0TX0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,677,057</x:t>
-[...53 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>5,442,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,720,253.93</x:t>
   </x:si>
   <x:si>
     <x:t>CMCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Caledonia Mining Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQHQS2</x:t>
   </x:si>
   <x:si>
-    <x:t>417,501</x:t>
-[...2 lines deleted...]
-    <x:t>$10,003,323.96</x:t>
+    <x:t>434,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,659,318.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,927,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,839,969.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>SBM AU</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CTGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Contango Ore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016YSLB7</x:t>
   </x:si>
   <x:si>
-    <x:t>288,346</x:t>
-[...2 lines deleted...]
-    <x:t>$7,966,999.98</x:t>
+    <x:t>354,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,208,576.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldmining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001V9NSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,087,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,096,116.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>GLDG US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>LUCA CN</x:t>
   </x:si>
   <x:si>
     <x:t>Luca Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CXXF85</x:t>
   </x:si>
   <x:si>
-    <x:t>6,998,484</x:t>
-[...2 lines deleted...]
-    <x:t>$6,913,840.29</x:t>
+    <x:t>6,855,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,172,268.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>AMI AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aurelia Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5D3F1</x:t>
   </x:si>
   <x:si>
-    <x:t>38,687,319</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>37,093,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,851,025.70</x:t>
   </x:si>
   <x:si>
     <x:t>FFX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Firefinch Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3DTC3</x:t>
   </x:si>
   <x:si>
     <x:t>54,133,739</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,077,105.52</x:t>
+    <x:t>$2,139,426.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VS5PZS3</x:t>
   </x:si>
   <x:si>
-    <x:t>382,808</x:t>
-[...2 lines deleted...]
-    <x:t>$1,083,346.64</x:t>
+    <x:t>363,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,329.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>FMR CN</x:t>
   </x:si>
   <x:si>
     <x:t>Future Mineral Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006YGFKF6</x:t>
   </x:si>
   <x:si>
     <x:t>168,999</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,352.57</x:t>
+    <x:t>$36,581.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NIX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Archer Exploration Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72DBM7</x:t>
   </x:si>
   <x:si>
     <x:t>179,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,141.92</x:t>
+    <x:t>$32,343.16</x:t>
   </x:si>
   <x:si>
     <x:t>VGCX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Gold Corp/Vancouver</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0132</x:t>
   </x:si>
   <x:si>
     <x:t>1,722,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.25</x:t>
+    <x:t>$1.24</x:t>
   </x:si>
   <x:si>
     <x:t>ASM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Strategic Materials Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN4ZM13</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$.40</x:t>
+    <x:t>$.51</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>32,939,382</x:t>
+    <x:t>22,607,618</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,939,382.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$22,607,618.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-1,316</x:t>
-[...2 lines deleted...]
-    <x:t>$-1,762.13</x:t>
+    <x:t>-1,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,688.37</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,219</x:t>
   </x:si>
   <x:si>
-    <x:t>$885.46</x:t>
+    <x:t>$879.52</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-2,176</x:t>
-[...2 lines deleted...]
-    <x:t>$-394.76</x:t>
+    <x:t>-672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-124.71</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$554.52</x:t>
+    <x:t>$561.47</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,670,131.42</x:t>
+    <x:t>$-231,894.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1765,51 +1750,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd65e73ec069b458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra88875738883452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4237cbbdf1b4d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215f8473cfe44f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fd58625bf484961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf88d176fcbcb4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2099,2666 +2084,2666 @@
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>565</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>