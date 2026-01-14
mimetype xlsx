--- v3 (2026-01-12)
+++ v4 (2026-01-14)
@@ -1,1728 +1,1740 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e87be9ffba4284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e2089e6e5c422d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260108" sheetId="1" r:id="Rf88d176fcbcb4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260112" sheetId="1" r:id="R0ab583a229494f43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="561">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="565">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>12,665,233</x:t>
+    <x:t>12,680,663</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$672,397,219.97</x:t>
+    <x:t>$706,566,542.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.78%</x:t>
+    <x:t>6.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,358,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,037,914.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.30%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,387,738</x:t>
-[...23 lines deleted...]
-    <x:t>6.00%</x:t>
+    <x:t>15,406,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,699,959.04</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,734,980</x:t>
-[...5 lines deleted...]
-    <x:t>5.42%</x:t>
+    <x:t>36,779,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,099,330.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,102,027</x:t>
-[...5 lines deleted...]
-    <x:t>5.17%</x:t>
+    <x:t>2,104,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,790,897.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,459,063</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>5,465,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,266,799.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hecla Mining Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5W86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,350,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,101,693.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,298,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,190,037.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,725,570</x:t>
-[...38 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>4,731,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,800,456.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,645,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,690,999.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX93G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,364,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,427,859.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,122,056</x:t>
-[...41 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>14,139,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,678,828.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,514,949</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>21,541,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,259,227.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,994,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,270,347.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,327,839</x:t>
-[...23 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>2,330,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,200,192.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>5,830,090</x:t>
-[...2 lines deleted...]
-    <x:t>$171,501,691.48</x:t>
+    <x:t>5,837,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,191,941.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,526,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,597,523.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,258,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,220,000.97</x:t>
   </x:si>
   <x:si>
     <x:t>1.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>EGO US</x:t>
-[...29 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,066,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,341,637.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,236,617,500</x:t>
-[...2 lines deleted...]
-    <x:t>$160,964,881.58</x:t>
+    <x:t>2,239,343,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,682,578.57</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>BVN US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>32,795,877</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>32,835,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,671,689.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>3,684,410</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>3,688,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,998,587.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,591,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,962,278.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>46,683,881</x:t>
-[...20 lines deleted...]
-    <x:t>$131,124,817.11</x:t>
+    <x:t>46,740,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,932,836.64</x:t>
   </x:si>
   <x:si>
     <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>GGP AU</x:t>
   </x:si>
   <x:si>
     <x:t>Greatland Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V7BTM08</x:t>
   </x:si>
   <x:si>
-    <x:t>14,943,657</x:t>
-[...2 lines deleted...]
-    <x:t>$115,678,516.99</x:t>
+    <x:t>14,961,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,509,597.77</x:t>
   </x:si>
   <x:si>
     <x:t>1.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,257,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,896,363.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,371,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,646,784.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>29,217,958</x:t>
-[...38 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>29,253,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,956,729.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,192,057</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>2,194,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,109,871.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,870,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,474,551.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,362,869</x:t>
-[...20 lines deleted...]
-    <x:t>$106,912,588.30</x:t>
+    <x:t>21,388,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,580,308.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H39TV7</x:t>
   </x:si>
   <x:si>
-    <x:t>25,633,530</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>25,664,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,596,757.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,340,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,306,653.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,994,043</x:t>
-[...23 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>10,006,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,050,120.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2HB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,090,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,366,662.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Orla Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZBZ5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>6,058,494</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>6,065,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,471,641.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,625,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,101,021.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLX2J9</x:t>
   </x:si>
   <x:si>
-    <x:t>16,595,507</x:t>
-[...20 lines deleted...]
-    <x:t>$83,943,874.46</x:t>
+    <x:t>16,615,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,477,764.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>ARMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Aris Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K0VQL1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,678,512</x:t>
-[...23 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>4,684,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,177,393.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>7,534,418</x:t>
-[...2 lines deleted...]
-    <x:t>$75,042,803.28</x:t>
+    <x:t>7,543,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,056,886.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012PP0X53</x:t>
   </x:si>
   <x:si>
-    <x:t>2,112,545</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>2,115,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,419,249.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,102,612</x:t>
-[...2 lines deleted...]
-    <x:t>$73,145,165.79</x:t>
+    <x:t>4,107,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,499,372.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0024TXN82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,408,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,784,142.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,727,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,149,966.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,286,722</x:t>
-[...41 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>2,289,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,432,649.60</x:t>
   </x:si>
   <x:si>
     <x:t>CGAU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centerra Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWM2M7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,303,925</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>4,309,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,515,787.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q49X82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,428,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,868,935.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>6,302,086</x:t>
-[...20 lines deleted...]
-    <x:t>$58,700,533.73</x:t>
+    <x:t>6,309,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,675,081.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,372,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,465,625.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3PPY06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,358,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,908,048.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>AURA33 BZ</x:t>
-[...26 lines deleted...]
-    <x:t>$58,461,287.88</x:t>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FTVZM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,783,417.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRL4C2</x:t>
   </x:si>
   <x:si>
-    <x:t>13,123,682</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>13,139,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,080,513.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ0VMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,409,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,235,919.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,672,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,961,796.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DK30N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,435,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,875,397.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R17C94</x:t>
   </x:si>
   <x:si>
-    <x:t>24,360,210</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>24,389,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,862,710.64</x:t>
   </x:si>
   <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035C8R30</x:t>
   </x:si>
   <x:si>
-    <x:t>42,655,000</x:t>
-[...35 lines deleted...]
-    <x:t>$50,795,973.38</x:t>
+    <x:t>42,707,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,584,981.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>SVM US</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT9RX8</x:t>
   </x:si>
   <x:si>
-    <x:t>47,917,823</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>47,976,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,783,602.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>36,402,958</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>36,447,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,476,656.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>CYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Catalyst Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP0V25</x:t>
   </x:si>
   <x:si>
-    <x:t>6,853,637</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>6,861,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,176,289.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,908,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,455,210.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,097,725.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,106,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,376,823.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>KCN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsgate Consolidated Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHSQT0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,531,656</x:t>
-[...38 lines deleted...]
-    <x:t>$30,025,046.87</x:t>
+    <x:t>7,540,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,314,692.43</x:t>
   </x:si>
   <x:si>
     <x:t>BGL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bellevue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5PKD9</x:t>
   </x:si>
   <x:si>
-    <x:t>25,961,002</x:t>
-[...20 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>25,992,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,921,545.99</x:t>
   </x:si>
   <x:si>
     <x:t>MUX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcewen Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW6CN8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,353,160</x:t>
-[...2 lines deleted...]
-    <x:t>$27,726,248.40</x:t>
+    <x:t>1,354,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,534,814.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>ASM US</x:t>
   </x:si>
   <x:si>
     <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTLV6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,492,010</x:t>
-[...2 lines deleted...]
-    <x:t>$27,536,021.30</x:t>
+    <x:t>4,497,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,458,507.10</x:t>
   </x:si>
   <x:si>
     <x:t>GGD CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gogold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYQ5N2</x:t>
   </x:si>
   <x:si>
-    <x:t>12,644,011</x:t>
-[...2 lines deleted...]
-    <x:t>$27,277,746.59</x:t>
+    <x:t>12,659,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,290,894.26</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,371,640</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>7,380,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,000,214.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRN1P2</x:t>
   </x:si>
   <x:si>
-    <x:t>23,147,403</x:t>
-[...2 lines deleted...]
-    <x:t>$21,375,521.27</x:t>
+    <x:t>23,175,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,900,806.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGH4798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,737,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,172,932.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,322,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,662,231.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idaho Strategic Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVQT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,457,908.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCLXFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,471,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,298,468.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dakota Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120W17D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,783,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,619,111.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,112,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,256,968.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Found Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFFSNM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,976,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,783,077.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meeka Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,445,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,086,643.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,449,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,848,747.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caledonia Mining Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQHQS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,182,988.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,961,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,716,125.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contango Ore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016YSLB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>354,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,925,477.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldmining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001V9NSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,094,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,776,399.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,863,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,816,924.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R5D3F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,138,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,755,258.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefinch Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3DTC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,133,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,146,294.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS5PZS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,444.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Future Mineral Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YGFKF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,416.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer Exploration Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72DBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,895.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGCX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Gold Corp/Vancouver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD0132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Strategic Materials Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN4ZM13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,526,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,526,301.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>GROY US</x:t>
-[...370 lines deleted...]
-  <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,256</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,688.37</x:t>
+    <x:t>$-1,692.65</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,219</x:t>
   </x:si>
   <x:si>
-    <x:t>$879.52</x:t>
+    <x:t>$878.63</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-672</x:t>
   </x:si>
   <x:si>
-    <x:t>$-124.71</x:t>
+    <x:t>$-125.17</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$561.47</x:t>
+    <x:t>$563.28</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-231,894.35</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-609,630.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1750,51 +1762,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215f8473cfe44f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fd58625bf484961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf88d176fcbcb4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reebb65c797794c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde98259abb74458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ab583a229494f43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1939,196 +1951,196 @@
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
@@ -2345,2405 +2357,2405 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>495</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>