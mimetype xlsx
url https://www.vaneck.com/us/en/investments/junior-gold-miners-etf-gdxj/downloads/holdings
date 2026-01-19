--- v4 (2026-01-14)
+++ v5 (2026-01-19)
@@ -1,1740 +1,1731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e2089e6e5c422d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400924f9ad54483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260112" sheetId="1" r:id="R0ab583a229494f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260115" sheetId="1" r:id="R36406d7c59f14fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="565">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="562">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>12,680,663</x:t>
+    <x:t>12,665,237</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$706,566,542.36</x:t>
+    <x:t>$707,733,443.56</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.79%</x:t>
+    <x:t>6.77%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>30,358,071</x:t>
-[...5 lines deleted...]
-    <x:t>6.30%</x:t>
+    <x:t>30,321,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,414,569.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,406,484</x:t>
-[...2 lines deleted...]
-    <x:t>$655,699,959.04</x:t>
+    <x:t>15,387,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,126,002.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,102,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,740,297.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.21%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,779,732</x:t>
-[...23 lines deleted...]
-    <x:t>4.99%</x:t>
+    <x:t>36,734,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,861,425.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,465,663</x:t>
-[...5 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>5,459,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,646,103.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>12,350,846</x:t>
-[...5 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>12,335,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,109,380.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NF2249</x:t>
   </x:si>
   <x:si>
-    <x:t>30,298,184</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>30,261,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,113,883.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,731,326</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>4,725,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,723,314.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>12,645,450</x:t>
-[...2 lines deleted...]
-    <x:t>$255,690,999.00</x:t>
+    <x:t>12,630,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,895,542.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,364,478</x:t>
-[...5 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>11,350,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,146,811.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,139,260</x:t>
-[...5 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>14,122,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,124,594.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,541,159</x:t>
-[...5 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>21,514,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,970,660.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,994,200</x:t>
-[...2 lines deleted...]
-    <x:t>$202,270,347.17</x:t>
+    <x:t>42,942,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,809,312.69</x:t>
   </x:si>
   <x:si>
     <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,330,675</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>2,327,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,022,742.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>5,837,192</x:t>
-[...2 lines deleted...]
-    <x:t>$183,191,941.24</x:t>
+    <x:t>5,830,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,936,925.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,520,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,591,840.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>EGO US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,258,217</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>5,251,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,768,148.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>BVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GPXR82</x:t>
   </x:si>
   <x:si>
-    <x:t>5,066,598</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>5,060,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,609,146.60</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,239,343,100</x:t>
-[...5 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>2,236,618,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,586,710.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>32,835,831</x:t>
-[...5 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>32,795,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,844,947.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>3,688,898</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>3,684,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,471,304.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,683,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,418,795.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,591,315</x:t>
-[...23 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>4,585,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,731,636.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>GGP AU</x:t>
   </x:si>
   <x:si>
     <x:t>Greatland Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V7BTM08</x:t>
   </x:si>
   <x:si>
-    <x:t>14,961,863</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>14,943,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,924,392.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,257,441</x:t>
-[...2 lines deleted...]
-    <x:t>$119,896,363.48</x:t>
+    <x:t>4,252,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,290,701.67</x:t>
   </x:si>
   <x:si>
     <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3HY7</x:t>
   </x:si>
   <x:si>
-    <x:t>18,371,051</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>18,348,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,057,363.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,864,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,105,756.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>29,253,554</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>29,217,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,770,167.92</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,194,727</x:t>
-[...20 lines deleted...]
-    <x:t>$111,474,551.79</x:t>
+    <x:t>2,192,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,328,621.80</x:t>
   </x:si>
   <x:si>
     <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,388,895</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>21,362,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,907,350.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H39TV7</x:t>
   </x:si>
   <x:si>
-    <x:t>25,664,758</x:t>
-[...2 lines deleted...]
-    <x:t>$97,596,757.46</x:t>
+    <x:t>25,633,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,318,746.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,333,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,203,522.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0X7Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,994,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,407,070.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
-    <x:t>KNT CN</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>EXK US</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K2HB18</x:t>
   </x:si>
   <x:si>
-    <x:t>8,090,122</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>8,080,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,488,839.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Orla Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZBZ5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>6,065,874</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>6,058,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,756,937.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>WGX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Westgold Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG27F7</x:t>
   </x:si>
   <x:si>
-    <x:t>19,625,937</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>19,602,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,085,417.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,678,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,336,095.36</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLX2J9</x:t>
   </x:si>
   <x:si>
-    <x:t>16,615,725</x:t>
-[...23 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>16,595,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,272,621.26</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>7,543,596</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>7,534,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,378,472.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012PP0X53</x:t>
   </x:si>
   <x:si>
-    <x:t>2,115,119</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>2,112,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,960,014.35</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,107,610</x:t>
-[...2 lines deleted...]
-    <x:t>$75,499,372.91</x:t>
+    <x:t>4,102,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,688,281.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>PPTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetua Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0024TXN82</x:t>
   </x:si>
   <x:si>
-    <x:t>2,408,507</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>2,405,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,342,671.64</x:t>
   </x:si>
   <x:si>
     <x:t>SKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Skeena Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FCR8D5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,727,787</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>2,724,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,852,301.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,289,508</x:t>
-[...2 lines deleted...]
-    <x:t>$71,432,649.60</x:t>
+    <x:t>2,286,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,620,133.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>CGAU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centerra Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWM2M7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,309,169</x:t>
-[...2 lines deleted...]
-    <x:t>$68,515,787.10</x:t>
+    <x:t>4,303,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,121,067.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,368,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,802,379.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wanguo Gold Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0035C8R30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,655,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,284,432.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>HOC LN</x:t>
   </x:si>
   <x:si>
     <x:t>Hochschild Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q49X82</x:t>
   </x:si>
   <x:si>
-    <x:t>8,428,611</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>8,418,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,300,901.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3PPY06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,356,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,969,807.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>6,309,764</x:t>
-[...38 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>6,302,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,588,067.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,123,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,649,502.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,665,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,784,142.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ0VMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,398,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,202,545.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>AYA CN</x:t>
   </x:si>
   <x:si>
     <x:t>Aya Gold &amp; Silver Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FTVZM3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,405,143</x:t>
-[...38 lines deleted...]
-    <x:t>$55,235,919.29</x:t>
+    <x:t>3,401,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,938,724.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
-    <x:t>SVM US</x:t>
-[...11 lines deleted...]
-    <x:t>$54,961,796.28</x:t>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R17C94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,360,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,898,919.91</x:t>
   </x:si>
   <x:si>
     <x:t>PAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Pan African Resources Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DK30N1</x:t>
   </x:si>
   <x:si>
-    <x:t>31,435,053</x:t>
-[...38 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>31,396,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,639,376.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT9RX8</x:t>
   </x:si>
   <x:si>
-    <x:t>47,976,199</x:t>
-[...2 lines deleted...]
-    <x:t>$41,783,602.19</x:t>
+    <x:t>47,917,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,321,526.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>36,447,306</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>36,402,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,043,569.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Catalyst Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP0V25</x:t>
   </x:si>
   <x:si>
-    <x:t>6,861,987</x:t>
-[...2 lines deleted...]
-    <x:t>$33,176,289.99</x:t>
+    <x:t>6,853,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,064,596.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,629,472.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,531,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,289,393.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
     <x:t>IAUX US</x:t>
   </x:si>
   <x:si>
     <x:t>I-80 Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0108B6SW2</x:t>
   </x:si>
   <x:si>
-    <x:t>19,908,361</x:t>
-[...20 lines deleted...]
-    <x:t>$31,097,725.92</x:t>
+    <x:t>19,884,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,820,418.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTLV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,492,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,815,188.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,353,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,229,594.40</x:t>
   </x:si>
   <x:si>
     <x:t>KOZAL TI</x:t>
   </x:si>
   <x:si>
     <x:t>Koza Altin Isletmeleri As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V2H0F5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,106,804</x:t>
-[...20 lines deleted...]
-    <x:t>$30,314,692.43</x:t>
+    <x:t>28,072,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,216,194.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PYQ5N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,644,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,215,251.50</x:t>
   </x:si>
   <x:si>
     <x:t>BGL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bellevue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5PKD9</x:t>
   </x:si>
   <x:si>
-    <x:t>25,992,630</x:t>
-[...50 lines deleted...]
-    <x:t>$29,290,894.26</x:t>
+    <x:t>25,961,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,343,723.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,380,620</x:t>
-[...2 lines deleted...]
-    <x:t>$26,000,214.70</x:t>
+    <x:t>7,371,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,176,480.49</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRN1P2</x:t>
   </x:si>
   <x:si>
-    <x:t>23,175,603</x:t>
-[...2 lines deleted...]
-    <x:t>$23,900,806.67</x:t>
+    <x:t>23,147,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,641,527.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>GROY US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGH4798</x:t>
   </x:si>
   <x:si>
-    <x:t>4,737,806</x:t>
-[...2 lines deleted...]
-    <x:t>$22,172,932.08</x:t>
+    <x:t>4,732,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,234,326.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,316,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,031,930.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>6693 HK</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>IDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Idaho Strategic Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JLVQT9</x:t>
   </x:si>
   <x:si>
-    <x:t>433,361</x:t>
-[...2 lines deleted...]
-    <x:t>$19,457,908.90</x:t>
+    <x:t>432,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,031,511.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BC8 AU</x:t>
   </x:si>
   <x:si>
     <x:t>Black Cat Syndicate Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCLXFT7</x:t>
   </x:si>
   <x:si>
-    <x:t>18,471,754</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>18,449,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,127,499.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,109,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,489,131.14</x:t>
   </x:si>
   <x:si>
     <x:t>DC US</x:t>
   </x:si>
   <x:si>
     <x:t>Dakota Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120W17D2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,783,430</x:t>
-[...20 lines deleted...]
-    <x:t>$17,256,968.12</x:t>
+    <x:t>2,780,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,375,275.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,442,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,047,036.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>NFG CN</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JFFSNM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,976,512</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>4,970,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,847,868.06</x:t>
   </x:si>
   <x:si>
     <x:t>MEK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Meeka Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D2X3G0</x:t>
   </x:si>
   <x:si>
-    <x:t>81,445,459</x:t>
-[...20 lines deleted...]
-    <x:t>$14,848,747.20</x:t>
+    <x:t>81,346,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,733,478.32</x:t>
   </x:si>
   <x:si>
     <x:t>CMCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Caledonia Mining Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQHQS2</x:t>
   </x:si>
   <x:si>
-    <x:t>434,661</x:t>
-[...2 lines deleted...]
-    <x:t>$14,182,988.43</x:t>
+    <x:t>434,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,691,201.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>SBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>St Barbara Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS4GC2</x:t>
   </x:si>
   <x:si>
-    <x:t>27,961,257</x:t>
-[...2 lines deleted...]
-    <x:t>$10,716,125.27</x:t>
+    <x:t>27,927,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,466,571.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>CTGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Contango Ore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016YSLB7</x:t>
   </x:si>
   <x:si>
-    <x:t>354,608</x:t>
-[...2 lines deleted...]
-    <x:t>$9,925,477.92</x:t>
+    <x:t>354,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,441,108.48</x:t>
   </x:si>
   <x:si>
     <x:t>GLDG US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldmining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001V9NSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,094,722</x:t>
-[...2 lines deleted...]
-    <x:t>$8,776,399.68</x:t>
+    <x:t>6,087,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,374,454.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,855,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,043,469.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>LUCA CN</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>AMI AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aurelia Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5D3F1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,138,646</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>37,093,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,852,871.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>FFX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Firefinch Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3DTC3</x:t>
   </x:si>
   <x:si>
     <x:t>54,133,739</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,146,294.83</x:t>
+    <x:t>$2,139,746.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VS5PZS3</x:t>
   </x:si>
   <x:si>
-    <x:t>364,230</x:t>
-[...2 lines deleted...]
-    <x:t>$830,444.40</x:t>
+    <x:t>363,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$818,518.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>FMR CN</x:t>
   </x:si>
   <x:si>
     <x:t>Future Mineral Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006YGFKF6</x:t>
   </x:si>
   <x:si>
     <x:t>168,999</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,416.85</x:t>
+    <x:t>$42,576.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NIX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Archer Exploration Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72DBM7</x:t>
   </x:si>
   <x:si>
     <x:t>179,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,895.36</x:t>
+    <x:t>$30,975.68</x:t>
   </x:si>
   <x:si>
     <x:t>VGCX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Gold Corp/Vancouver</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0132</x:t>
   </x:si>
   <x:si>
     <x:t>1,722,275</x:t>
   </x:si>
   <x:si>
     <x:t>$1.24</x:t>
   </x:si>
   <x:si>
     <x:t>ASM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Strategic Materials Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN4ZM13</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$.52</x:t>
+    <x:t>$.50</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>22,526,301</x:t>
+    <x:t>31,215,605</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,526,301.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$31,215,604.50</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,256</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,692.65</x:t>
+    <x:t>$-1,681.34</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,219</x:t>
   </x:si>
   <x:si>
-    <x:t>$878.63</x:t>
+    <x:t>$877.43</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-672</x:t>
   </x:si>
   <x:si>
-    <x:t>$-125.17</x:t>
+    <x:t>$-125.15</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$563.28</x:t>
+    <x:t>$561.56</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-609,630.57</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-9,715,835.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1762,51 +1753,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reebb65c797794c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde98259abb74458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ab583a229494f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574701590b7a4b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re748265a63e64036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R36406d7c59f14fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1951,515 +1942,515 @@
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -2647,2115 +2638,2115 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E95" s="1" t="s">
+      <x:c r="G95" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="F95" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>560</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>