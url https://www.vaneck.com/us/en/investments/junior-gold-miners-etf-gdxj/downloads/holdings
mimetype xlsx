--- v5 (2026-01-19)
+++ v6 (2026-02-08)
@@ -1,1731 +1,1743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400924f9ad54483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f8e16b600b43a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260115" sheetId="1" r:id="R36406d7c59f14fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260205" sheetId="1" r:id="Rf6f0eaf0e7ca4c22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="562">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="566">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>12,665,237</x:t>
+    <x:t>12,495,559</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$707,733,443.56</x:t>
+    <x:t>$654,892,247.19</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.77%</x:t>
+    <x:t>6.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,181,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,889,892.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>30,321,139</x:t>
-[...23 lines deleted...]
-    <x:t>5.93%</x:t>
+    <x:t>29,914,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,673,987.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.81%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,102,027</x:t>
-[...5 lines deleted...]
-    <x:t>5.21%</x:t>
+    <x:t>2,073,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,994,887.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,734,988</x:t>
-[...5 lines deleted...]
-    <x:t>5.11%</x:t>
+    <x:t>36,242,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,976,236.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,459,063</x:t>
-[...5 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>5,386,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,987,634.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,855,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,075,379.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>12,335,820</x:t>
-[...23 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>12,170,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,354,527.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,725,570</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>4,662,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,877,141.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>12,630,066</x:t>
-[...5 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>12,460,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,331,929.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,932,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,512,966.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,350,652</x:t>
-[...23 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>11,198,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,252,141.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,514,953</x:t>
-[...5 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>21,226,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,167,790.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,751,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,477,208.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,181,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,596,441.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,942,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>42,370,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,413,222.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,992,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,742,715.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>2,327,839</x:t>
-[...23 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>2,296,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,656,705.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>4,520,853</x:t>
-[...38 lines deleted...]
-    <x:t>$176,609,146.60</x:t>
+    <x:t>4,460,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,985,572.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,356,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,722,670.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMIN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G Mining Ventures Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT389N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,524,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,038,612.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Or Royalties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006NTSJ78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,635,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,566,610.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramelius Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMB297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,058,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,996,161.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7BTM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,743,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,040,289.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,236,618,100</x:t>
-[...95 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>2,206,645,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,821,639.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,102,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,859,413.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>ARTG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Artemis Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PSSBKG8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,252,261</x:t>
-[...20 lines deleted...]
-    <x:t>$120,057,363.39</x:t>
+    <x:t>4,195,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,466,042.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,864,087</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>4,798,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,119,464.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>29,217,966</x:t>
-[...2 lines deleted...]
-    <x:t>$115,770,167.92</x:t>
+    <x:t>28,826,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,345,267.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,262,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,895,077.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,076,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,928,568.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>TXG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Torex Gold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSWRQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,192,057</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>2,162,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,804,935.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0X7Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,860,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,648,083.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>VAU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Vault Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H39TV7</x:t>
   </x:si>
   <x:si>
-    <x:t>25,633,536</x:t>
-[...41 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>25,290,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,095,222.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,339,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,171,333.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,977,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,567,928.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLX2J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,373,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,802,425.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>EXK US</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K2HB18</x:t>
   </x:si>
   <x:si>
-    <x:t>8,080,280</x:t>
-[...20 lines deleted...]
-    <x:t>$88,756,937.10</x:t>
+    <x:t>7,972,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,227,993.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
-    <x:t>WGX AU</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ARMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Aris Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K0VQL1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,678,514</x:t>
-[...17 lines deleted...]
-    <x:t>$85,272,621.26</x:t>
+    <x:t>4,615,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,484,774.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,687,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,649,855.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3939 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wanguo Gold Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0035C8R30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,083,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,383,367.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>7,534,418</x:t>
-[...2 lines deleted...]
-    <x:t>$77,378,472.86</x:t>
+    <x:t>7,433,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,476,293.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
+    <x:t>AAUC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3PPY06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,324,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,287,656.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q49X82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,305,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,939,793.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWM2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,246,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,893,357.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,323,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,061,020.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>TFPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Triple Flag Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012PP0X53</x:t>
   </x:si>
   <x:si>
-    <x:t>2,112,545</x:t>
-[...2 lines deleted...]
-    <x:t>$76,960,014.35</x:t>
+    <x:t>2,084,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,280,226.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seabridge Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JYQX30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,256,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,396,438.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>WDO CN</x:t>
   </x:si>
   <x:si>
     <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKQDS3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,102,612</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>4,047,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,110,006.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>PPTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Perpetua Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0024TXN82</x:t>
   </x:si>
   <x:si>
-    <x:t>2,405,577</x:t>
-[...125 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>2,373,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,564,465.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,947,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,665,919.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DK30N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,976,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,461,877.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,589,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,544,526.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R17C94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,033,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,678,987.31</x:t>
   </x:si>
   <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>6,302,088</x:t>
-[...38 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>6,217,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,606,669.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FTVZM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,355,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,365,548.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT9RX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,275,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,493,313.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>VZLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Vizsla Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ0VMJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,398,419</x:t>
-[...71 lines deleted...]
-    <x:t>$42,321,526.35</x:t>
+    <x:t>9,272,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,779,012.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
+    <x:t>ASM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTLV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,431,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,709,259.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PP0V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,761,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,682,209.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,617,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,350,146.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,335,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,999,443.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5PKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,613,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,574,533.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,696,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,157,052.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,700,851.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PYQ5N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,474,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,345,635.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,430,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,637,371.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>36,402,966</x:t>
-[...158 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>35,915,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,564,556.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRN1P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,837,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,963,831.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,245,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,796,515.92</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,371,642</x:t>
-[...23 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>7,272,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,559,161.97</x:t>
   </x:si>
   <x:si>
     <x:t>GROY US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGH4798</x:t>
   </x:si>
   <x:si>
-    <x:t>4,732,042</x:t>
-[...23 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>4,672,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,970,845.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC8 AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Cat Syndicate Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCLXFT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,202,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,870,459.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dakota Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120W17D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,742,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,072,761.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,370,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,941,562.09</x:t>
   </x:si>
   <x:si>
     <x:t>IDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Idaho Strategic Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JLVQT9</x:t>
   </x:si>
   <x:si>
-    <x:t>432,833</x:t>
-[...23 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>427,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,766,317.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HM5YW7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,109,666</x:t>
-[...35 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>2,081,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,736,212.88</x:t>
   </x:si>
   <x:si>
     <x:t>NFG CN</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JFFSNM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,970,458</x:t>
-[...2 lines deleted...]
-    <x:t>$14,847,868.06</x:t>
+    <x:t>4,903,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,935,519.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,553,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,687,861.21</x:t>
   </x:si>
   <x:si>
     <x:t>MEK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Meeka Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D2X3G0</x:t>
   </x:si>
   <x:si>
-    <x:t>81,346,377</x:t>
-[...2 lines deleted...]
-    <x:t>$14,733,478.32</x:t>
+    <x:t>80,256,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,856,285.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>CMCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Caledonia Mining Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQHQS2</x:t>
   </x:si>
   <x:si>
-    <x:t>434,133</x:t>
-[...23 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>428,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,363,462.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,763,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,192,458.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>CTGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Contango Ore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016YSLB7</x:t>
   </x:si>
   <x:si>
-    <x:t>354,176</x:t>
-[...2 lines deleted...]
-    <x:t>$10,441,108.48</x:t>
+    <x:t>349,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,934,771.68</x:t>
   </x:si>
   <x:si>
     <x:t>GLDG US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldmining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001V9NSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,087,308</x:t>
-[...20 lines deleted...]
-    <x:t>$8,043,469.51</x:t>
+    <x:t>6,005,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,227,865.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>AMI AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aurelia Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5D3F1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,093,466</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>36,596,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,635,554.37</x:t>
   </x:si>
   <x:si>
     <x:t>FFX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Firefinch Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3DTC3</x:t>
   </x:si>
   <x:si>
     <x:t>54,133,739</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,139,746.58</x:t>
+    <x:t>$2,287,969.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VS5PZS3</x:t>
   </x:si>
   <x:si>
-    <x:t>363,786</x:t>
-[...2 lines deleted...]
-    <x:t>$818,518.50</x:t>
+    <x:t>357,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,302.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>FMR CN</x:t>
   </x:si>
   <x:si>
     <x:t>Future Mineral Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006YGFKF6</x:t>
   </x:si>
   <x:si>
     <x:t>168,999</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,576.68</x:t>
+    <x:t>$35,193.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NIX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Archer Exploration Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72DBM7</x:t>
   </x:si>
   <x:si>
     <x:t>179,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,975.68</x:t>
+    <x:t>$27,513.68</x:t>
   </x:si>
   <x:si>
     <x:t>VGCX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Gold Corp/Vancouver</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0132</x:t>
   </x:si>
   <x:si>
     <x:t>1,722,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.24</x:t>
+    <x:t>$1.26</x:t>
   </x:si>
   <x:si>
     <x:t>ASM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Strategic Materials Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN4ZM13</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$.50</x:t>
+    <x:t>$1.06</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>31,215,605</x:t>
+    <x:t>26,510,056</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,215,604.50</x:t>
+    <x:t>$26,510,055.60</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1,256</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,681.34</x:t>
+    <x:t>$-1,699.05</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,219</x:t>
   </x:si>
   <x:si>
-    <x:t>$877.43</x:t>
+    <x:t>$890.70</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-672</x:t>
   </x:si>
   <x:si>
-    <x:t>$-125.15</x:t>
+    <x:t>$-127.44</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$561.56</x:t>
+    <x:t>$582.68</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-9,715,835.87</x:t>
-[...2 lines deleted...]
-    <x:t>-0.09%</x:t>
+    <x:t>$-8,123,094.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1753,51 +1765,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574701590b7a4b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re748265a63e64036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R36406d7c59f14fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf37d22fd5e4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13ad4264867a4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6f0eaf0e7ca4c22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2406,2347 +2418,2347 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="2" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>