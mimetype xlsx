--- v6 (2026-02-08)
+++ v7 (2026-03-02)
@@ -1,1743 +1,1731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f8e16b600b43a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re765cad98d804a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260205" sheetId="1" r:id="Rf6f0eaf0e7ca4c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260226" sheetId="1" r:id="R2cbb9ca69cb44047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="566">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="562">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>12,495,559</x:t>
+    <x:t>11,994,400</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$654,892,247.19</x:t>
+    <x:t>$809,741,944.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.66%</x:t>
+    <x:t>6.81%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,181,574</x:t>
-[...5 lines deleted...]
-    <x:t>5.82%</x:t>
+    <x:t>14,572,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,338,167.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>29,914,913</x:t>
-[...5 lines deleted...]
-    <x:t>5.81%</x:t>
+    <x:t>28,715,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,673,427.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XB7MN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,789,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,122,089.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>2,073,867</x:t>
-[...23 lines deleted...]
-    <x:t>5.06%</x:t>
+    <x:t>1,990,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,012,257.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,961,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,889,906.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,658,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,090,854.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,374,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,570,013.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>PE&amp;OLES* MF</x:t>
   </x:si>
   <x:si>
     <x:t>Industrias Penoles Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LXSKQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,386,463</x:t>
-[...23 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>5,171,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,924,482.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,475,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,400,498.42</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>12,170,555</x:t>
-[...59 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>11,682,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,687,396.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KD2ZL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,375,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,732,414.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,198,564</x:t>
-[...20 lines deleted...]
-    <x:t>$200,167,790.43</x:t>
+    <x:t>10,749,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,399,127.85</x:t>
   </x:si>
   <x:si>
     <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>OGC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Oceanagold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RG1PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>5,751,979</x:t>
-[...5 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>5,521,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,197,018.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM CN</x:t>
   </x:si>
   <x:si>
     <x:t>Dundee Precious Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9HTM6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,181,452</x:t>
-[...5 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>4,973,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,072,371.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,204,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,196,881.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,792,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,111,741.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eldorado Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN7277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,281,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,610,446.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,058,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,875,135.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>1818 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhaojin Mining Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQ77W9</x:t>
   </x:si>
   <x:si>
-    <x:t>42,370,200</x:t>
-[...77 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>40,680,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,261,976.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,524,302</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>4,342,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,497,793.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>3,635,030</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>3,489,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,028,749.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>46,058,426</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>44,211,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,292,421.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssr Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RWX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,606,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,051,045.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS3HY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,376,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,298,838.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>GGP AU</x:t>
   </x:si>
   <x:si>
     <x:t>Greatland Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V7BTM08</x:t>
   </x:si>
   <x:si>
-    <x:t>14,743,462</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>14,152,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,493,702.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,027,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,773,977.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,206,645,100</x:t>
-[...59 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>2,118,119,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,083,533.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSWRQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,075,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,466,615.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,737,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,883,175.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,051,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,632,475.52</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>28,826,524</x:t>
-[...23 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>27,670,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,123,927.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regis Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLX2J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,716,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,644,603.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2HB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,652,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,361,628.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>GMD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Genesis Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J9HXY1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,076,668</x:t>
-[...23 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>20,231,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,277,905.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,563,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,211,555.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H39TV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,275,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,249,425.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,430,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,469,125.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LDZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,135,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,183,003.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,580,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,368,751.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURA33 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aura Minerals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLQKP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,189,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,815,862.71</x:t>
   </x:si>
   <x:si>
     <x:t>CMM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Capricorn Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0X7Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,860,136</x:t>
-[...131 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>9,464,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,043,371.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035C8R30</x:t>
   </x:si>
   <x:si>
-    <x:t>42,083,000</x:t>
-[...2 lines deleted...]
-    <x:t>$76,383,367.38</x:t>
+    <x:t>40,393,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,129,829.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>FSM US</x:t>
-[...14 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>HOC LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hochschild Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q49X82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,972,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,307,079.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seabridge Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JYQX30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,165,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,549,658.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWM2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,075,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,804,336.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0024TXN82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,278,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,262,573.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Flag Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PP0X53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,846,913.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novagold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D25424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,968,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,618,589.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKQDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,885,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,211,042.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,365,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,876,256.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DK30N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,733,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,410,032.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>AAUC CN</x:t>
   </x:si>
   <x:si>
     <x:t>Allied Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J3PPY06</x:t>
   </x:si>
   <x:si>
-    <x:t>2,324,466</x:t>
-[...125 lines deleted...]
-    <x:t>$61,564,465.54</x:t>
+    <x:t>2,231,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,111,445.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aya Gold &amp; Silver Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FTVZM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,220,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,667,378.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>EMR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Emerald Resources Nl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRL4C2</x:t>
   </x:si>
   <x:si>
-    <x:t>12,947,870</x:t>
-[...41 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>12,428,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,217,815.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>WAF AU</x:t>
   </x:si>
   <x:si>
     <x:t>West African Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R17C94</x:t>
   </x:si>
   <x:si>
-    <x:t>24,033,858</x:t>
-[...35 lines deleted...]
-    <x:t>$51,365,548.46</x:t>
+    <x:t>23,069,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,652,414.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>RSG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Resolute Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT9RX8</x:t>
   </x:si>
   <x:si>
-    <x:t>47,275,846</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>45,379,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,468,982.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Catalyst Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PP0V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,490,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,270,264.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTLV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,254,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,308,022.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,830,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,661,902.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>VZLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Vizsla Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ0VMJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,272,497</x:t>
-[...56 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>8,900,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,382,599.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>MUX US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcewen Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW6CN8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,335,032</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>1,281,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,355,360.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,585,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,015,103.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,132,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,132,120.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drdgold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX8QF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>888,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,922,682.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gogold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PYQ5N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,974,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,025,993.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BGL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bellevue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5PKD9</x:t>
   </x:si>
   <x:si>
-    <x:t>25,613,200</x:t>
-[...77 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>24,585,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,319,964.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>OBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ora Banda Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N3DGM3</x:t>
   </x:si>
   <x:si>
-    <x:t>35,915,260</x:t>
-[...2 lines deleted...]
-    <x:t>$26,564,556.49</x:t>
+    <x:t>34,474,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,284,189.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pantoro Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWC1X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,981,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,485,556.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ALK AU</x:t>
   </x:si>
   <x:si>
     <x:t>Alkane Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRN1P2</x:t>
   </x:si>
   <x:si>
-    <x:t>22,837,289</x:t>
-[...2 lines deleted...]
-    <x:t>$22,963,831.38</x:t>
+    <x:t>21,921,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,329,657.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>6693 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCB35R5</x:t>
   </x:si>
   <x:si>
-    <x:t>5,245,600</x:t>
-[...17 lines deleted...]
-    <x:t>$22,559,161.97</x:t>
+    <x:t>5,037,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,768,623.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>GROY US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGH4798</x:t>
   </x:si>
   <x:si>
-    <x:t>4,672,622</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>4,491,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,201,522.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,154,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,580,412.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BC8 AU</x:t>
   </x:si>
   <x:si>
     <x:t>Black Cat Syndicate Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCLXFT7</x:t>
   </x:si>
   <x:si>
-    <x:t>18,202,107</x:t>
-[...2 lines deleted...]
-    <x:t>$16,870,459.07</x:t>
+    <x:t>17,472,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,800,795.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dakota Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120W17D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,632,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,087,390.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,997,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,761,562.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idaho Strategic Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVQT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,696,030.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Barbara Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,448,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,845,438.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Found Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFFSNM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,707,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,999,886.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caledonia Mining Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQHQS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,399,867.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meeka Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,037,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,793,768.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldmining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001V9NSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,764,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,146,139.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contango Ore Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0016YSLB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,695,951.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,492,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,871,885.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R5D3F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,128,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,909,381.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firefinch Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3DTC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,133,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,336,680.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS5PZS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$728,097.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Future Mineral Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YGFKF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,223.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer Exploration Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72DBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,446.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGCX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Gold Corp/Vancouver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD0132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,722,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Strategic Materials Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN4ZM13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,765,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,765,279.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>DC US</x:t>
-[...310 lines deleted...]
-  <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>-GBP CASH-</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-672</x:t>
   </x:si>
   <x:si>
-    <x:t>$-127.44</x:t>
+    <x:t>$-130.71</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>838</x:t>
   </x:si>
   <x:si>
-    <x:t>$582.68</x:t>
+    <x:t>$595.09</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-8,123,094.40</x:t>
-[...2 lines deleted...]
-    <x:t>-0.08%</x:t>
+    <x:t>$-3,637,986.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1765,56 +1753,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf37d22fd5e4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13ad4264867a4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6f0eaf0e7ca4c22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf62f4a4bcb4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R672fa8d174a74f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cbb9ca69cb44047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I102"/>
+  <x:dimension ref="A1:I100"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2157,1472 +2145,1472 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
@@ -3665,312 +3653,312 @@
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
@@ -4013,196 +4001,196 @@
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
@@ -4274,500 +4262,442 @@
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A100" s="1">
-[...34 lines deleted...]
-      <x:c r="C101" s="1" t="s">
+      <x:c r="A100" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...22 lines deleted...]
-      <x:c r="B102" s="2" t="s">
+      <x:c r="B100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C102" s="2" t="s">
+      <x:c r="C100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D102" s="2" t="s">
+      <x:c r="D100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E102" s="2" t="s">
+      <x:c r="E100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F102" s="2" t="s">
+      <x:c r="F100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G102" s="2" t="s">
+      <x:c r="G100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H102" s="2" t="s">
+      <x:c r="H100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I102" s="2" t="s">
+      <x:c r="I100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A102:I102"/>
+    <x:mergeCell ref="A100:I100"/>
   </x:mergeCells>
 </x:worksheet>
 </file>