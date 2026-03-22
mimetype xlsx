--- v7 (2026-03-02)
+++ v8 (2026-03-22)
@@ -1,1731 +1,2121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re765cad98d804a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd652fafc3743af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260226" sheetId="1" r:id="R2cbb9ca69cb44047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GDXJ_asof_20260319" sheetId="1" r:id="R6e93b773ee374a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="562">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1012" uniqueCount="692">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>11,994,400</x:t>
+    <x:t>11,816,832</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$809,741,944.00</x:t>
+    <x:t>$571,225,658.88</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.81%</x:t>
+    <x:t>6.77%</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,572,701</x:t>
-[...5 lines deleted...]
-    <x:t>6.43%</x:t>
+    <x:t>14,356,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,823,111.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
   </x:si>
   <x:si>
     <x:t>CDE US</x:t>
   </x:si>
   <x:si>
     <x:t>Coeur Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF8TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,715,114</x:t>
-[...5 lines deleted...]
-    <x:t>6.42%</x:t>
+    <x:t>28,290,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,994,426.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,961,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,403,907.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>34,789,244</x:t>
-[...23 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>34,274,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,343,119.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,737,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,522,733.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,234,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,866,543.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,095,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,161,062.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>AG US</x:t>
   </x:si>
   <x:si>
     <x:t>First Majestic Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CH7WB8</x:t>
   </x:si>
   <x:si>
-    <x:t>11,961,067</x:t>
-[...23 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>11,784,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,306,800.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,374,056</x:t>
-[...38 lines deleted...]
-    <x:t>$312,400,498.42</x:t>
+    <x:t>13,176,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,543,805.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>HL US</x:t>
   </x:si>
   <x:si>
     <x:t>Hecla Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5W86</x:t>
   </x:si>
   <x:si>
-    <x:t>11,682,453</x:t>
-[...5 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>11,509,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,682,347.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>NGD US</x:t>
   </x:si>
   <x:si>
     <x:t>New Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KD2ZL5</x:t>
   </x:si>
   <x:si>
-    <x:t>20,375,374</x:t>
-[...5 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>20,073,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,269,486.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanagold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RG1PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,439,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,364,418.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,171,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,320,289.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dundee Precious Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9HTM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,900,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,389,627.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Minas Buenaventura Saa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GPXR82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,721,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,567,199.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,749,407</x:t>
-[...56 lines deleted...]
-    <x:t>$201,196,881.92</x:t>
+    <x:t>10,590,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,557,240.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1818 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhaojin Mining Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQ77W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,082,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,793,172.65</x:t>
   </x:si>
   <x:si>
     <x:t>1.69%</x:t>
   </x:si>
   <x:si>
-    <x:t>BVN US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>EGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Eldorado Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN7277</x:t>
   </x:si>
   <x:si>
-    <x:t>4,281,387</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>4,217,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,452,202.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>31,058,798</x:t>
-[...20 lines deleted...]
-    <x:t>$181,261,976.45</x:t>
+    <x:t>30,599,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,821,827.89</x:t>
   </x:si>
   <x:si>
     <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>GMIN CN</x:t>
   </x:si>
   <x:si>
     <x:t>G Mining Ventures Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT389N7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,342,823</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>4,278,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,148,154.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>OR US</x:t>
   </x:si>
   <x:si>
     <x:t>Or Royalties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006NTSJ78</x:t>
   </x:si>
   <x:si>
-    <x:t>3,489,231</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>3,437,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,939,749.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>RMS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ramelius Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMB297</x:t>
   </x:si>
   <x:si>
-    <x:t>44,211,181</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>43,556,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,602,440.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>SSRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Ssr Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RWX9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,606,442</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>4,538,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,326,322.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGP AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greatland Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7BTM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,942,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,607,709.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARTG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artemis Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PSSBKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,967,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,401,536.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>DSV CN</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3HY7</x:t>
   </x:si>
   <x:si>
-    <x:t>17,376,800</x:t>
-[...41 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>17,119,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,181,418.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,260,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,000,636.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMAS IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Gold Resources Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4NXCX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163,229,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,774,663.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Torex Gold Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSWRQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,045,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,770,532.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genesis Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J9HXY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,931,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,002,921.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNT CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K92 Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018BVXB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,976,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,584,073.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orla Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZBZ5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,652,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,576,171.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>BRMS IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bumi Resources Minerals Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018R2541</x:t>
   </x:si>
   <x:si>
-    <x:t>2,118,119,600</x:t>
-[...74 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>1,909,706,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,104,487.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K0VQL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,365,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,071,740.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vault Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H39TV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,916,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,834,295.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>RRL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Regis Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLX2J9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,716,532</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>15,483,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,826,140.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WGX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westgold Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG27F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,288,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,679,309.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAUC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allied Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J3PPY06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,198,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,332,501.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skeena Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FCR8D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,541,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,124,715.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerra Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWM2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,015,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,337,943.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>EXK US</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K2HB18</x:t>
   </x:si>
   <x:si>
-    <x:t>7,652,290</x:t>
-[...74 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>7,539,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,513,988.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capricorn Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0X7Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,324,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,448,916.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>7,135,316</x:t>
-[...23 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>7,029,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,267,201.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triple Flag Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PP0X53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,971,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,679,453.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>AURA33 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Aura Minerals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VPLQKP7</x:t>
   </x:si>
   <x:si>
-    <x:t>3,189,778</x:t>
-[...20 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>2,845,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,385,442.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesdome Gold Mines Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKQDS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,827,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,893,275.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perpetua Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0024TXN82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,244,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,724,867.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>3939 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Wanguo Gold Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0035C8R30</x:t>
   </x:si>
   <x:si>
-    <x:t>40,393,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>39,795,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,705,048.02</x:t>
   </x:si>
   <x:si>
     <x:t>HOC LN</x:t>
   </x:si>
   <x:si>
     <x:t>Hochschild Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q49X82</x:t>
   </x:si>
   <x:si>
-    <x:t>7,972,447</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>7,854,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,026,645.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>SA US</x:t>
   </x:si>
   <x:si>
     <x:t>Seabridge Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JYQX30</x:t>
   </x:si>
   <x:si>
-    <x:t>2,165,621</x:t>
-[...56 lines deleted...]
-    <x:t>$80,846,913.06</x:t>
+    <x:t>2,133,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,997,853.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan African Resources Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DK30N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,293,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,392,889.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvercorp Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CY5S22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,285,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,107,469.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAF AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West African Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R17C94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,728,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,937,917.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>NG US</x:t>
   </x:si>
   <x:si>
     <x:t>Novagold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D25424</x:t>
   </x:si>
   <x:si>
-    <x:t>5,968,318</x:t>
-[...77 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>5,879,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,451,684.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolute Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT9RX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,707,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,982,681.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerald Resources Nl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRL4C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,244,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,731,869.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>AYA CN</x:t>
   </x:si>
   <x:si>
     <x:t>Aya Gold &amp; Silver Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FTVZM3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,220,879</x:t>
-[...59 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>3,173,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,504,661.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OBM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ora Banda Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N3DGM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,964,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,376,366.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsgate Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHSQT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,027,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,481,380.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vizsla Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ0VMJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,768,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,235,684.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>CYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Catalyst Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP0V25</x:t>
   </x:si>
   <x:si>
-    <x:t>6,490,642</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>6,394,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,710,840.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Altin Isletmeleri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V2H0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,709,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,020,260.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6693 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chifeng Jilong Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCB35R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,964,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,031,021.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcewen Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW6CN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,262,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,694,421.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I-80 Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0108B6SW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,552,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,488,889.48</x:t>
   </x:si>
   <x:si>
     <x:t>ASM US</x:t>
   </x:si>
   <x:si>
     <x:t>Avino Silver &amp; Gold Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTLV6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,254,115</x:t>
-[...89 lines deleted...]
-    <x:t>$35,132,120.25</x:t>
+    <x:t>4,191,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,721,875.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BGL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellevue Gold Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5PKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,221,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,374,103.95</x:t>
   </x:si>
   <x:si>
     <x:t>DRD US</x:t>
   </x:si>
   <x:si>
     <x:t>Drdgold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX8QF2</x:t>
   </x:si>
   <x:si>
-    <x:t>888,122</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>874,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,291,754.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkane Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRN1P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,596,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,364,739.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>GGD CN</x:t>
   </x:si>
   <x:si>
     <x:t>Gogold Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PYQ5N2</x:t>
   </x:si>
   <x:si>
-    <x:t>11,974,309</x:t>
-[...38 lines deleted...]
-    <x:t>$31,284,189.17</x:t>
+    <x:t>11,797,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,802,883.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>PNR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pantoro Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWC1X4</x:t>
   </x:si>
   <x:si>
-    <x:t>6,981,198</x:t>
-[...41 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>6,877,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,077,485.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOZAA TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koza Anadolu Metal Madencilik Isletmele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ0TX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,984,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,238,514.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>GROY US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGH4798</x:t>
   </x:si>
   <x:si>
-    <x:t>4,491,848</x:t>
-[...20 lines deleted...]
-    <x:t>$19,580,412.07</x:t>
+    <x:t>4,427,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,390,314.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalla Royalty &amp; Streaming Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HM5YW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,968,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,758,822.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BC8 AU</x:t>
   </x:si>
   <x:si>
     <x:t>Black Cat Syndicate Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCLXFT7</x:t>
   </x:si>
   <x:si>
-    <x:t>17,472,072</x:t>
-[...2 lines deleted...]
-    <x:t>$18,800,795.44</x:t>
+    <x:t>17,213,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,659,455.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DC US</x:t>
   </x:si>
   <x:si>
     <x:t>Dakota Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120W17D2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,632,808</x:t>
-[...20 lines deleted...]
-    <x:t>$17,761,562.14</x:t>
+    <x:t>2,586,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,288,245.25</x:t>
   </x:si>
   <x:si>
     <x:t>IDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Idaho Strategic Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JLVQT9</x:t>
   </x:si>
   <x:si>
-    <x:t>409,915</x:t>
-[...2 lines deleted...]
-    <x:t>$17,696,030.55</x:t>
+    <x:t>403,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,792,332.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SBM AU</x:t>
   </x:si>
   <x:si>
     <x:t>St Barbara Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS4GC2</x:t>
   </x:si>
   <x:si>
-    <x:t>26,448,026</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>26,056,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,287,175.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCI IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archi Indonesia Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007J35546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,086,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,027,232.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAU CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLZFZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>983,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,305,005.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caledonia Mining Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQHQS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,976,484.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEK AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meeka Metals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,897,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,666,555.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>NFG CN</x:t>
   </x:si>
   <x:si>
     <x:t>New Found Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JFFSNM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,707,161</x:t>
-[...38 lines deleted...]
-    <x:t>$12,793,768.10</x:t>
+    <x:t>4,637,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,414,269.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongguan Gold Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRMS47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,736,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,214,393.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCHWC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,393,217.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>GLDG US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldmining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001V9NSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>5,764,852</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>5,679,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,361,047.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luca Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXXF85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,396,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,338,700.01</x:t>
   </x:si>
   <x:si>
     <x:t>CTGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Contango Ore Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0016YSLB7</x:t>
   </x:si>
   <x:si>
-    <x:t>335,384</x:t>
-[...20 lines deleted...]
-    <x:t>$8,871,885.64</x:t>
+    <x:t>329,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,788,109.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>AMI AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aurelia Metals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R5D3F1</x:t>
   </x:si>
   <x:si>
-    <x:t>35,128,724</x:t>
-[...2 lines deleted...]
-    <x:t>$7,909,381.04</x:t>
+    <x:t>34,608,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,786,231.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dateline Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001NV3TZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,696,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,294,388.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABRA CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abrasilver Resource Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF71G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>602,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,075,388.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGD CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snowline Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MGTPYX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>429,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,270,306.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDI AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Predictive Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0017X3YM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,845,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,232,826.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SXGC CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Cross Gold Consolidated Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QDJSV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>569,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,350,260.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNMC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnmc Goldmine Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,519,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,115,599.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Osisko Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RHKK96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,535,333.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8299 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gt Gold Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F66V31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,656,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,395,828.27</x:t>
   </x:si>
   <x:si>
     <x:t>FFX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Firefinch Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3DTC3</x:t>
   </x:si>
   <x:si>
     <x:t>54,133,739</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,336,680.51</x:t>
+    <x:t>$2,315,780.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNL CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collective Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LZFKFH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,201,942.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSAB IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J Resources Asia Pasific Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NVZ1F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,144,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,149,262.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.GTWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G2 Goldfields Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KP1074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>419,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,586,479.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
+    <x:t>ORE CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orezone Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KSTFS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>965,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,421,734.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Integra Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF74W47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,224.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andean Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N7WY5Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,175,447.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galiano Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R11130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>436,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,903.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WRLG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Red Lake Gold Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS4G41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,283,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,019.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andean Silver Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012946VG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>643,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,175.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Founders Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHQRKP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$676,503.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOXR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vox Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WC769H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,426.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZY AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antipa Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018LV4J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,233,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,071.52</x:t>
+  </x:si>
+  <x:si>
     <x:t>BGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Gold Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VS5PZS3</x:t>
   </x:si>
   <x:si>
-    <x:t>341,830</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>336,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,261.76</x:t>
   </x:si>
   <x:si>
     <x:t>FMR CN</x:t>
   </x:si>
   <x:si>
     <x:t>Future Mineral Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006YGFKF6</x:t>
   </x:si>
   <x:si>
     <x:t>168,999</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,223.83</x:t>
+    <x:t>$34,480.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NIX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Archer Exploration Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72DBM7</x:t>
   </x:si>
   <x:si>
     <x:t>179,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,446.50</x:t>
+    <x:t>$31,357.13</x:t>
   </x:si>
   <x:si>
     <x:t>VGCX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Gold Corp/Vancouver</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0132</x:t>
   </x:si>
   <x:si>
     <x:t>1,722,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.26</x:t>
+    <x:t>$1.25</x:t>
   </x:si>
   <x:si>
     <x:t>ASM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Strategic Materials Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN4ZM13</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.20</x:t>
+    <x:t>$1.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,498.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TRY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-128.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589.76</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...35 lines deleted...]
-    <x:t>$595.09</x:t>
+    <x:t>-47,804,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-47,804,991.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,637,986.90</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-155,332,058.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1753,56 +2143,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf62f4a4bcb4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R672fa8d174a74f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cbb9ca69cb44047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db02ba89da94685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a55d0554ece4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e93b773ee374a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I100"/>
+  <x:dimension ref="A1:I126"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2145,544 +2535,544 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
@@ -2754,254 +3144,254 @@
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -3015,80 +3405,80 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
@@ -3189,1515 +3579,2269 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="F85" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>512</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>528</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A100" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B100" s="2" t="s">
+      <x:c r="A100" s="1">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A101" s="1">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A102" s="1">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A103" s="1">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A104" s="1">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A105" s="1">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A106" s="1">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A107" s="1">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A108" s="1">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A109" s="1">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A110" s="1">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H110" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A111" s="1">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A112" s="1">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A113" s="1">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A114" s="1">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A115" s="1">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A116" s="1">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A117" s="1">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A118" s="1">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A119" s="1">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A120" s="1">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A121" s="1">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A122" s="1">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A123" s="1">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I123" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A124" s="1">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A125" s="1">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I125" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A126" s="2" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="B126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C100" s="2" t="s">
+      <x:c r="C126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D100" s="2" t="s">
+      <x:c r="D126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E100" s="2" t="s">
+      <x:c r="E126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F100" s="2" t="s">
+      <x:c r="F126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G100" s="2" t="s">
+      <x:c r="G126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H100" s="2" t="s">
+      <x:c r="H126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I100" s="2" t="s">
+      <x:c r="I126" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A100:I100"/>
+    <x:mergeCell ref="A126:I126"/>
   </x:mergeCells>
 </x:worksheet>
 </file>