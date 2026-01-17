--- v0 (2025-12-21)
+++ v1 (2026-01-17)
@@ -1,135 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a384da1a451404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4e69ef733d456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20251218" sheetId="1" r:id="R2d8479b60a114363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260115" sheetId="1" r:id="Ra643f8d9448a4412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="30">
   <x:si>
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VOO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard S&amp;P 500 ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015VYNT4</x:t>
   </x:si>
   <x:si>
-    <x:t>43,472</x:t>
+    <x:t>43,150</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,040,018.72</x:t>
+    <x:t>$27,470,153.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>100.08%</x:t>
+    <x:t>99.98%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>12,483</x:t>
+    <x:t>40,547</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,482.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$40,547.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-32,951.57</x:t>
-[...2 lines deleted...]
-    <x:t>-0.12%</x:t>
+    <x:t>$-36,000.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -157,51 +157,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71887735264d4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R14e87227d68749ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d8479b60a114363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32adb8a1d9b45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd7e2e91ded346c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra643f8d9448a4412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I7"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">