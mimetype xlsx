--- v1 (2026-01-17)
+++ v2 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4e69ef733d456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ce20bee3ab4648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260115" sheetId="1" r:id="Ra643f8d9448a4412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260115" sheetId="1" r:id="Rf74c483aa2bc4db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="30">
   <x:si>
     <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -157,51 +157,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32adb8a1d9b45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbd7e2e91ded346c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra643f8d9448a4412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c24ef5aa3514791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R20fc8dd8cb97430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf74c483aa2bc4db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I7"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">