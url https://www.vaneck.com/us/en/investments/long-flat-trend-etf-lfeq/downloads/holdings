--- v2 (2026-01-19)
+++ v3 (2026-02-10)
@@ -1,135 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ce20bee3ab4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ad5920d4cf44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260115" sheetId="1" r:id="Rf74c483aa2bc4db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260209" sheetId="1" r:id="R361778e547794956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="30">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VOO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard S&amp;P 500 ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015VYNT4</x:t>
   </x:si>
   <x:si>
     <x:t>43,150</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,470,153.00</x:t>
+    <x:t>$27,539,624.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>99.98%</x:t>
+    <x:t>100.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>40,547</x:t>
+    <x:t>34,953</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,547.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$34,952.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-36,000.29</x:t>
-[...2 lines deleted...]
-    <x:t>-0.13%</x:t>
+    <x:t>$-40,642.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -157,51 +157,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c24ef5aa3514791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R20fc8dd8cb97430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf74c483aa2bc4db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114a41f50d264b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R548ad0d9d0d0420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R361778e547794956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I7"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">