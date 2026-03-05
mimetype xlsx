--- v3 (2026-02-10)
+++ v4 (2026-03-05)
@@ -1,135 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ad5920d4cf44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba93610458342fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260209" sheetId="1" r:id="R361778e547794956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260304" sheetId="1" r:id="R0c8a4e6bea194352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="30">
   <x:si>
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VOO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard S&amp;P 500 ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015VYNT4</x:t>
   </x:si>
   <x:si>
     <x:t>43,150</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,539,624.50</x:t>
+    <x:t>$27,192,267.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>100.02%</x:t>
+    <x:t>100.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>34,953</x:t>
+    <x:t>22,040</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,952.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$22,040.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-40,642.19</x:t>
-[...2 lines deleted...]
-    <x:t>-0.15%</x:t>
+    <x:t>$-37,092.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -157,51 +157,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114a41f50d264b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R548ad0d9d0d0420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R361778e547794956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc9ccc5b52c41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R577469aa32494dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c8a4e6bea194352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I7"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">