--- v4 (2026-03-05)
+++ v5 (2026-03-27)
@@ -1,135 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba93610458342fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c28a2c6c2f944a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260304" sheetId="1" r:id="R0c8a4e6bea194352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="LFEQ_asof_20260326" sheetId="1" r:id="Re5caa3d636f44023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="30">
   <x:si>
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>VOO US</x:t>
+    <x:t>VOO</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard S&amp;P 500 ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015VYNT4</x:t>
   </x:si>
   <x:si>
     <x:t>43,150</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,192,267.00</x:t>
+    <x:t>$25,590,003.94</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>100.06%</x:t>
+    <x:t>99.78%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>22,040</x:t>
+    <x:t>11,181</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,040.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$11,181.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-37,092.32</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$45,839.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -157,51 +157,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc9ccc5b52c41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R577469aa32494dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c8a4e6bea194352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b359a101dba4d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfaa3deaf54a6474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5caa3d636f44023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I7"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">