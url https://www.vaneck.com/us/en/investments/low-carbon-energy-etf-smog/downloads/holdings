--- v0 (2025-12-18)
+++ v1 (2026-01-10)
@@ -1,1164 +1,1185 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e54f12ff23f4f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa04411de204426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20251216" sheetId="1" r:id="R8acabd08784141a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260108" sheetId="1" r:id="Rd4c7ea0f100944da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="373">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/16/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="380">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>NEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJSBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,106,994.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
+  </x:si>
+  <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>26,542</x:t>
-[...29 lines deleted...]
-    <x:t>8.10%</x:t>
+    <x:t>22,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,975,026.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.65%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
-    <x:t>437,848</x:t>
-[...5 lines deleted...]
-    <x:t>7.09%</x:t>
+    <x:t>435,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,634,652.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK43F5</x:t>
   </x:si>
   <x:si>
-    <x:t>818,035</x:t>
-[...5 lines deleted...]
-    <x:t>6.48%</x:t>
+    <x:t>830,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,977,434.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1211 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G6RLL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>616,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,520,761.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
-    <x:t>246,225</x:t>
-[...23 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>242,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,872,701.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,666,593.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivian Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00741Y1N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,460,929.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>20,861</x:t>
-[...5 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>17,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,422,090.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5Q89</x:t>
   </x:si>
   <x:si>
-    <x:t>338,994</x:t>
-[...38 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>333,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,186,207.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>XPEV US</x:t>
   </x:si>
   <x:si>
     <x:t>Xpeng Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WKJG3M7</x:t>
   </x:si>
   <x:si>
-    <x:t>174,974</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>149,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,069,279.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>006400 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Sdi Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCY0Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,981,341.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>KSP ID</x:t>
   </x:si>
   <x:si>
     <x:t>Kingspan Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1H28</x:t>
   </x:si>
   <x:si>
-    <x:t>35,919</x:t>
-[...23 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>35,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,973,959.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373220 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN6CKP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,880,177.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
-    <x:t>126,681</x:t>
-[...5 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>124,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,528,662.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Li Auto Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W0KZD98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,471,682.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835TPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,429,817.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>NIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPXZB46</x:t>
   </x:si>
   <x:si>
-    <x:t>509,544</x:t>
+    <x:t>502,013</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,563,006.32</x:t>
-[...56 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$2,374,521.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Owens Corning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M44VW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,947,810.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIBEB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nibe Industrier Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWPL11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,833,522.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0077VS2C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,804,417.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>3750 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYB8S12</x:t>
   </x:si>
   <x:si>
-    <x:t>31,200</x:t>
-[...59 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>27,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,776,690.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acciona Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,504,406.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q5BQ63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,421,601.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>247540 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecopro Bm Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DK603</x:t>
   </x:si>
   <x:si>
-    <x:t>13,403</x:t>
-[...41 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>13,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,337,660.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantumscape Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ17DS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,448.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>BEPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Renewable Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2V7B2</x:t>
   </x:si>
   <x:si>
-    <x:t>34,532</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>34,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,031.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYVJ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,067.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRGX02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,216,607.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>IBP US</x:t>
   </x:si>
   <x:si>
     <x:t>Installed Building Products Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJKDZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,716</x:t>
-[...38 lines deleted...]
-    <x:t>$1,180,383.02</x:t>
+    <x:t>4,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,183,204.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWTD92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,173,245.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBY7X3</x:t>
   </x:si>
   <x:si>
-    <x:t>215,937</x:t>
-[...20 lines deleted...]
-    <x:t>$1,154,705.22</x:t>
+    <x:t>214,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,549.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GS6PX1</x:t>
   </x:si>
   <x:si>
-    <x:t>351,094</x:t>
-[...2 lines deleted...]
-    <x:t>$1,138,930.44</x:t>
+    <x:t>349,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,818.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
-    <x:t>ENS US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
-    <x:t>38,213</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>36,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,121,039.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>6856 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Horiba Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM1VY1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,784</x:t>
-[...2 lines deleted...]
-    <x:t>$1,065,993.40</x:t>
+    <x:t>10,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,423.06</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
-    <x:t>82,718</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>80,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$957,596.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TRZNP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,276,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$921,142.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,971.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQNKQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,975</x:t>
-[...20 lines deleted...]
-    <x:t>$839,980.29</x:t>
+    <x:t>23,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,130.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
-    <x:t>NPI CN</x:t>
-[...14 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>AXIA/PC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2G2LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,436.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>CIG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Energetica De Minas Gerais</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBKV10</x:t>
   </x:si>
   <x:si>
-    <x:t>401,888</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>395,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,896.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrun Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0025XVR85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$779,360.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ENPH US</x:t>
   </x:si>
   <x:si>
     <x:t>Enphase Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R3MNY9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,716</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>21,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,339.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCY NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004J7PMT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,659.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0044K5DM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,679.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,227.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xinyi Solar Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XVDJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,482,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,741.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169H8NM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,230.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Companhia Paranaense De Energia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHMXD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,321.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Environment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC11N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,676.85</x:t>
   </x:si>
   <x:si>
     <x:t>TAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR1G3</x:t>
   </x:si>
   <x:si>
-    <x:t>56,849</x:t>
-[...122 lines deleted...]
-    <x:t>$548,079.07</x:t>
+    <x:t>44,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,145.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>RUN US</x:t>
-[...11 lines deleted...]
-    <x:t>$543,266.42</x:t>
+    <x:t>009830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,818.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6121 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplo Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C6GBQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,203.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWZS9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,292,715</x:t>
-[...2 lines deleted...]
-    <x:t>$505,284.64</x:t>
+    <x:t>5,211,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,748.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>009830 KS</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2MRM9</x:t>
   </x:si>
   <x:si>
-    <x:t>582,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>493,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,448.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCID US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lucid Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W7F99V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,047.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BLX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Boralex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSFH2</x:t>
   </x:si>
   <x:si>
-    <x:t>23,928</x:t>
-[...20 lines deleted...]
-    <x:t>$407,266.56</x:t>
+    <x:t>21,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,897.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>ERG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erg Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZTR80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,510.08</x:t>
+  </x:si>
+  <x:si>
     <x:t>LAND SW</x:t>
   </x:si>
   <x:si>
     <x:t>Landis+gyr Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004LN7CS3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,257</x:t>
-[...17 lines deleted...]
-    <x:t>$388,761.88</x:t>
+    <x:t>6,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,446.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>11,593</x:t>
+    <x:t>5,870</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,593.14</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$5,870.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138.04</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,425.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$-42,509.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1186,56 +1207,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29e85fcdb434d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0a06872b3ad648b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8acabd08784141a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3456babef8674074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra591a6d4c6214632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4c7ea0f100944da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I67"/>
+  <x:dimension ref="A1:I69"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1549,216 +1570,216 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
@@ -1801,350 +1822,350 @@
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -2430,750 +2451,808 @@
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A67" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B67" s="2" t="s">
+      <x:c r="A67" s="1">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A68" s="1">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A69" s="2" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C67" s="2" t="s">
+      <x:c r="C69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D67" s="2" t="s">
+      <x:c r="D69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E67" s="2" t="s">
+      <x:c r="E69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F67" s="2" t="s">
+      <x:c r="F69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G67" s="2" t="s">
+      <x:c r="G69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H67" s="2" t="s">
+      <x:c r="H69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I67" s="2" t="s">
+      <x:c r="I69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A67:I67"/>
+    <x:mergeCell ref="A69:I69"/>
   </x:mergeCells>
 </x:worksheet>
 </file>