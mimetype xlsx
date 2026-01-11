--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa04411de204426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4692bf6b98948d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260108" sheetId="1" r:id="Rd4c7ea0f100944da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260108" sheetId="1" r:id="R0b0e2e42464d4f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="380">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1207,51 +1207,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3456babef8674074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra591a6d4c6214632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4c7ea0f100944da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a50d331f7d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdd5a186726744fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b0e2e42464d4f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I69"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">