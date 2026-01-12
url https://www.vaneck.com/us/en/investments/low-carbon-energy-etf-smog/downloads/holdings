--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,1182 +1,1191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4692bf6b98948d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d74f8af058e4fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260108" sheetId="1" r:id="R0b0e2e42464d4f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260109" sheetId="1" r:id="Rd5748da5a67a40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="380">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="383">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,185,833.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.78%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
     <x:t>127,148</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>7.65%</x:t>
+    <x:t>$10,157,853.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.76%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
     <x:t>435,948</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,634,652.46</x:t>
-[...2 lines deleted...]
-    <x:t>7.39%</x:t>
+    <x:t>$9,586,217.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.32%</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK43F5</x:t>
   </x:si>
   <x:si>
     <x:t>830,741</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,977,434.10</x:t>
-[...2 lines deleted...]
-    <x:t>6.89%</x:t>
+    <x:t>$8,935,486.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.82%</x:t>
   </x:si>
   <x:si>
     <x:t>1211 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6RLL9</x:t>
   </x:si>
   <x:si>
     <x:t>616,998</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,520,761.70</x:t>
-[...2 lines deleted...]
-    <x:t>5.77%</x:t>
+    <x:t>$7,513,325.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
     <x:t>242,586</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,872,701.81</x:t>
-[...2 lines deleted...]
-    <x:t>5.27%</x:t>
+    <x:t>$6,948,783.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7KBZ3</x:t>
   </x:si>
   <x:si>
     <x:t>38,301</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,666,593.84</x:t>
-[...2 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>$5,135,015.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>RIVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Rivian Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00741Y1N2</x:t>
   </x:si>
   <x:si>
     <x:t>224,280</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,460,929.20</x:t>
-[...2 lines deleted...]
-    <x:t>3.42%</x:t>
+    <x:t>$4,310,661.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
     <x:t>17,957</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,422,090.82</x:t>
-[...2 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>$4,285,617.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5Q89</x:t>
   </x:si>
   <x:si>
     <x:t>333,984</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,186,207.36</x:t>
-[...2 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>$3,209,586.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KSP ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingspan Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1H28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,044,976.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>XPEV US</x:t>
   </x:si>
   <x:si>
     <x:t>Xpeng Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WKJG3M7</x:t>
   </x:si>
   <x:si>
     <x:t>149,575</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,069,279.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>$2,994,491.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>006400 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Sdi Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCY0Q4</x:t>
   </x:si>
   <x:si>
     <x:t>15,878</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,981,341.25</x:t>
-[...20 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$2,974,317.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>373220 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Lg Energy Solution Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZN6CKP8</x:t>
   </x:si>
   <x:si>
     <x:t>11,368</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,880,177.11</x:t>
-[...2 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>$2,874,042.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
     <x:t>124,809</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,528,662.61</x:t>
-[...2 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>$2,531,609.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835TPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,482,923.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>LI US</x:t>
   </x:si>
   <x:si>
     <x:t>Li Auto Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0KZD98</x:t>
   </x:si>
   <x:si>
     <x:t>146,949</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,471,682.18</x:t>
-[...20 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>$2,448,170.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPXZB46</x:t>
   </x:si>
   <x:si>
     <x:t>502,013</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,374,521.49</x:t>
-[...2 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>$2,329,340.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M44VW8</x:t>
   </x:si>
   <x:si>
     <x:t>16,638</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,947,810.66</x:t>
-[...2 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>$2,036,657.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Topbuild Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0077VS2C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,905,301.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>NIBEB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Nibe Industrier Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWPL11</x:t>
   </x:si>
   <x:si>
     <x:t>457,162</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,833,522.01</x:t>
-[...20 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$1,863,527.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>3750 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYB8S12</x:t>
   </x:si>
   <x:si>
     <x:t>27,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,776,690.67</x:t>
-[...2 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>$1,762,173.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>ANA SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acciona Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMJCK9</x:t>
   </x:si>
   <x:si>
     <x:t>6,663</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,504,406.72</x:t>
-[...2 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>$1,487,571.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
     <x:t>12,468</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,421,601.36</x:t>
-[...2 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$1,438,183.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>247540 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecopro Bm Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DK603</x:t>
   </x:si>
   <x:si>
     <x:t>13,199</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,337,660.65</x:t>
-[...2 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$1,307,124.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJ2V7B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,293,176.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>QS US</x:t>
   </x:si>
   <x:si>
     <x:t>Quantumscape Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ17DS2</x:t>
   </x:si>
   <x:si>
     <x:t>121,437</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,322,448.93</x:t>
-[...20 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$1,288,446.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005TJKDZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,280,577.60</x:t>
   </x:si>
   <x:si>
     <x:t>NDX1 GR</x:t>
   </x:si>
   <x:si>
     <x:t>Nordex Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYVJ33</x:t>
   </x:si>
   <x:si>
     <x:t>33,824</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,284,067.29</x:t>
+    <x:t>$1,273,845.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EDPR PL</x:t>
   </x:si>
   <x:si>
     <x:t>Edp Renovaveis Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRGX02</x:t>
   </x:si>
   <x:si>
     <x:t>82,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,216,607.09</x:t>
-[...20 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$1,209,682.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>ENS US</x:t>
   </x:si>
   <x:si>
     <x:t>Enersys</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PWTD92</x:t>
   </x:si>
   <x:si>
     <x:t>7,471</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,173,245.84</x:t>
+    <x:t>$1,182,584.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBY7X3</x:t>
   </x:si>
   <x:si>
     <x:t>214,720</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,149,549.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$1,144,201.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6856 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horiba Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM1VY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,961.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,433.04</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GS6PX1</x:t>
   </x:si>
   <x:si>
     <x:t>349,033</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,139,818.69</x:t>
-[...35 lines deleted...]
-    <x:t>$1,117,423.06</x:t>
+    <x:t>$1,134,131.76</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
     <x:t>80,092</x:t>
   </x:si>
   <x:si>
-    <x:t>$957,596.58</x:t>
+    <x:t>$958,107.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,578.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>3800 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TRZNP2</x:t>
   </x:si>
   <x:si>
     <x:t>6,276,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$921,142.37</x:t>
-[...20 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$849,521.99</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQNKQ1</x:t>
   </x:si>
   <x:si>
     <x:t>23,641</x:t>
   </x:si>
   <x:si>
-    <x:t>$830,130.79</x:t>
+    <x:t>$840,143.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA/PC US</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2G2LG7</x:t>
   </x:si>
   <x:si>
     <x:t>87,783</x:t>
   </x:si>
   <x:si>
-    <x:t>$794,436.15</x:t>
+    <x:t>$807,603.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBKV10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,774.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>CIG US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>RUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025XVR85</x:t>
   </x:si>
   <x:si>
     <x:t>42,588</x:t>
   </x:si>
   <x:si>
-    <x:t>$779,360.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>$770,416.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>ENPH US</x:t>
   </x:si>
   <x:si>
     <x:t>Enphase Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R3MNY9</x:t>
   </x:si>
   <x:si>
     <x:t>21,545</x:t>
   </x:si>
   <x:si>
-    <x:t>$763,339.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$758,814.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>MCY NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Nz Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004J7PMT8</x:t>
   </x:si>
   <x:si>
     <x:t>187,455</x:t>
   </x:si>
   <x:si>
-    <x:t>$706,659.62</x:t>
+    <x:t>$707,660.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>HASI US</x:t>
   </x:si>
   <x:si>
     <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0044K5DM4</x:t>
   </x:si>
   <x:si>
     <x:t>19,807</x:t>
   </x:si>
   <x:si>
-    <x:t>$648,679.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$662,742.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>VER AV</x:t>
   </x:si>
   <x:si>
     <x:t>Verbund Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGPZ2</x:t>
   </x:si>
   <x:si>
     <x:t>8,730</x:t>
   </x:si>
   <x:si>
-    <x:t>$648,227.09</x:t>
+    <x:t>$642,339.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169H8NM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,292.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>968 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Xinyi Solar Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001XVDJ15</x:t>
   </x:si>
   <x:si>
     <x:t>1,482,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$617,741.24</x:t>
-[...17 lines deleted...]
-    <x:t>$614,230.35</x:t>
+    <x:t>$594,230.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ELP US</x:t>
   </x:si>
   <x:si>
     <x:t>Companhia Paranaense De Energia</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHMXD8</x:t>
   </x:si>
   <x:si>
     <x:t>62,439</x:t>
   </x:si>
   <x:si>
-    <x:t>$566,321.73</x:t>
+    <x:t>$593,170.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Environment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC11N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,908.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>257 HK</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>TAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR1G3</x:t>
   </x:si>
   <x:si>
     <x:t>44,848</x:t>
   </x:si>
   <x:si>
-    <x:t>$547,145.60</x:t>
+    <x:t>$554,769.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>009830 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hanwha Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVB56</x:t>
   </x:si>
   <x:si>
     <x:t>29,693</x:t>
   </x:si>
   <x:si>
-    <x:t>$545,818.15</x:t>
+    <x:t>$538,938.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>6121 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Simplo Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C6GBQ2</x:t>
   </x:si>
   <x:si>
     <x:t>45,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,203.94</x:t>
+    <x:t>$521,086.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWZS9</x:t>
   </x:si>
   <x:si>
     <x:t>5,211,968</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,748.45</x:t>
+    <x:t>$512,871.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2MRM9</x:t>
   </x:si>
   <x:si>
     <x:t>493,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$440,448.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$436,994.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>LCID US</x:t>
   </x:si>
   <x:si>
     <x:t>Lucid Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W7F99V5</x:t>
   </x:si>
   <x:si>
     <x:t>36,748</x:t>
   </x:si>
   <x:si>
-    <x:t>$413,047.52</x:t>
+    <x:t>$416,354.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BLX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Boralex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSFH2</x:t>
   </x:si>
   <x:si>
     <x:t>21,633</x:t>
   </x:si>
   <x:si>
-    <x:t>$399,897.15</x:t>
+    <x:t>$404,810.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>LAND SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landis+gyr Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004LN7CS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,198.46</x:t>
+  </x:si>
+  <x:si>
     <x:t>ERG IM</x:t>
   </x:si>
   <x:si>
     <x:t>Erg Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZTR80</x:t>
   </x:si>
   <x:si>
     <x:t>15,012</x:t>
   </x:si>
   <x:si>
-    <x:t>$397,510.08</x:t>
-[...14 lines deleted...]
-    <x:t>$395,446.18</x:t>
+    <x:t>$394,800.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
+    <x:t>other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...41 lines deleted...]
-    <x:t>$-.03</x:t>
+    <x:t>-9,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-9,511.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-42,509.66</x:t>
+    <x:t>$-36,909.19</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -1207,56 +1216,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a50d331f7d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdd5a186726744fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b0e2e42464d4f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d92d749fc644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36f16f1d7e414931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5748da5a67a40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I69"/>
+  <x:dimension ref="A1:I70"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2266,544 +2275,544 @@
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
@@ -2817,442 +2826,471 @@
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E63" s="1" t="s">
+      <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="H68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I68" s="1" t="s">
+    </x:row>
+    <x:row r="69" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A69" s="1">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A69" s="2" t="s">
+      <x:c r="D69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="B69" s="2" t="s">
+      <x:c r="G69" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A70" s="2" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C69" s="2" t="s">
+      <x:c r="C70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D69" s="2" t="s">
+      <x:c r="D70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E69" s="2" t="s">
+      <x:c r="E70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F69" s="2" t="s">
+      <x:c r="F70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G69" s="2" t="s">
+      <x:c r="G70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H69" s="2" t="s">
+      <x:c r="H70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I69" s="2" t="s">
+      <x:c r="I70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A69:I69"/>
+    <x:mergeCell ref="A70:I70"/>
   </x:mergeCells>
 </x:worksheet>
 </file>