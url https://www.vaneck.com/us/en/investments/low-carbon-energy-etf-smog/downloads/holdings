--- v3 (2026-01-12)
+++ v4 (2026-01-14)
@@ -1,1194 +1,1200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d74f8af058e4fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e734e46d774896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260109" sheetId="1" r:id="Rd5748da5a67a40da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260113" sheetId="1" r:id="R100dae285b414d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="383">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="385">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>NEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJSBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,380,362.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.85%</x:t>
+  </x:si>
+  <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
     <x:t>22,889</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>7.76%</x:t>
+    <x:t>$10,235,960.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.74%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
     <x:t>435,948</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,586,217.57</x:t>
-[...2 lines deleted...]
-    <x:t>7.32%</x:t>
+    <x:t>$9,281,705.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK43F5</x:t>
   </x:si>
   <x:si>
     <x:t>830,741</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,935,486.03</x:t>
-[...2 lines deleted...]
-    <x:t>6.82%</x:t>
+    <x:t>$8,871,983.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.71%</x:t>
   </x:si>
   <x:si>
     <x:t>1211 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6RLL9</x:t>
   </x:si>
   <x:si>
     <x:t>616,998</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,513,325.80</x:t>
-[...2 lines deleted...]
-    <x:t>5.74%</x:t>
+    <x:t>$7,668,048.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
     <x:t>242,586</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,948,783.64</x:t>
-[...2 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>$6,889,513.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.21%</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7KBZ3</x:t>
   </x:si>
   <x:si>
     <x:t>38,301</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,135,015.07</x:t>
-[...2 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>$5,353,330.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFL116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,101.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>RIVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Rivian Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00741Y1N2</x:t>
   </x:si>
   <x:si>
     <x:t>224,280</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,310,661.60</x:t>
-[...20 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>$4,227,678.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>006400 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Sdi Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCY0Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,243,685.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XPEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpeng Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WKJG3M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,148,553.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5Q89</x:t>
   </x:si>
   <x:si>
     <x:t>333,984</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,209,586.24</x:t>
-[...2 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>$3,072,652.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373220 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN6CKP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,050,288.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>KSP ID</x:t>
   </x:si>
   <x:si>
     <x:t>Kingspan Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1H28</x:t>
   </x:si>
   <x:si>
     <x:t>35,609</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,044,976.96</x:t>
-[...56 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>$2,961,209.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835TPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,729,936.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
     <x:t>124,809</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,531,609.77</x:t>
-[...20 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>$2,614,315.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>LI US</x:t>
   </x:si>
   <x:si>
     <x:t>Li Auto Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0KZD98</x:t>
   </x:si>
   <x:si>
     <x:t>146,949</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,448,170.34</x:t>
-[...2 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>$2,445,231.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>NIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPXZB46</x:t>
   </x:si>
   <x:si>
     <x:t>502,013</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,329,340.32</x:t>
+    <x:t>$2,349,420.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M44VW8</x:t>
   </x:si>
   <x:si>
     <x:t>16,638</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,036,657.58</x:t>
-[...2 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>$2,030,002.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0077VS2C0</x:t>
   </x:si>
   <x:si>
     <x:t>4,091</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,905,301.43</x:t>
-[...2 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$2,002,667.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>NIBEB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Nibe Industrier Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWPL11</x:t>
   </x:si>
   <x:si>
     <x:t>457,162</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,863,527.65</x:t>
-[...2 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>$1,836,785.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>3750 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYB8S12</x:t>
   </x:si>
   <x:si>
     <x:t>27,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,762,173.44</x:t>
-[...2 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>$1,723,341.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q5BQ63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,501,770.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ANA SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acciona Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMJCK9</x:t>
   </x:si>
   <x:si>
     <x:t>6,663</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,487,571.89</x:t>
-[...20 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$1,469,023.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>247540 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecopro Bm Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DK603</x:t>
   </x:si>
   <x:si>
     <x:t>13,199</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,307,124.93</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$1,399,674.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005TJKDZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,346,500.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BEPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Renewable Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2V7B2</x:t>
   </x:si>
   <x:si>
     <x:t>34,022</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,293,176.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$1,336,043.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYVJ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,291,998.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>QS US</x:t>
   </x:si>
   <x:si>
     <x:t>Quantumscape Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ17DS2</x:t>
   </x:si>
   <x:si>
     <x:t>121,437</x:t>
   </x:si>
   <x:si>
     <x:t>$1,288,446.57</x:t>
   </x:si>
   <x:si>
-    <x:t>0.98%</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EDPR PL</x:t>
   </x:si>
   <x:si>
     <x:t>Edp Renovaveis Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRGX02</x:t>
   </x:si>
   <x:si>
     <x:t>82,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,209,682.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$1,228,479.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>ENS US</x:t>
   </x:si>
   <x:si>
     <x:t>Enersys</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PWTD92</x:t>
   </x:si>
   <x:si>
     <x:t>7,471</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,182,584.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>$1,226,215.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,161,713.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6856 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horiba Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM1VY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,131.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBY7X3</x:t>
   </x:si>
   <x:si>
     <x:t>214,720</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,144,201.80</x:t>
-[...32 lines deleted...]
-    <x:t>$1,136,433.04</x:t>
+    <x:t>$1,133,365.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GS6PX1</x:t>
   </x:si>
   <x:si>
     <x:t>349,033</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,134,131.76</x:t>
+    <x:t>$1,128,513.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
     <x:t>80,092</x:t>
   </x:si>
   <x:si>
-    <x:t>$958,107.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$943,823.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NPI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Northland Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0R327</x:t>
   </x:si>
   <x:si>
     <x:t>65,640</x:t>
   </x:si>
   <x:si>
-    <x:t>$852,578.01</x:t>
+    <x:t>$883,901.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TRZNP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,276,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,036.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>3800 HK</x:t>
-[...11 lines deleted...]
-    <x:t>$849,521.99</x:t>
+    <x:t>RUN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrun Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0025XVR85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,729.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,591.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBKV10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,058.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA/PC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2G2LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,123.89</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQNKQ1</x:t>
   </x:si>
   <x:si>
     <x:t>23,641</x:t>
   </x:si>
   <x:si>
-    <x:t>$840,143.72</x:t>
-[...71 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$755,175.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>MCY NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Nz Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004J7PMT8</x:t>
   </x:si>
   <x:si>
     <x:t>187,455</x:t>
   </x:si>
   <x:si>
-    <x:t>$707,660.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$699,212.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>HASI US</x:t>
   </x:si>
   <x:si>
     <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0044K5DM4</x:t>
   </x:si>
   <x:si>
     <x:t>19,807</x:t>
   </x:si>
   <x:si>
-    <x:t>$662,742.22</x:t>
+    <x:t>$674,428.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>VER AV</x:t>
   </x:si>
   <x:si>
     <x:t>Verbund Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGPZ2</x:t>
   </x:si>
   <x:si>
     <x:t>8,730</x:t>
   </x:si>
   <x:si>
-    <x:t>$642,339.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$635,492.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>9863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0169H8NM5</x:t>
   </x:si>
   <x:si>
     <x:t>97,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$607,292.48</x:t>
+    <x:t>$610,920.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>968 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Xinyi Solar Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001XVDJ15</x:t>
   </x:si>
   <x:si>
     <x:t>1,482,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$594,230.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$609,599.59</x:t>
   </x:si>
   <x:si>
     <x:t>ELP US</x:t>
   </x:si>
   <x:si>
     <x:t>Companhia Paranaense De Energia</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHMXD8</x:t>
   </x:si>
   <x:si>
     <x:t>62,439</x:t>
   </x:si>
   <x:si>
-    <x:t>$593,170.50</x:t>
+    <x:t>$576,311.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,899.44</x:t>
   </x:si>
   <x:si>
     <x:t>257 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Environment Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC11N1</x:t>
   </x:si>
   <x:si>
     <x:t>895,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$557,908.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$552,620.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>TAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR1G3</x:t>
   </x:si>
   <x:si>
     <x:t>44,848</x:t>
   </x:si>
   <x:si>
-    <x:t>$554,769.76</x:t>
-[...17 lines deleted...]
-    <x:t>$538,938.65</x:t>
+    <x:t>$545,800.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>6121 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Simplo Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C6GBQ2</x:t>
   </x:si>
   <x:si>
     <x:t>45,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,086.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$513,301.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWZS9</x:t>
   </x:si>
   <x:si>
     <x:t>5,211,968</x:t>
   </x:si>
   <x:si>
-    <x:t>$512,871.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>$511,490.14</x:t>
   </x:si>
   <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2MRM9</x:t>
   </x:si>
   <x:si>
     <x:t>493,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$436,994.15</x:t>
+    <x:t>$439,962.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>BLX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boralex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXSFH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,621.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAND SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landis+gyr Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004LN7CS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,636.37</x:t>
+  </x:si>
+  <x:si>
     <x:t>LCID US</x:t>
   </x:si>
   <x:si>
     <x:t>Lucid Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W7F99V5</x:t>
   </x:si>
   <x:si>
     <x:t>36,748</x:t>
   </x:si>
   <x:si>
-    <x:t>$416,354.84</x:t>
-[...35 lines deleted...]
-    <x:t>$401,198.46</x:t>
+    <x:t>$402,023.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>ERG IM</x:t>
   </x:si>
   <x:si>
     <x:t>Erg Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZTR80</x:t>
   </x:si>
   <x:si>
     <x:t>15,012</x:t>
   </x:si>
   <x:si>
-    <x:t>$394,800.14</x:t>
-[...5 lines deleted...]
-    <x:t>other</x:t>
+    <x:t>$396,007.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2603722D SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y64BQ27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,422.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,207.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-36,909.19</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-73,310.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1216,59 +1222,59 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d92d749fc644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36f16f1d7e414931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5748da5a67a40da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d37a85a65c34b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R52ed03dd1fa94c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R100dae285b414d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I70"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="16" customWidth="1"/>
+    <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2130,138 +2136,138 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2275,660 +2281,660 @@
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
@@ -2971,317 +2977,317 @@
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="2" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>