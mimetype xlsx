--- v4 (2026-01-14)
+++ v5 (2026-02-05)
@@ -1,1200 +1,1185 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e734e46d774896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b14f7293ae4c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260113" sheetId="1" r:id="R100dae285b414d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260204" sheetId="1" r:id="R90df77277d8e463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="385">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="380">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>127,148</x:t>
+    <x:t>126,191</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,380,362.72</x:t>
+    <x:t>$11,353,404.27</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.85%</x:t>
+    <x:t>8.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBE SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC49N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,911,199.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENEL IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK43F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,255,245.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.77%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>22,889</x:t>
-[...41 lines deleted...]
-    <x:t>6.71%</x:t>
+    <x:t>22,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,223,329.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBK53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,296,483.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
   </x:si>
   <x:si>
     <x:t>1211 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6RLL9</x:t>
   </x:si>
   <x:si>
-    <x:t>616,998</x:t>
-[...23 lines deleted...]
-    <x:t>5.21%</x:t>
+    <x:t>612,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,958,100.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7KBZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>38,301</x:t>
-[...5 lines deleted...]
-    <x:t>4.05%</x:t>
+    <x:t>38,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,601,215.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>006400 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samsung Sdi Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCY0Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,243,146.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>17,957</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>17,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,242,705.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5Q89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,477,120.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KSP ID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingspan Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1H28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,224,675.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>RIVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Rivian Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00741Y1N2</x:t>
   </x:si>
   <x:si>
-    <x:t>224,280</x:t>
-[...23 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>222,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,198,647.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835TPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,154,824.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373220 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN6CKP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,119,818.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B2HPN16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,750,851.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Li Auto Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W0KZD98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,528,917.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>XPEV US</x:t>
   </x:si>
   <x:si>
     <x:t>Xpeng Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WKJG3M7</x:t>
   </x:si>
   <x:si>
-    <x:t>149,575</x:t>
-[...113 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>148,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,489,489.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>NIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPXZB46</x:t>
   </x:si>
   <x:si>
-    <x:t>502,013</x:t>
+    <x:t>498,235</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,349,420.84</x:t>
-[...2 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>$2,212,163.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M44VW8</x:t>
   </x:si>
   <x:si>
-    <x:t>16,638</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>16,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,193,421.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0077VS2C0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,091</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>4,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,029,809.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247540 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecopro Bm Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3DK603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,804.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>NIBEB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Nibe Industrier Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWPL11</x:t>
   </x:si>
   <x:si>
-    <x:t>457,162</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>453,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,839,129.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>3750 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYB8S12</x:t>
   </x:si>
   <x:si>
-    <x:t>27,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,711,569.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
-    <x:t>12,468</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>12,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,569,023.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Companhia Paranaense De Energia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KK16ZG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,782.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>ANA SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acciona Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMJCK9</x:t>
   </x:si>
   <x:si>
-    <x:t>6,663</x:t>
-[...23 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>6,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,419,962.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJ2V7B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,406,987.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>IBP US</x:t>
   </x:si>
   <x:si>
     <x:t>Installed Building Products Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJKDZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,320</x:t>
-[...20 lines deleted...]
-    <x:t>$1,336,043.94</x:t>
+    <x:t>4,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,140.99</x:t>
   </x:si>
   <x:si>
     <x:t>1.01%</x:t>
   </x:si>
   <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWTD92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,371,997.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NDX1 GR</x:t>
   </x:si>
   <x:si>
     <x:t>Nordex Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYVJ33</x:t>
   </x:si>
   <x:si>
-    <x:t>33,824</x:t>
-[...2 lines deleted...]
-    <x:t>$1,291,998.38</x:t>
+    <x:t>33,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,336,690.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.98%</x:t>
   </x:si>
   <x:si>
+    <x:t>6856 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horiba Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM1VY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,280,517.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRGX02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,465.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBY7X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,044.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>346,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,184,567.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,181,169.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,104,859.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>QS US</x:t>
   </x:si>
   <x:si>
     <x:t>Quantumscape Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ17DS2</x:t>
   </x:si>
   <x:si>
-    <x:t>121,437</x:t>
-[...110 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>120,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,023,240.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA/PC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2G2LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,314.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>DRX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Drax Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7BT54</x:t>
   </x:si>
   <x:si>
-    <x:t>80,092</x:t>
-[...2 lines deleted...]
-    <x:t>$943,823.74</x:t>
+    <x:t>79,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$973,758.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NPI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Northland Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0R327</x:t>
   </x:si>
   <x:si>
-    <x:t>65,640</x:t>
-[...2 lines deleted...]
-    <x:t>$883,901.87</x:t>
+    <x:t>65,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$914,354.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
+    <x:t>RUN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunrun Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0025XVR85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,194.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
     <x:t>3800 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TRZNP2</x:t>
   </x:si>
   <x:si>
-    <x:t>6,276,000</x:t>
-[...41 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>6,228,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,781.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>CIG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Energetica De Minas Gerais</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBKV10</x:t>
   </x:si>
   <x:si>
-    <x:t>395,948</x:t>
-[...14 lines deleted...]
-    <x:t>$775,123.89</x:t>
+    <x:t>392,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,808.72</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQNKQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,641</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>23,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$846,340.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$736,202.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MCY NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Nz Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004J7PMT8</x:t>
   </x:si>
   <x:si>
-    <x:t>187,455</x:t>
-[...2 lines deleted...]
-    <x:t>$699,212.55</x:t>
+    <x:t>186,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,618.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>HASI US</x:t>
   </x:si>
   <x:si>
     <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0044K5DM4</x:t>
   </x:si>
   <x:si>
-    <x:t>19,807</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>19,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,739.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xinyi Solar Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XVDJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$661,121.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>VER AV</x:t>
   </x:si>
   <x:si>
     <x:t>Verbund Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGPZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,730</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>8,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,931.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Environment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC11N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,149.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transalta Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBR1G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,380.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENELAM CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Americas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKWZS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,211,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,158.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>9863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0169H8NM5</x:t>
   </x:si>
   <x:si>
-    <x:t>97,700</x:t>
-[...89 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>97,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,553.40</x:t>
   </x:si>
   <x:si>
     <x:t>6121 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Simplo Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C6GBQ2</x:t>
   </x:si>
   <x:si>
     <x:t>45,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$513,301.54</x:t>
-[...17 lines deleted...]
-    <x:t>$511,490.14</x:t>
+    <x:t>$495,839.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAND SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landis+gyr Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004LN7CS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,616.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>916 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Longyuan Power Group Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2MRM9</x:t>
   </x:si>
   <x:si>
-    <x:t>493,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>489,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,729.65</x:t>
   </x:si>
   <x:si>
     <x:t>BLX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Boralex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSFH2</x:t>
   </x:si>
   <x:si>
-    <x:t>21,633</x:t>
-[...20 lines deleted...]
-    <x:t>$403,636.37</x:t>
+    <x:t>21,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,089.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erg Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZTR80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,029.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>LCID US</x:t>
   </x:si>
   <x:si>
     <x:t>Lucid Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W7F99V5</x:t>
   </x:si>
   <x:si>
-    <x:t>36,748</x:t>
-[...35 lines deleted...]
-    <x:t>-USD CASH-</x:t>
+    <x:t>36,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,568.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>19,208</x:t>
+    <x:t>200,222</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,207.60</x:t>
-[...11 lines deleted...]
-    <x:t>$135.85</x:t>
+    <x:t>$138.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-73,310.48</x:t>
-[...2 lines deleted...]
-    <x:t>-0.06%</x:t>
+    <x:t>$26,215.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1222,59 +1207,59 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d37a85a65c34b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R52ed03dd1fa94c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R100dae285b414d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34a47cbc52f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R82c8045b504b4945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R90df77277d8e463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I70"/>
+  <x:dimension ref="A1:I68"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="18" customWidth="1"/>
+    <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1585,689 +1570,689 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
+      <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2408,243 +2393,243 @@
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2716,587 +2701,529 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G64" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A68" s="1">
-[...17 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="A68" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="H68" s="1" t="s">
-[...39 lines deleted...]
-      <x:c r="B70" s="2" t="s">
+      <x:c r="B68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C70" s="2" t="s">
+      <x:c r="C68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D70" s="2" t="s">
+      <x:c r="D68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E70" s="2" t="s">
+      <x:c r="E68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F70" s="2" t="s">
+      <x:c r="F68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G70" s="2" t="s">
+      <x:c r="G68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H70" s="2" t="s">
+      <x:c r="H68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I70" s="2" t="s">
+      <x:c r="I68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A70:I70"/>
+    <x:mergeCell ref="A68:I68"/>
   </x:mergeCells>
 </x:worksheet>
 </file>