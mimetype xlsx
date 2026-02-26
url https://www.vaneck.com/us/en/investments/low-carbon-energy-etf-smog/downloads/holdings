--- v5 (2026-02-05)
+++ v6 (2026-02-26)
@@ -1,1185 +1,1179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b14f7293ae4c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3329b8c0c2cf4568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260204" sheetId="1" r:id="R90df77277d8e463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260225" sheetId="1" r:id="Rdd8d47d9662146de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="380">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="378">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
     <x:t>126,191</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,353,404.27</x:t>
+    <x:t>$12,002,026.01</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.30%</x:t>
+    <x:t>8.42%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
     <x:t>438,593</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,911,199.66</x:t>
-[...2 lines deleted...]
-    <x:t>7.25%</x:t>
+    <x:t>$10,543,056.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK43F5</x:t>
   </x:si>
   <x:si>
     <x:t>824,488</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,255,245.80</x:t>
-[...2 lines deleted...]
-    <x:t>6.77%</x:t>
+    <x:t>$9,732,282.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.83%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
     <x:t>22,717</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,223,329.17</x:t>
-[...2 lines deleted...]
-    <x:t>6.75%</x:t>
+    <x:t>$9,482,075.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1211 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Byd Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G6RLL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>612,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,810,278.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,643,532.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
     <x:t>240,760</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,296,483.32</x:t>
-[...38 lines deleted...]
-    <x:t>4.10%</x:t>
+    <x:t>$6,128,133.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>006400 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Sdi Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCY0Q4</x:t>
   </x:si>
   <x:si>
     <x:t>15,878</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,243,146.38</x:t>
-[...2 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>$4,838,224.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5Q89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,014,101.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
     <x:t>17,822</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,242,705.32</x:t>
-[...17 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>$3,744,758.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>KSP ID</x:t>
   </x:si>
   <x:si>
     <x:t>Kingspan Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1H28</x:t>
   </x:si>
   <x:si>
     <x:t>35,341</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,224,675.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>$3,424,907.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373220 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN6CKP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,405,745.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
   </x:si>
   <x:si>
     <x:t>RIVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Rivian Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00741Y1N2</x:t>
   </x:si>
   <x:si>
     <x:t>222,592</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,198,647.04</x:t>
-[...2 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>$3,394,528.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>NXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextracker Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00835TPZ2</x:t>
   </x:si>
   <x:si>
     <x:t>27,029</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,154,824.88</x:t>
-[...20 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$3,149,148.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
     <x:t>123,870</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,750,851.33</x:t>
-[...2 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$3,058,859.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XPEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpeng Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WKJG3M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,698,802.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>LI US</x:t>
   </x:si>
   <x:si>
     <x:t>Li Auto Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0KZD98</x:t>
   </x:si>
   <x:si>
     <x:t>145,843</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,528,917.62</x:t>
-[...20 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>$2,690,803.35</x:t>
   </x:si>
   <x:si>
     <x:t>NIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nio Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPXZB46</x:t>
   </x:si>
   <x:si>
     <x:t>498,235</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,212,163.40</x:t>
-[...2 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$2,585,839.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M44VW8</x:t>
   </x:si>
   <x:si>
     <x:t>16,513</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,193,421.79</x:t>
-[...2 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>$2,039,025.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247540 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecopro Bm Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3DK603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,931.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0077VS2C0</x:t>
   </x:si>
   <x:si>
     <x:t>4,061</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,029,809.63</x:t>
-[...20 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$1,970,884.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3750 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contemporary Amperex Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYB8S12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,862,411.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>NIBEB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Nibe Industrier Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWPL11</x:t>
   </x:si>
   <x:si>
     <x:t>453,721</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,839,129.29</x:t>
-[...20 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>$1,763,238.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Companhia Paranaense De Energia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KK16ZG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,734,156.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acciona Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,689.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYVJ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,631,913.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJ2V7B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,477,894.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ORA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ormat Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q5BQ63</x:t>
   </x:si>
   <x:si>
     <x:t>12,374</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,569,023.20</x:t>
-[...56 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$1,448,500.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6856 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horiba Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM1VY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,171.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRGX02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,659.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>IBP US</x:t>
   </x:si>
   <x:si>
     <x:t>Installed Building Products Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJKDZ6</x:t>
   </x:si>
   <x:si>
     <x:t>4,287</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,375,140.99</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$1,289,272.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ENS US</x:t>
   </x:si>
   <x:si>
     <x:t>Enersys</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PWTD92</x:t>
   </x:si>
   <x:si>
     <x:t>7,415</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,371,997.45</x:t>
-[...56 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$1,259,882.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBY7X3</x:t>
   </x:si>
   <x:si>
     <x:t>213,104</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,225,044.38</x:t>
-[...2 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>$1,181,478.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA/PC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2G2LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,165,024.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>MEL NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Meridian Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GS6PX1</x:t>
   </x:si>
   <x:si>
     <x:t>346,406</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,184,567.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>$1,153,391.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,250.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,861.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
     <x:t>36,464</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,181,169.65</x:t>
-[...20 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>$1,000,155.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TRZNP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,228,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,962.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$953,205.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drax Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7BT54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$949,431.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBKV10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$939,191.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>QS US</x:t>
   </x:si>
   <x:si>
     <x:t>Quantumscape Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ17DS2</x:t>
   </x:si>
   <x:si>
     <x:t>120,523</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,023,240.27</x:t>
-[...53 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$847,276.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>RUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025XVR85</x:t>
   </x:si>
   <x:si>
     <x:t>42,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$876,194.91</x:t>
-[...35 lines deleted...]
-    <x:t>$848,808.72</x:t>
+    <x:t>$826,319.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwool International A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQNKQ1</x:t>
   </x:si>
   <x:si>
     <x:t>23,463</x:t>
   </x:si>
   <x:si>
-    <x:t>$846,340.97</x:t>
-[...17 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$786,811.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0044K5DM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,576.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>MCY NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mercury Nz Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004J7PMT8</x:t>
   </x:si>
   <x:si>
     <x:t>186,044</x:t>
   </x:si>
   <x:si>
-    <x:t>$719,618.79</x:t>
-[...20 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$700,493.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>968 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Xinyi Solar Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001XVDJ15</x:t>
   </x:si>
   <x:si>
     <x:t>1,470,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$661,121.62</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$662,905.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>VER AV</x:t>
   </x:si>
   <x:si>
     <x:t>Verbund Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGPZ2</x:t>
   </x:si>
   <x:si>
     <x:t>8,664</x:t>
   </x:si>
   <x:si>
-    <x:t>$624,931.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$611,625.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>257 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Environment Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC11N1</x:t>
   </x:si>
   <x:si>
     <x:t>889,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$568,149.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$588,904.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>TAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR1G3</x:t>
   </x:si>
   <x:si>
     <x:t>44,510</x:t>
   </x:si>
   <x:si>
-    <x:t>$560,380.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$572,398.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0169H8NM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,171.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6121 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplo Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C6GBQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,621.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWZS9</x:t>
   </x:si>
   <x:si>
     <x:t>5,211,968</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,158.67</x:t>
-[...35 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$461,497.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>916 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Longyuan Power Group Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2MRM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$454,029.07</x:t>
   </x:si>
   <x:si>
     <x:t>LAND SW</x:t>
   </x:si>
   <x:si>
     <x:t>Landis+gyr Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004LN7CS3</x:t>
   </x:si>
   <x:si>
     <x:t>6,195</x:t>
   </x:si>
   <x:si>
-    <x:t>$435,616.25</x:t>
-[...17 lines deleted...]
-    <x:t>$430,729.65</x:t>
+    <x:t>$425,228.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BLX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Boralex Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSFH2</x:t>
   </x:si>
   <x:si>
     <x:t>21,470</x:t>
   </x:si>
   <x:si>
-    <x:t>$414,089.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$423,201.83</x:t>
   </x:si>
   <x:si>
     <x:t>ERG IM</x:t>
   </x:si>
   <x:si>
     <x:t>Erg Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZTR80</x:t>
   </x:si>
   <x:si>
     <x:t>14,899</x:t>
   </x:si>
   <x:si>
-    <x:t>$395,029.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$420,657.72</x:t>
   </x:si>
   <x:si>
     <x:t>LCID US</x:t>
   </x:si>
   <x:si>
     <x:t>Lucid Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W7F99V5</x:t>
   </x:si>
   <x:si>
     <x:t>36,471</x:t>
   </x:si>
   <x:si>
-    <x:t>$378,568.98</x:t>
-[...5 lines deleted...]
-    <x:t>-KRW CASH-</x:t>
+    <x:t>$374,921.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>200,222</x:t>
+    <x:t>6,601</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$138.04</x:t>
+    <x:t>$6,600.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,215.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$2,294.48</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1207,51 +1201,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34a47cbc52f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R82c8045b504b4945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R90df77277d8e463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28273ae13b24b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb8c0f2daf9e04948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd8d47d9662146de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I68"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1570,283 +1564,283 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
@@ -2277,359 +2271,359 @@
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2846,375 +2840,375 @@
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F67" s="1" t="s">
+      <x:c r="G67" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="G67" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="2" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I68" s="2" t="s">
         <x:v>1</x:v>
       </x:c>