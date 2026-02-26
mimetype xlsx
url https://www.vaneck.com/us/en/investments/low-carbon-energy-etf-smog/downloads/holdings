--- v6 (2026-02-26)
+++ v7 (2026-02-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3329b8c0c2cf4568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re070383db05940f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260225" sheetId="1" r:id="Rdd8d47d9662146de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260225" sheetId="1" r:id="Re49ebd1e7e5d47af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="378">
   <x:si>
     <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1201,51 +1201,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28273ae13b24b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb8c0f2daf9e04948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd8d47d9662146de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5e4c13f25744d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f863c6b79d848e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re49ebd1e7e5d47af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I68"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">