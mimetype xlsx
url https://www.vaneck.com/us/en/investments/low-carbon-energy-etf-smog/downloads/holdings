--- v7 (2026-02-26)
+++ v8 (2026-03-22)
@@ -1,1179 +1,1185 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re070383db05940f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84208aabc074a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260225" sheetId="1" r:id="Re49ebd1e7e5d47af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOG_asof_20260319" sheetId="1" r:id="Rf02b5e2844c54cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="378">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/25/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="380">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>126,191</x:t>
+    <x:t>124,009</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,002,026.01</x:t>
+    <x:t>$11,459,671.69</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.42%</x:t>
+    <x:t>8.47%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
-    <x:t>438,593</x:t>
-[...5 lines deleted...]
-    <x:t>7.39%</x:t>
+    <x:t>431,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,764,583.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,578,996.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.08%</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK43F5</x:t>
   </x:si>
   <x:si>
-    <x:t>824,488</x:t>
-[...23 lines deleted...]
-    <x:t>6.65%</x:t>
+    <x:t>810,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,866,279.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.55%</x:t>
   </x:si>
   <x:si>
     <x:t>1211 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Byd Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6RLL9</x:t>
   </x:si>
   <x:si>
-    <x:t>612,298</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>601,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,909,465.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
   </x:si>
   <x:si>
     <x:t>BE US</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7KBZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>38,013</x:t>
-[...5 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>44,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,386,200.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
-    <x:t>240,760</x:t>
-[...5 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>236,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,663,113.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>006400 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Sdi Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCY0Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,878</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>15,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,135,285.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5Q89</x:t>
   </x:si>
   <x:si>
-    <x:t>331,470</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>325,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,612,434.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivian Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00741Y1N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,526,137.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>17,822</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>17,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,496,670.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextracker Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835TPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,153,971.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nio Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LPXZB46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,883,850.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XPEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpeng Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WKJG3M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,793,640.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373220 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lg Energy Solution Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN6CKP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,788,582.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>KSP ID</x:t>
   </x:si>
   <x:si>
     <x:t>Kingspan Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1H28</x:t>
   </x:si>
   <x:si>
-    <x:t>35,341</x:t>
-[...59 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>34,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,767,581.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
-    <x:t>123,870</x:t>
-[...23 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>121,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,676,028.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>LI US</x:t>
   </x:si>
   <x:si>
     <x:t>Li Auto Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0KZD98</x:t>
   </x:si>
   <x:si>
-    <x:t>145,843</x:t>
-[...20 lines deleted...]
-    <x:t>$2,585,839.65</x:t>
+    <x:t>143,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,450,789.10</x:t>
   </x:si>
   <x:si>
     <x:t>1.81%</x:t>
   </x:si>
   <x:si>
+    <x:t>3750 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contemporary Amperex Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYB8S12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,214,707.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDX1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordex Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYVJ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,744,261.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Companhia Paranaense De Energia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KK16ZG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,737,782.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OC US</x:t>
   </x:si>
   <x:si>
     <x:t>Owens Corning</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M44VW8</x:t>
   </x:si>
   <x:si>
-    <x:t>16,513</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>16,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,676,898.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>247540 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecopro Bm Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DK603</x:t>
   </x:si>
   <x:si>
-    <x:t>13,199</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>12,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,643,338.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANA SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acciona Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,589,661.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIBEB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nibe Industrier Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWPL11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>445,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,584,816.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>BLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Topbuild Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0077VS2C0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,061</x:t>
-[...95 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>3,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,384,450.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ormat Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q5BQ63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,343,923.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>BEPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Renewable Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2V7B2</x:t>
   </x:si>
   <x:si>
-    <x:t>33,765</x:t>
-[...23 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>33,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,339,557.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enersys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWTD92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,442.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDPR PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Renovaveis Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRGX02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,225,504.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installed Building Products Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005TJKDZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,148,885.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBY7X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,350.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,589.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>6856 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Horiba Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM1VY1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,484</x:t>
-[...77 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>8,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,870.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,946.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009830 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwha Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$955,987.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$938,020.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drax Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7BT54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$935,000.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Energetica De Minas Gerais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBKV10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>386,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$888,195.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$862,376.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantumscape Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ17DS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$816,037.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3800 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gcl-Poly Energy Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TRZNP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,121,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$778,119.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA/PC US</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2G2LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>99,151</x:t>
-[...161 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>70,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,186.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0044K5DM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,129.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCY NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercury Nz Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004J7PMT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,802.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VER AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verbund Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,480.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwool International A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQNKQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,649.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xinyi Solar Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XVDJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,444,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,358.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>257 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Environment Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC11N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,867.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>RUN US</x:t>
   </x:si>
   <x:si>
     <x:t>Sunrun Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025XVR85</x:t>
   </x:si>
   <x:si>
-    <x:t>42,267</x:t>
-[...113 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>41,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,290.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>TAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR1G3</x:t>
   </x:si>
   <x:si>
-    <x:t>44,510</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>43,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,825.81</x:t>
   </x:si>
   <x:si>
     <x:t>9863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Leapmotor Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0169H8NM5</x:t>
   </x:si>
   <x:si>
-    <x:t>97,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>95,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,233.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>916 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Longyuan Power Group Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2MRM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,366.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>6121 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Simplo Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C6GBQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>45,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>44,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,688.87</x:t>
   </x:si>
   <x:si>
     <x:t>ENELAM CI</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Americas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKWZS9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,211,968</x:t>
-[...20 lines deleted...]
-    <x:t>$454,029.07</x:t>
+    <x:t>5,083,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,658.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boralex Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXSFH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,475.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erg Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZTR80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,353.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>LAND SW</x:t>
   </x:si>
   <x:si>
     <x:t>Landis+gyr Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004LN7CS3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,195</x:t>
-[...35 lines deleted...]
-    <x:t>$420,657.72</x:t>
+    <x:t>6,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,722.77</x:t>
   </x:si>
   <x:si>
     <x:t>LCID US</x:t>
   </x:si>
   <x:si>
     <x:t>Lucid Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W7F99V5</x:t>
   </x:si>
   <x:si>
-    <x:t>36,471</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>35,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,152.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>6,601</x:t>
+    <x:t>376,991</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,600.59</x:t>
+    <x:t>$376,991.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$.01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>$-.03</x:t>
+    <x:t>$-.04</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,294.48</x:t>
+    <x:t>$467,239.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1201,56 +1207,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5e4c13f25744d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f863c6b79d848e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re49ebd1e7e5d47af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38f93fb0bfe4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9f3a8671f6794cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf02b5e2844c54cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I68"/>
+  <x:dimension ref="A1:I69"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1671,495 +1677,495 @@
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -2173,149 +2179,149 @@
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
@@ -2405,80 +2411,80 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
@@ -2492,91 +2498,91 @@
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
@@ -2782,442 +2788,471 @@
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
+      <x:c r="G63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="G63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A68" s="1">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="G67" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="H67" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A68" s="2" t="s">
+      <x:c r="G68" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="B68" s="2" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A69" s="2" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C68" s="2" t="s">
+      <x:c r="C69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D68" s="2" t="s">
+      <x:c r="D69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E68" s="2" t="s">
+      <x:c r="E69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F68" s="2" t="s">
+      <x:c r="F69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G68" s="2" t="s">
+      <x:c r="G69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H68" s="2" t="s">
+      <x:c r="H69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I68" s="2" t="s">
+      <x:c r="I69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A68:I68"/>
+    <x:mergeCell ref="A69:I69"/>
   </x:mergeCells>
 </x:worksheet>
 </file>